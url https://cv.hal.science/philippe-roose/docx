--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.49019607843px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Roose </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and Sustainable Smart Environments Using Predictive Reasoning and Context-Aware Reinforcement Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubakeur Annane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliman Aljarboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 18 (1), pp.40. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi18010040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-aware software design: A hardware and behavioural consumption scoring and labelling algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 299, pp.130046. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2025.130046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workload Shifting Techniques: From Digital Inebriation to Sobriety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaër</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Computing Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 58 (5), pp.1-36. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3769301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse multidimensionnelle de contenus des réseaux sociaux : stratégies, calcul et visualisation d’indicateurs pour le tourisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (1), pp.146-170. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2025.1303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal strategies to perform multilingual analysis of social content for a novel dataset in the tourism domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 325, pp.114001. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.knosys.2025.114001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05141166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation de données issues des réseaux sociaux : une plateforme de type Business Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 138, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12jjl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de similarité multidimensionnelles pour trajectoires sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4 (2), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Proposal of Behavior-Based Consumption Profiles for Green Software Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (17), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app14177456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04676195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ProxMetrics: modular proxemic similarity toolkit to generate domain-adaptable indicators from social media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.124. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13278-024-01282-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRESTO: A Recommender of Musical Collaborations based on Heterogeneous Graph Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Terroso-Saenz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Soto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Interactive Multimedia and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21203/rs.3.rs-3180938/v1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Semantic-Based Probabilistic Context aware Approach for Situations Enrichment and Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app12020732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time ontology-based context-aware situation reasoning framework in pervasive computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (11), pp.14913-14957. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-022-12252-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level and Multiple Aspect Semantic Trajectory Model: Application to the Tourism Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (9), pp.592. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijgi10090592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Decentralized Agent-Based Semantic Service Control and Self-Adaptation in Smart Health Mobile Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DSL-based Approach for Detecting Activities of Daily Living by Means of the AGGIR Variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (16), pp.5674. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21165674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach to Develop Mobile Proxemic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Data Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (2), pp.166-169. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26421/JDI2.2-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicular-cloud simulation framework for predicting traffic flow data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ahmim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Internet Technology and Secured Transactions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1/2), pp.102. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJITST.2020.104578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Agile Approach for Reconfigurable Distributed Applications in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Ambient Computing and Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (2), pp.48-67. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJACI.2020040103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Aware Multi-layered Ontology for Composite Situation Model in Pervasive Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (5), pp.543-558. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18280/isi.250501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Using Multiple Disabilities Profiles to Adapt Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Technology and Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (3), pp.34-60. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJITWE.2020070103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Intelligent Knowledge System for Designing, Modeling, and Recognizing the Behavior of Elderly People in Smart Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ambient Intelligence and Humanized Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12652-020-01876-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic event based framework for complex situations modeling and identification in smart environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Advanced Computer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (43), pp.212-221. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19101/IJACR.PID33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Two-Level Clustering Approach for Situations Management in Distributed Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achouri Mounir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Ambient Computing and Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (2), pp.91-111. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJACI.2019040107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommendation of Heterogeneous Cultural Heritage Objects for the Promotion of Tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landy Rajaonarivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Fonteles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (5), pp.230. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijgi8050230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04436369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KaliGreen: A distributed Scheduler for Energy Saving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyle Respicio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 141 (Special issue: The 9th International Conference on Emerging Ubiquitous Systems and Pervasive Networks (EUSPN 2018)), pp.223-230. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2018.10.172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic semantic-based green bio-inspired approach for optimizing energy and cloud services qualities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mansouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on emerging telecommunications technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (5), </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ett.3305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial reasoning about multimedia document for a profile based adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehya Belhadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allaoua Refoufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 77 (23), pp.30437-30474. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-018-6080-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An emerging multi-paradigm for representing mobile applications' architectures using heterogeneous conceptual bricks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Chung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Applications in Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (1), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One App to Rule Them All Collaborative Injection of Situations in an Adaptable Context-Aware Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ambient Intelligence and Humanized Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (12), pp.4679-4692</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Traffic Management System for Anticipating Unexpected Road Incidents in Intelligent Transportation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelatif Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Grid and High Performance Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), pp.67-82. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJGHPC.2018100104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Pattern Specifications for Self-Adaptive Requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Chung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amroune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Patents on Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/2213275911666181019115744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart fog computing for efficient situations management for smart health environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Information and Communication Technology (JICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (4), pp.537-567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved extreme learning machine model for the prediction of human scenarios in smart homes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (8), pp.2017-2030. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10489-017-1062-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HaMA: A Handicap-based Architecture for Multimedia Document Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoualmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multimedia Data Engineering and Management (IJMDEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3), pp.55-96. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJMDEM.2017070104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Driven Composition for Mobile Applications: A Metamodelling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Chung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Embedded Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (6), pp.505-522. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJES.2017.10008944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an observer/controller and ontology/rule- based approach for pervasive healthcare systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Hameurlaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Khireddine Kholladi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Documents Adaptation Based on Semantic Multi-Partite Social Context-Aware Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJVCSN, International Journal of Virtual Communities and Social Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (3), pp.44 - 59. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJVCSN.2017070104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Observer/Controller and Ontology/Rule-Based Approach for Pervasive Healthcare Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Hameurlaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Khireddine Kholladi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (3), pp.137-156. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJAHUC.2015.10001941⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Life Application: Situation Detection in a Context-Aware All-in-One Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Personal and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (6), pp.1025-1037. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00779-017-1077-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Driven-Context Composition mechanism for Mobile Applications: Metamodeling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Embedded Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (6), pp.505. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJES.2017.088036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomic Semantic-Based Context-Aware Platform for Mobile Applications in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (4), </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi8040048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Security architecture metamodel for Model Driven security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Q1</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation in Digital Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jides.2015.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Community-Based Semantic Social Context-Aware Driven Adaptation for Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. J. Virtual Communities Soc. Netw.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (2), pp.31--49. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJVCSN.2015040102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic semantic-based adaptation of multimedia documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on emerging telecommunications technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (2), pp.239-258. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ett.2677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Approach for Quality Management in Pervasive Computing Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (1), pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00772544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An adaptation platform for multimedia applications - CSC (Component, Service, Connector)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems and Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Vol 14 (1), pp.4-22. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/13287261211221119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selector: A tool for dynamic service selection and management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Boukerram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (4), pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00689782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of adaptation systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keling Da</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Internet and Distributed Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (1), pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00689773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typing of Adaptation Connectors in MMSA Approach Case Study: Sending MMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Research and Reviews in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (4), pp.39-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00541829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche pour les architectures logicielles à composants multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue I3 - Information Interaction Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (2), pp.67-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00572997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMSA: Metamodel Multimedia Software Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.1-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UML-profile for multimedia software architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal Multimedia Intelligence and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (3), pp.209-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KALIMUCHO - Software Architecture for Limited Mobile Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Cassagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGBED Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Volume 6 (Number 3), pp.PP. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context Aware Adaptable Applications - A global approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (1/2009), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un système d'information assurant l'interopérabilité des appareils mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Web and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.ICWIT'08</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de périphériques contraints par reconfiguration dynamique d'applications - Cas des capteurs sans-fil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numéro Spécial Revue ISI - Objets Composants Modèles dans l'ingénierie des Systèmes d'Informations - Hermès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3/2008, pp.ISSN: 2-7462-2179-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous component interactions: Sensors integration into multimedia applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Networks, Issue N°6, Academy Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (4), pp.ISSN : 1796-2056</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalinahia - Modèle de qualité de service pour les applications multimédia reconfigurables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numéro Spécial Revue ISI "Conception : patrons et spécifications formelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4 (12), pp.ISBN: 978-2-7462-1968-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">kalinahia : modèle de qualité de service pour les applications multimédia reconfigurables.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ISI, Conception: patrons et spécifications formelles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4, pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00389658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (138)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entity Resolution for Streaming Data with Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhongwei Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Analytics and Knowledge Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Bangkok, Thailand. pp.111-125, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-02215-8_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Quête du Scheduling Parfait : Jouer sur Tous les Tableaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaër</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence francophone d'informatique en Parallélisme, Architecture et Système (COMPAS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Sustainable Data Lake: Measuring and Forecasting Energy Usage of CRUD Operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thandar Muang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvarez-Valera Hernan Humberto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51 Int' l congress on science on technology and technology based innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Bangkok / Thailand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05320216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de micro-data center pour l'évaluation de l'empreinte carbone et l'optimisation énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Osta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elene Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Mouël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compas 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECOFLOC: outil de mesure énergétique multi-composants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Services Profiling for Energy Management in Service-oriented Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Online, France. pp.209 - 216, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0010718600003058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution d'entités pour les flux de données à l'aide de la technique d'embedding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhongwei Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique des Organisations et Systèmes d'Information et de Décision (INFORSID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-perspective Analyses of Spatio-temporal Data about Well-being</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunji Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Evaluation of Novel Approaches to Software Engineering (ENASE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSTICC, Apr 2025, Porto, Portugal. pp.80-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028903v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TextBI: An Interactive Dashboard for Visualizing Multidimensional NLP Annotations in Social Media Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the European Chapter of the Association for Computational Linguistics (EACL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics (ACL), Mar 2024, St-Julians, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies optimales pour l'analyse multidimensionnelle de contenus multilingues issus des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association INFORSID, May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Optimization through a Multidimensional Distributed Scheduling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valera Humberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giraldo Leonel Isaac Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muñoz Carlos Alejandro Sivira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marroquin Alan Alfredo Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damas Lucas Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Symposium on Parallel and Distributed Computing (ISPDC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Chur, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Good Enough is the Best Option: Use of Digital Sufficiency to Fight Climate Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Information Integration and Web Intelligence (iiWAS2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Bratislava, Slovakia. pp.176-181, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-78090-5_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RADIANCE: A CASE Tool For Green Software Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd International Conference on Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Reggio Emilia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Measurement System for Data Lake: An Initial Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvarez-Valera Hernan Humberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Asian Conference on Intelligent Information and Database Systems (ACIIDS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Ras Al Khaimah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Sufficiency: One Step Closer to Sustainable Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaër</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Colloquium on Energy-Efficient and Sustainable Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLOC : outil de mesure énergétique multi-composants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Hernan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Congrès INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nancy, France. pp.160--163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Measurement System for Data Lake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACIIDS 2024 - 16th Asian Conference on Intelligent Information and Database Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Ras Al Khaimah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLOC : Un Système de Mesure Énergétique pour les infrastructures d'analyse de Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valera Humberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Days 2024 "Explorer les multiples facettes de la sobriété numérique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart city: Road flow management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Boudia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on Information Systems Engineering for Smarter Life (ISESL) – CAISE 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">War &amp; Music: The impact of the Ukrainian War on the Music Listening Behaviour in Eastern Europe*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Terroso-Sáenz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Laguna Hills, United States. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13039/501100011033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation interactive de trajectoires d'activités touristiques Application à des données extraites de Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Abdelhedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Exploration des traces dans un monde du tout numérique : enjeux et perspectives - INFORSID 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RADIANCE: A tool for software behavior design and energy consumption categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APs: A Proxemic Framework for Social Media Interactions Modeling and Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Intelligent Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Louvain-La-Neuve, Belgium. pp.287-299, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30047-9_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior-Based Consumption Profiles for the Approximation of the Energy Consumption of Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON INFORMATION SYSTEMS DEVELOPMENT (ISD 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Cluj-Napoca, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PISCO: A smart simulator to deploy energy saving methods in microservices based networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernan Humberto Alvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 18th International Conference on Intelligent Environments (IE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Biarritz, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IE54923.2022.9826775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ETL-like platform for the processing of mobility data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '22: The 37th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Virtual Event, France. pp.547-555, </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3477314.3507057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profilage de services pour la gestion de l'énergie dans les architectures orientées services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Domain-Independent Method for Thematic Dataset Building from Social Media: The Case of Tourism on Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Web Information System Engineering - WISE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WISE Society, Nov 2022, Biarritz, France. pp.11-20, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20891-1_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Virtual Clustering for Data Dissemination in Vehicular Fog Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Ghouzlen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Oum El Bouaghi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Energy Consumption in SOA: Requirements and Current Status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Illari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier “Évolution des SI” (INFORSID 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Services Profiling for Energy Management in Service-Oriented Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Illari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Web Information Systems and Technologies (WEBIST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Online Streaming, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware and Ontology-based Recommender System for E-tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Castellanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT: International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Environments Modelling Based on a Graphical Domain-Specific Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th ACS/IEEE International Conference on Computer Systems and Applications AICCSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An energy saving approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 36th ACM/SIGAPP Symposium On Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Mar 2021, Virtual conference, South Korea. pp.69-78, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3412841.3441888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Integrated Full-Stack Green Software Development Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference on Information Systems Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’un modèle de trajectoires multi-aspects et multi-niveaux appliqué au tourisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones d'Ingénierie des Connaissances (IC) Plate-Forme Intelligence Artificielle (PFIA'21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Bordeaux, France. pp.56-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-03260473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation graphique des environnements proxémiques basée sur un DSL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIIème Congrès INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dijon, France. pp.99-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRACeo : A smart simulator to deploy energy saving methods in a services/microservices based network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Interactions in Mobile Devices to Avoid the Spreading of Nosocomial Infection of COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STWiMob - eHPWAS - WiMOB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Thessaloniki, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRACeo: A smart simulator to deploy energy saving methods in microservices based networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WETICE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Proxemic Application Development for Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Advances in Mobile Computing &amp; Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pari Delir Haghighi,; Ivan Luiz Salvadori, Nov 2020, Chiang Mai, Thailand. pp.94, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3428690.3429879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Environments: A Framework for Developing Mobile Applications based on Proxemic Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Federated Conference on Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Sofia, Bulgaria. pp.653-656, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15439/2020F29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRACeo: A smart simulator to deploy energy saving methods in a services/microservices based network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Generation Information Systems: Modeling, Monitoring, and Management in Cloud and Fog Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Interactions in Mobile Devices to Avoid the Spreading of Infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Thessaloniki, Greece. pp.48-55, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob50308.2020.9253381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandation et valorisation d'objets patrimoniaux hétérogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landy Rajaonarivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Sales Fonteles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. pp.171-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The architecture of Kaligreen V2: A Middleware aware of hardware opportunities to save energy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal and Validation of a Domaine Specific Language for the Representation of the AGGIR Constants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bakni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Health Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Funchal, France. pp.438-445, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006590604380445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PREDICTIONS & MODELING ENERGY CONSUMPTION FOR IT DATA CENTER INFRASTRUCTURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merzoug Soltane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazar Okba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Intelligent Systems and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Tanger, Morocco. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-adaptive Agent-based System for Cloud Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merzoug Soltane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Angarita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Pattern Analysis and Intelligent Systems (PAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Tebessa, Algeria. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PAIS.2018.8598507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transparence des algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Adrianirina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les convergences du droit et du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-based Context-aware Recommendation Approach For Dynamic Situations Enrichment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Semantic and Social Media Adaptation and Personalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Zaragoza, Spain. pp.81-86, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMAP.2018.8501880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01869148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des données particulières : les données de la recherche en Sciences Humaines et Sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine van de Weghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34ème Conférence sur la Gestion de Données – Principes, Technologies et Applications (BDA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging heterogeneous Cultural Heritage data to promote tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Etcheverry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Marquesuzaà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landy Rajaonarivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Source Geospatial Research and Education Symposiums (OGRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemics for First Aid to unconscious injured person</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Coromoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Brest, France. 8p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection and Composition of Cloud Smart Services Using Trust Semantic-Based Green Quality Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansouri Kamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">pais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, annaba, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Emergency Alert System Using Internet of Things and Linked Open Data for Chronic Disease Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajar Khallouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bahaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Intelligent Systems and Computing - Advanced Intelligent Systems for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Tanger, Morocco. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-11884-6_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An event detection framework for the representation of the AGGIR variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on e-Health Pervasive Wireless Applications and Services 2018 (e-HPWAS’18), IEEE WiMob 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All for One and One for All: Dynamic Injection of Situations in a Generic Context-Aware Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th International Conference on Emerging Ubiquitous Systems and Pervasive Networks (EUSPN 2017) / The 7th International Conference on Current and Future Trends of Information and Communication Technologies in Healthcare (ICTH-2017) / Affiliated Workshops, September 18-20, 2017, Lund, Sweden</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Lund, Sweden. pp.17-24, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2017.08.277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended iCanCloud simulation framework for VANET-Cloud architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Networking and Advanced Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Annaba, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence des algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Convergences du Droit et du Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrons temporels pour spécifier les systèmes auto-adaptatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahiaoui Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Benjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Two-Layered Architecture for Efficient Situations Management in Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International ACM Conference on ManagEment of Digital EcoSystems (MEDES 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bangkok, France. pp.44 - 59, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3167020.3167022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontological Reasoning for the Personalization of Multimedia Adaptation Services in Smart Home Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoualmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Symposium on Informatics and its Applications (ISIA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, M'sila, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved Elman Neural Network for Daily Living Activities Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Intelligent Systems Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.697-707, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic Neural Network Approach for Unusual Behavior Prediction in Smart Home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Intelligent Systems Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.738-748, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Semantic-Based Approach for Mobile Applications in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 International Conference on Information Technology for Organizations Development, IT4OD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, New York, United States. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IT4OD.2016.7479327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud-based Semantic Platform for Dynamic Management of Context-aware mobile ERP applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Reffad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM MEDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Hendaye, France. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071.3012076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Life Application: Flexible Mechanism for User Context Capture and Event Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Journées Francophones Mobilité et Ubiquité, Ubimob 2016, Lorient, France, July 5, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lorient, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic -based Localization Algorithm for Elderly People in Smart Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Systems Design and Applications (ISDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Porto, Portugal. pp.83-89, </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2989250.2989269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic–based Localization Algorithm for Elderly People in Smart Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ACM International Symposium on Mobility Management and Wireless Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Malta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Presentation Adaptation Architecture Assisted by Ontological Reasoning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoulami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2nd International Conference on Pattern Analysis and Intelligent Systems (PAIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Khenchela, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markovian-based Approach for Daily Living Activities Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Sensor Networks (SENSORNETS'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01280001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Interfaces and Context-Oriented Broadcast Services in a Smart-Home Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob 2016, New York, NY, USA, October 17-19, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, New-York, United States. pp.1--8, </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2016.7763191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Life Application Approach for User Context Management and Situation Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Ubiquitous Computing and 8th Communications and International Symposium on Cyberspace Safety and Security, IUCC-CSS 2016, Granada, Spain, December 14-16, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Granada, Spain. pp.45-53, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IUCC-CSS.2016.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection algorithm of contextual software entities for composing adaptive mobile applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">international conference on Information Technology for Organisations Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Fes, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loop speed trap data collection method for an accurate short-term traffic flow forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Becktache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mobile Web and Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Vienna, Austria. pp.56-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Advanced Adaptation Approach for Pervasive Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Conference on Ambient Systems, Networks and Technologies (ANT 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Autonomic Semantic Approach for the Detection and Monitoring of Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Forum Jeunes Chercheurs Du Congrès INFORSID 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Grenoble, France. pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Interfaces and Context-Oriented Broadcast Services in a Smart-Home Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, New York, United States. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Discovery for Spontaneous Communities in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Information Systems Engineering - WISE 2015 - 16th International Conference, Miami, FL, USA, November 1-3, 2015, Proceedings, Part II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Miami, United States. pp.337--347, </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-26187-4_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud Semantic-based Dynamic Multimodal Platform for Building mHealth Context-aware Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Abu Dhabi, United Arab Emirates. pp.357-364, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2015.7347984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSDMAP: Cloud Semantic-based Dynamic Multimodal Adaptation Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bellal Wassim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Conference on Management of computational and collective IntElligence in Digital EcoSystems (MEDES'15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Caraguatatuba/Sao Paulo, Brazil. pp.161-168, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2857218.2857255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">USSAP: Universal Smart Social Adaptation Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th International Conference on Ambient Systems, Networks and Technologies (ANT-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, London, United Kingdom. pp.670-674, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2015.05.070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Discovery for Spontaneous Communities in pervasive environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Information Systems Engineering (WISE 2015), Specia Session on Decentralized Social Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Miami (FL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalimucho for smart-∗: One step towards eternal applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines De Courchelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dibon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Seville, Spain. pp.2426-2432, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2015.7125455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Txupito - An Interactor Component Model for Ambient HCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès De Courchelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Etcheverry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PECCS 2015 - Proceedings of the 5th International Conference on Pervasive and Embedded Computing and Communication Systems, ESEO, Angers, Loire Valley, France, 11-13 February, 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Angers, France. pp.67-75, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005226200670075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMPMA: Semantic multimodal Profile for Multimedia documents adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khallouki Hajar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahaj Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Workshop on Codes, Cryptography and Communication Systems (IWCCCS'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, El Jadida, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Context-aware Adaptation Platform Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on Ambient Systems, Networks and Technologies (ANT-2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hasselt, Belgium. pp.959-964, </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2014.05.518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and development of semantic application for communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Amine Ghorbali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMAP 2014 - 9th International Workshop on Semantic and Social Media Adaptation and Personalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Corfu, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea Demo: a Spontaneous Community-aware Application in Pervasive Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Amine Ghorbali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MoWNet’2014 (2014 International Conference on Selected Topics in Mobile and Wireless Networking conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Quality Management of Emergency Systems via Rich Explicit Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reffad Hamza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on Web and Information Technologies (ICWIT'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Hammamet, Tunisia. pp.531-540</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea: A Tool for Fostering Spontaneous Communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Amine Ghorbali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th International Workshop on Semantic Social Network (SSN 2013), 13th International Conference on Web Engineering (ICWE 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Aalborg, Denmark. pp.293-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00956000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware Quality Adaptation Using Rich Explict Constraints in E-health System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Semantic and Social Media Adaptation and Personalization (SMAP'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Bayonne, France. pp.47-52, </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMAP.2013.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Context-Aware Service and Quality Multimedia Adaptation for Healthcare Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Digital Information Processing, E-Business and Cloud Computing (DIPECC2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Dubai, United Arab Emirates. pp.113-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Social Software for Mobile Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Social Networks and Digital Ecosystems (SN&amp;DE), 8th International Conference on P2P, Parallel, Grid, Cloud and Internet Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Compiègne, France. pp.723-727</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for managing and optimizing the adaptation process qualities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th IEEE GCC Conference and Exhibition (GCC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Doha, Qatar. pp.125-130, </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEEEGCC.2013.6705762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Context-Aware and Automatic Evaluation of Elderly Dependency in Smart Homes and Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Fourteenth International Symposium on a World of Wireless, Mobile and Multimedia Networks (WoWMoM/SCUCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Madrid, Spain. pp.WoWMoM/SCUCA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea : une application communautaire avec géolocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.165-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Adaptation of Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Frontiers in Ambient and Mobile Systems (FAMS-2013) in conjunction with the 4th International Conference on Ambient Systems, Networks and Technologies (ANT-2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Halifax, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an interoperable device profile containing rich user constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Interoperability of User Profiles in Multi-Application Web Environments (MultiA-Pro 2012), in conjunction with the World Wide Web Conference (WWW 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Lyon, France. pp.977-986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communauté spontanée géolocalisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Montpellier, France. pp.299-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire avec RDF des profils pour applications pervasives multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes journées francophones Mobilité et Ubiquité - Ubimob</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Anglet, France. pp.1--12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WaterCOM: An Architecture Model of Context-oriented Middleware</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keling Da</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FINA Workshop help at The 26th IEEE International Conference on Advanced Information Networking and Applications (AINA-2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Japan. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00689768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-fly Multimedia Document Adaptation Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Pham Hai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pervasive Environments (SUPE'2012), in conjunction with the 9th International Conference on Mobile Web Information Systems (MobiWIS'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Ontario, Canada. pp.1--6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profil générique sémantique pour l'adaptation de documents multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème congrès INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision) - INFORSID'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Montpellier, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between quantitative and qualitative constraints in profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajar Khallouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMAP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Luxembourg. pp.121-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00762520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Automatic Adaptation of Heterogeneous Multimedia Mobile Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Saffidine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE / CFIP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Anglet, France. pp.79-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSC (Composant, Service, Connecteur) - Une plateforme d'adaptation pour applications multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacéra Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE 2011 : Conférence Internationale sur les NOuvelles Technologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Paris, France. pp.65-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalimucho: Contextual Deployment for QoS Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Distributed Applications and Interoperable Systems (DAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Reykjavik, Iceland. pp.43-56, </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-21387-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00596372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalimucho : Plateforme d'Adaptation des Applications Mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE 201- Conférence Internationale sur les NOuvelles Technologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Paris, France. pp.83-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An adaptation approach for component-based software architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPSAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, North Korea. pp.179-187, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMPSAC.2010.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00516946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware Quality Model Driven Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bookerram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notere 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Tozeur, Tunisia. pp. 1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une architecture d'adaptation automatique des applications reparties basées composants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAL 2010 : 4ème Conférence francophone sur les Architectures Logicielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Pau, France. pp. 1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoS-Based Design Method for Constraint Device Based Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th ACM International Workshop on Services Integration in Pervasive Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Logicielle pour l'Adaptation Dynamique d'Applications sur Périphériques Contraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Réunion Ubiquité Mobilité du GT MOB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un système d'information de flux multimédia assurant l'interopérabilité des capteurs sans fils mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop GEDSIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a dynamic system for the adaptation multimedia fluxes in the P2P architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IEEE 23rd International Conference on. Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KALIMUCHO : Architecture logicielle pour périphériques mobiles contraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Cassagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulouse'2009 (Renpar/CFSE/Sympa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Toulouse, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoS Based Desing Process for Pervasive Computing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Mobility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416015v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalinahia: Considering Quality of Service to Design and Execute Distributed Multimedia Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Int'l Conference on Network Management and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Salvador de Bahia, Brazil. pp.NOMS 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IS-COTS: a help to COTS Products Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOTSDM - Third International Off-The-Shelf-Based Development Methods Workshop (IOTSDM '08) - Position Paper - Held in conjunction with the Seventh International Conference on COTS-Based Software Systems (ICCBSS '08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Adaptation System for Wireless Telephone Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Arab Conference on Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Tunisia. pp.ACIT 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Korrontea Data Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ambisys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Quebec City, Canada. pp.The Korrontea Data Modeling</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SI-COTS: Aide à l'intégration de COTS Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop MADSI, Méthodes avancées de développement des systèmes d'information- 25ème congrès INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Perros-Guirec, France. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards sensor integration into multimedia applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Conference on Universal Multiservice Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00376789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SI-COTS : Aide à l'intégration de COTS Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop MADSI - Inforsid 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Fontainebleau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de la qualité de service dans la conception et l'exploitation d'applications multimedia réparties.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inforsid 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Hammameth, Tunisie. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'un Système d'Information pour la réalisation de prototypes dans le cadre d'un développement à base de COTS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Raphael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop OCM-Inforsid 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Hammameth, Tunisie. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle unifié de composants pour l'intégration de capteurs dans des applications multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop OCM - Inforsid 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Hammameth, Tunisie. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified components model for sensor integration into multimedia applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop at OOPSLA 'Building Software for Sensor Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Portland, United States. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00404166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoS oriented design and management for multimedia distributed applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In 6ème colloque francophone GRES 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2005, Luchon, France. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information System for Evaluations of COTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third ACIS International Conference on Software Engineering, Research, Management and Applications (SERA 2005), 11-13 August 2005, Mt. Pleasant, MI, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Unknown, Unknown Region. pp.64-69, </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SERA.2005.45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimedia Oriented Component Model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Luthon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Taipei, Taiwan. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Component Model for Transmission and Processing of Synchronized Multimedia Data Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Luthon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Distributed Frameworks for Multimedia Applications (DFMA 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2005, Besançon, France. pp.45-53, </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DFMA.2005.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information system for evaluation of COTS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Software Engineering Research, Management and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Michigan, United States. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la qualité de service de la conception à l'exécution dans les applications distribuées multimédias.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence Francophone autour des Composants Logiciels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Le Croisic, France. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Architecture for Cooperative and Adaptive Multimedia Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Luthon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Computer Software and Applications Conference (COMPSAC 2002), Prolonging Software Life: Development and Redevelopment, 26-29 August 2002, Oxford, England, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Oxford, United Kingdom. pp.444-449, </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CMPSAC.2002.1045041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elkar-Toon: Providing Cooperation with Automation of Interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Etcheverry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Software Engineering, Artificial Intelligence, Networking and Parallel/Distributed Computing (SNPD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Unknown, Unknown Region. pp.463-470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-Datacenters Model for Carbon Footprint Assessment and Energy Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Osta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elene Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Mouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaysse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Days 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Awareness for Mobile Computing &amp; Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">22, 2023, Sensors (ISSN 1424-8220)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue ouverte d’ingénierie des systèmes d’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dupuy-Chessa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2 (1), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue Smart Anything Everywhere: New Frontiers, Solutions, Issues &amp; Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Sales Fonteles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Akhunzada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2021, Smart Anything Everywhere: New Frontiers, Solutions, Issues &amp; Challenges</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Strategies to Perform Multilingual Analysis of Social Content for a Novel Dataset in the Tourism Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markovian-Based Approach for Daily Living Activities Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Logicielles pour des Applications hétérogènes, distribuées et reconfigurables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is a “Pervasive Information System” (PIS)?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuele Kirsch Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Angelo Steffenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Souveyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Manuele Kirsch Pinheiro, Carine Souveyet, Philippe Roose, Luiz Angelo Steffenel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Evolution of Pervasive Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer; Springer International Publishing, pp.1-17, 2023, 978-3031181757. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18176-4_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology and Rules-Based Model to Reason on Useful Contextual Information for Providing Appropriate Services in U-Healthcare Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Hameurlaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Khireddine Kholladi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Distributed Computing VIII, Springer International Publishing, Studies in Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.301-310, 2015, </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10422-5_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichir l’expressivité des profils et des processus d’adaptation de contenus multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chantal Soulé-Dupuy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variabilité et adaptation de l'accès à l'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 17 (2), Lavoisier, pp.101-124, 2014, Document Numérique, 9782746246683. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DN.17.2.101-124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrich the Expressiveness of Multimedia Document Adaptation Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evaggelos Spyrou, Dimitris Lakovidis, Phivos Mylonas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semantic Multimedia Analysis and Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.185-217, 2014, Digital Imaging and Computer Vision, 978-1-4665-7549-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mHealth Contents and Services Delivery and Adaptation Challenges for Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrezak Rachedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sasan Adibi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mHealth Multidisciplinary Verticals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press/Taylor &amp; Francis, pp.295-314, 2014, 978-1-4822-1480-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Generic Profile for Multimedia Documents Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dimitris Kanellopoulos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Multimedia Technologies for Networking Applications: Techniques and Tools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGI Global, pp.225-246, 2013, </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-4666-2833-5.ch009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00712882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea : un outil d'aide à la création de communautés spontanées avec géolocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOLOMO, Social, localisation et mobilité coordonné par T. Delot et F. Sèdes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RSTI Série ISI, pp.39-58, 2013, ISI, 978-2-7462-4568-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Evolution of Pervasive Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuele Kirsch Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Souveyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Angelo Steffenel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2023, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18176-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Journal of Virtual Communities and Social Networking (IJVCSN), Special Issue on Social Media and Networks for Multimedia Content Management (Part 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phivos Mylonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manolis Wallace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IGI Global, 7 (3), 2015, 1942-9010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Journal of Virtual Communities and Social Networking (IJVCSN), Special Issue on Social Media and Networks for Multimedia Content Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phivos Mylonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manolis Wallace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Laborie; Phivos Mylonas; Philippe Roose; Manolis Wallace. IGI Global, 7 (2), 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-Health Pervasive Wireless Applications and Services Workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrezak Rachedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santos António</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE Press, pp.43, 2013, 978-1-4577-2014-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adaptation dans tous ses états</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lopistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lopisteguy, Philippe and Rieu, Dominique and Roose, Philippe. Eyrolles, 256 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles Technologies de la Répartition - Ingénierie des Protocoles : NOTERE 2012 / CFIP 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépaduès, pp.168, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes d’Ubimob'12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cépaduès Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1018, 2012, 9782364930186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01312333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numéro Spécial Revue ISI - Objets, Composants et Modèles dans l'Ingénierie des Systèmes d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès, pp.80, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système et procédé de planification de traitement de programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 2107199. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools for processing digital trajectories of tourists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Cayere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.232-233. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MDM48529.2020.00049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meta-model for Multimedia Software Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes des 11èmes Journées Francophones Mobilité et Ubiquité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Canals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Nigay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Taconet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ubimob'2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dblp computer science bibliography, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Social and Semantic Media Adaptation and Personalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Social and Semantic Media Adaptation and Personalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Bayonne, France. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.109, 2013, 978-0-7695-5132-6. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMAP.2013.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la réutilisation à l'adaptabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. Université de Pau et des Pays de l'Adour, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00346756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELKAR - Ré-Ingénierie d'applications pour la mise en oeuvre de la coopération : Méthodologie et Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. Université de Pau et des Pays de l'Adour, 2000. Français. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00346753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId496"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:125.49019607843px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Roose </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (138)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entity Resolution for Streaming Data with Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhongwei Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data Analytics and Knowledge Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Bangkok, Thailand. pp.111-125, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-02215-8_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Sustainable Data Lake: Measuring and Forecasting Energy Usage of CRUD Operations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thandar Muang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinnapong Angsuchotmetee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvarez-Valera Hernan Humberto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51 Int' l congress on science on technology and technology based innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Bangkok / Thailand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05320216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Services Profiling for Energy Management in Service-oriented Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Web Information Systems and Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Online, France. pp.209 - 216, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0010718600003058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECOFLOC: outil de mesure énergétique multi-composants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle de micro-data center pour l'évaluation de l'empreinte carbone et l'optimisation énergétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Osta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elene Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Mouël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compas 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution d'entités pour les flux de données à l'aide de la technique d'embedding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhongwei Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Informatique des Organisations et Systèmes d'Information et de Décision (INFORSID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-perspective Analyses of Spatio-temporal Data about Well-being</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yunji Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Conference on Evaluation of Novel Approaches to Software Engineering (ENASE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSTICC, Apr 2025, Porto, Portugal. pp.80-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05028903v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Quête du Scheduling Parfait : Jouer sur Tous les Tableaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaër</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence francophone d'informatique en Parallélisme, Architecture et Système (COMPAS 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05130073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies optimales pour l'analyse multidimensionnelle de contenus multilingues issus des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association INFORSID, May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Optimization through a Multidimensional Distributed Scheduling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valera Humberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giraldo Leonel Isaac Guerrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muñoz Carlos Alejandro Sivira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marroquin Alan Alfredo Rojas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damas Lucas Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Symposium on Parallel and Distributed Computing (ISPDC 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Chur, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Sufficiency: One Step Closer to Sustainable Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaër</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Colloquium on Energy-Efficient and Sustainable Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Measurement System for Data Lake: An Initial Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvarez-Valera Hernan Humberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Asian Conference on Intelligent Information and Database Systems (ACIIDS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Ras Al Khaimah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Good Enough is the Best Option: Use of Digital Sufficiency to Fight Climate Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Information Integration and Web Intelligence (iiWAS2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Bratislava, Slovakia. pp.176-181, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-78090-5_15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RADIANCE: A CASE Tool For Green Software Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd International Conference on Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Reggio Emilia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLOC : outil de mesure énergétique multi-composants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Hernan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ème Congrès INFormatique des ORganisations et Systèmes d'Information et de Décision (INFORSID 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nancy, France. pp.160--163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLOC : Un Système de Mesure Énergétique pour les infrastructures d'analyse de Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valera Humberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallès-Parlangeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Days 2024 "Explorer les multiples facettes de la sobriété numérique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04634200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy Measurement System for Data Lake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ravat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiefu Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACIIDS 2024 - 16th Asian Conference on Intelligent Information and Database Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Ras Al Khaimah, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TextBI: An Interactive Dashboard for Visualizing Multidimensional NLP Annotations in Social Media Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the European Chapter of the Association for Computational Linguistics (EACL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics (ACL), Mar 2024, St-Julians, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation interactive de trajectoires d'activités touristiques Application à des données extraites de Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siwar Abdelhedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Exploration des traces dans un monde du tout numérique : enjeux et perspectives - INFORSID 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">War &amp; Music: The impact of the Ukrainian War on the Music Listening Behaviour in Eastern Europe*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Terroso-Sáenz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IEEE International Symposium on Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Laguna Hills, United States. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13039/501100011033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RADIANCE: A tool for software behavior design and energy consumption categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">APs: A Proxemic Framework for Social Media Interactions Modeling and Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Intelligent Data Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Louvain-La-Neuve, Belgium. pp.287-299, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-30047-9_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart city: Road flow management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Boudia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on Information Systems Engineering for Smarter Life (ISESL) – CAISE 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PISCO: A smart simulator to deploy energy saving methods in microservices based networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernan Humberto Alvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 18th International Conference on Intelligent Environments (IE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Biarritz, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IE54923.2022.9826775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profilage de services pour la gestion de l'énergie dans les architectures orientées services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ETL-like platform for the processing of mobility data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAC '22: The 37th ACM/SIGAPP Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Virtual Event, France. pp.547-555, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3477314.3507057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Domain-Independent Method for Thematic Dataset Building from Social Media: The Case of Tourism on Twitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Web Information System Engineering - WISE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WISE Society, Nov 2022, Biarritz, France. pp.11-20, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20891-1_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Virtual Clustering for Data Dissemination in Vehicular Fog Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Ghouzlen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Oum El Bouaghi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior-Based Consumption Profiles for the Approximation of the Energy Consumption of Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON INFORMATION SYSTEMS DEVELOPMENT (ISD 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Cluj-Napoca, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03789401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An energy saving approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 36th ACM/SIGAPP Symposium On Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Mar 2021, Virtual conference, South Korea. pp.69-78, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3412841.3441888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Integrated Full-Stack Green Software Development Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference on Information Systems Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03358293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Energy Consumption in SOA: Requirements and Current Status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Illari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier “Évolution des SI” (INFORSID 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Environments Modelling Based on a Graphical Domain-Specific Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th ACS/IEEE International Conference on Computer Systems and Applications AICCSA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware and Ontology-based Recommender System for E-tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Castellanos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICSOFT: International Conference on Software Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Services Profiling for Energy Management in Service-Oriented Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Illari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Web Information Systems and Technologies (WEBIST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Online Streaming, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03362879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’un modèle de trajectoires multi-aspects et multi-niveaux appliqué au tourisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones d'Ingénierie des Connaissances (IC) Plate-Forme Intelligence Artificielle (PFIA'21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Bordeaux, France. pp.56-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-03260473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Interactions in Mobile Devices to Avoid the Spreading of Nosocomial Infection of COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STWiMob - eHPWAS - WiMOB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Thessaloniki, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Environments: A Framework for Developing Mobile Applications based on Proxemic Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 Federated Conference on Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Sofia, Bulgaria. pp.653-656, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15439/2020F29⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRACeo: A smart simulator to deploy energy saving methods in a services/microservices based network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Generation Information Systems: Modeling, Monitoring, and Management in Cloud and Fog Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Proxemic Application Development for Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Advances in Mobile Computing &amp; Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pari Delir Haghighi,; Ivan Luiz Salvadori, Nov 2020, Chiang Mai, Thailand. pp.94, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3428690.3429879⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRACeo: A smart simulator to deploy energy saving methods in microservices based networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WETICE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemic Interactions in Mobile Devices to Avoid the Spreading of Infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Thessaloniki, Greece. pp.48-55, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMob50308.2020.9253381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03033009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation graphique des environnements proxémiques basée sur un DSL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIIème Congrès INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Dijon, France. pp.99-114</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DRACeo : A smart simulator to deploy energy saving methods in a services/microservices based network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandation et valorisation d'objets patrimoniaux hétérogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landy Rajaonarivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Sales Fonteles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. pp.171-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The architecture of Kaligreen V2: A Middleware aware of hardware opportunities to save energy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Internet of Things</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Granada, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transparence des algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Adrianirina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les convergences du droit et du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Self-adaptive Agent-based System for Cloud Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merzoug Soltane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Angarita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Pattern Analysis and Intelligent Systems (PAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Tebessa, Algeria. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PAIS.2018.8598507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging heterogeneous Cultural Heritage data to promote tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Etcheverry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Marquesuzaà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landy Rajaonarivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Source Geospatial Research and Education Symposiums (OGRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01976405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des données particulières : les données de la recherche en Sciences Humaines et Sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine van de Weghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34ème Conférence sur la Gestion de Données – Principes, Technologies et Applications (BDA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01928548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology-based Context-aware Recommendation Approach For Dynamic Situations Enrichment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Workshop on Semantic and Social Media Adaptation and Personalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Zaragoza, Spain. pp.81-86, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMAP.2018.8501880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01869148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proxemics for First Aid to unconscious injured person</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Coromoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30eme conférence francophone sur l'interaction homme-machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Brest, France. 8p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01899172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection and Composition of Cloud Smart Services Using Trust Semantic-Based Green Quality Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansouri Kamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">pais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, annaba, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Emergency Alert System Using Internet of Things and Linked Open Data for Chronic Disease Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajar Khallouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bahaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Intelligent Systems and Computing - Advanced Intelligent Systems for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Tanger, Morocco. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-11884-6_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An event detection framework for the representation of the AGGIR variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Manuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on e-Health Pervasive Wireless Applications and Services 2018 (e-HPWAS’18), IEEE WiMob 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Limassol, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal and Validation of a Domaine Specific Language for the Representation of the AGGIR Constants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bakni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Health Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Funchal, France. pp.438-445, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0006590604380445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PREDICTIONS & MODELING ENERGY CONSUMPTION FOR IT DATA CENTER INFRASTRUCTURE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merzoug Soltane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazar Okba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Intelligent Systems and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Tanger, Morocco. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All for One and One for All: Dynamic Injection of Situations in a Generic Context-Aware Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th International Conference on Emerging Ubiquitous Systems and Pervasive Networks (EUSPN 2017) / The 7th International Conference on Current and Future Trends of Information and Communication Technologies in Healthcare (ICTH-2017) / Affiliated Workshops, September 18-20, 2017, Lund, Sweden</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Lund, Sweden. pp.17-24, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2017.08.277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended iCanCloud simulation framework for VANET-Cloud architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Networking and Advanced Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Annaba, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence des algorithmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Teyssier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Convergences du Droit et du Numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Two-Layered Architecture for Efficient Situations Management in Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International ACM Conference on ManagEment of Digital EcoSystems (MEDES 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Bangkok, France. pp.44 - 59, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3167020.3167022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrons temporels pour spécifier les systèmes auto-adaptatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahiaoui Ayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Benjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud-based Semantic Platform for Dynamic Management of Context-aware mobile ERP applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Reffad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM MEDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Hendaye, France. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3012071.3012076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Interfaces and Context-Oriented Broadcast Services in a Smart-Home Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob 2016, New York, NY, USA, October 17-19, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, New-York, United States. pp.1--8, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2016.7763191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markovian-based Approach for Daily Living Activities Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Sensor Networks (SENSORNETS'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01280001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Presentation Adaptation Architecture Assisted by Ontological Reasoning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoulami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2nd International Conference on Pattern Analysis and Intelligent Systems (PAIS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Khenchela, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic -based Localization Algorithm for Elderly People in Smart Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Systems Design and Applications (ISDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Porto, Portugal. pp.83-89, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2989250.2989269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic–based Localization Algorithm for Elderly People in Smart Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th ACM International Symposium on Mobility Management and Wireless Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Malta, Malta</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Life Application: Flexible Mechanism for User Context Capture and Event Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11èmes Journées Francophones Mobilité et Ubiquité, Ubimob 2016, Lorient, France, July 5, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lorient, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Life Application Approach for User Context Management and Situation Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Ubiquitous Computing and 8th Communications and International Symposium on Cyberspace Safety and Security, IUCC-CSS 2016, Granada, Spain, December 14-16, 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Granada, Spain. pp.45-53, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IUCC-CSS.2016.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loop speed trap data collection method for an accurate short-term traffic flow forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Becktache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mobile Web and Intelligent Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Vienna, Austria. pp.56-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selection algorithm of contextual software entities for composing adaptive mobile applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">international conference on Information Technology for Organisations Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Fes, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Autonomic Semantic Approach for the Detection and Monitoring of Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Forum Jeunes Chercheurs Du Congrès INFORSID 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Grenoble, France. pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributed Interfaces and Context-Oriented Broadcast Services in a Smart-Home Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IEEE International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, New York, United States. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Advanced Adaptation Approach for Pervasive Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Conference on Ambient Systems, Networks and Technologies (ANT 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Improved Elman Neural Network for Daily Living Activities Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Intelligent Systems Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.697-707, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_69⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Genetic Neural Network Approach for Unusual Behavior Prediction in Smart Home</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Intelligent Systems Design and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Porto, Portugal. pp.738-748, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-53480-0_73⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01462993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Semantic-Based Approach for Mobile Applications in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 International Conference on Information Technology for Organizations Development, IT4OD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, New York, United States. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IT4OD.2016.7479327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontological Reasoning for the Personalization of Multimedia Adaptation Services in Smart Home Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoualmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Symposium on Informatics and its Applications (ISIA 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, M'sila, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">USSAP: Universal Smart Social Adaptation Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th International Conference on Ambient Systems, Networks and Technologies (ANT-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, London, United Kingdom. pp.670-674, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2015.05.070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Discovery for Spontaneous Communities in pervasive environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Information Systems Engineering (WISE 2015), Specia Session on Decentralized Social Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Miami (FL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSDMAP: Cloud Semantic-based Dynamic Multimodal Adaptation Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bellal Wassim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th International Conference on Management of computational and collective IntElligence in Digital EcoSystems (MEDES'15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Caraguatatuba/Sao Paulo, Brazil. pp.161-168, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2857218.2857255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cloud Semantic-based Dynamic Multimodal Platform for Building mHealth Context-aware Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Abu Dhabi, United Arab Emirates. pp.357-364, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WiMOB.2015.7347984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Txupito - An Interactor Component Model for Ambient HCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès De Courchelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Etcheverry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PECCS 2015 - Proceedings of the 5th International Conference on Pervasive and Embedded Computing and Communication Systems, ESEO, Angers, Loire Valley, France, 11-13 February, 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Angers, France. pp.67-75, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005226200670075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalimucho for smart-∗: One step towards eternal applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines De Courchelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dibon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the IEEE International Conference on Industrial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Seville, Spain. pp.2426-2432, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIT.2015.7125455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Discovery for Spontaneous Communities in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Web Information Systems Engineering - WISE 2015 - 16th International Conference, Miami, FL, USA, November 1-3, 2015, Proceedings, Part II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Miami, United States. pp.337--347, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-26187-4_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Context-aware Adaptation Platform Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on Ambient Systems, Networks and Technologies (ANT-2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hasselt, Belgium. pp.959-964, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2014.05.518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMPMA: Semantic multimodal Profile for Multimedia documents adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khallouki Hajar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahaj Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Workshop on Codes, Cryptography and Communication Systems (IWCCCS'14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, El Jadida, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and development of semantic application for communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Amine Ghorbali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMAP 2014 - 9th International Workshop on Semantic and Social Media Adaptation and Personalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Corfu, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea Demo: a Spontaneous Community-aware Application in Pervasive Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Amine Ghorbali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MoWNet’2014 (2014 International Conference on Selected Topics in Mobile and Wireless Networking conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01220187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for managing and optimizing the adaptation process qualities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 7th IEEE GCC Conference and Exhibition (GCC'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Doha, Qatar. pp.125-130, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IEEEGCC.2013.6705762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Social Software for Mobile Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Workshop on Social Networks and Digital Ecosystems (SN&amp;DE), 8th International Conference on P2P, Parallel, Grid, Cloud and Internet Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Compiègne, France. pp.723-727</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00955992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea: A Tool for Fostering Spontaneous Communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Amine Ghorbali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th International Workshop on Semantic Social Network (SSN 2013), 13th International Conference on Web Engineering (ICWE 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Aalborg, Denmark. pp.293-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00956000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware Quality Adaptation Using Rich Explict Constraints in E-health System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Semantic and Social Media Adaptation and Personalization (SMAP'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Bayonne, France. pp.47-52, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMAP.2013.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Context-Aware Service and Quality Multimedia Adaptation for Healthcare Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Conference on Digital Information Processing, E-Business and Cloud Computing (DIPECC2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Dubai, United Arab Emirates. pp.113-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea : une application communautaire avec géolocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France. pp.165-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Context-Aware and Automatic Evaluation of Elderly Dependency in Smart Homes and Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Fourteenth International Symposium on a World of Wireless, Mobile and Multimedia Networks (WoWMoM/SCUCA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Madrid, Spain. pp.WoWMoM/SCUCA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Adaptation of Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Frontiers in Ambient and Mobile Systems (FAMS-2013) in conjunction with the 4th International Conference on Ambient Systems, Networks and Technologies (ANT-2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Halifax, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Quality Management of Emergency Systems via Rich Explicit Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reffad Hamza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on Web and Information Technologies (ICWIT'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Hammamet, Tunisia. pp.531-540</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire avec RDF des profils pour applications pervasives multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8èmes journées francophones Mobilité et Ubiquité - Ubimob</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Anglet, France. pp.1--12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WaterCOM: An Architecture Model of Context-oriented Middleware</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keling Da</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FINA Workshop help at The 26th IEEE International Conference on Advanced Information Networking and Applications (AINA-2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Japan. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00689768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communauté spontanée géolocalisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Montpellier, France. pp.299-308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00735052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On-the-fly Multimedia Document Adaptation Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Pham Hai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pervasive Environments (SUPE'2012), in conjunction with the 9th International Conference on Mobile Web Information Systems (MobiWIS'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Ontario, Canada. pp.1--6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profil générique sémantique pour l'adaptation de documents multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème congrès INFORSID (INFormatique des ORganisations et Systèmes d'Information et de Décision) - INFORSID'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Montpellier, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Automatic Adaptation of Heterogeneous Multimedia Mobile Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Saffidine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE / CFIP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Anglet, France. pp.79-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00751515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging the gap between quantitative and qualitative constraints in profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajar Khallouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SMAP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Luxembourg. pp.121-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00762520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an interoperable device profile containing rich user constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Interoperability of User Profiles in Multi-Application Web Environments (MultiA-Pro 2012), in conjunction with the World Wide Web Conference (WWW 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Lyon, France. pp.977-986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CSC (Composant, Service, Connecteur) - Une plateforme d'adaptation pour applications multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacéra Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE 2011 : Conférence Internationale sur les NOuvelles Technologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Paris, France. pp.65-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalimucho: Contextual Deployment for QoS Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Distributed Applications and Interoperable Systems (DAIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Reykjavik, Iceland. pp.43-56, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-21387-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00596372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalimucho : Plateforme d'Adaptation des Applications Mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOTERE 201- Conférence Internationale sur les NOuvelles Technologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Paris, France. pp.83-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00593459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-aware Quality Model Driven Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bookerram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notere 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Tozeur, Tunisia. pp. 1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une architecture d'adaptation automatique des applications reparties basées composants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAL 2010 : 4ème Conférence francophone sur les Architectures Logicielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Pau, France. pp. 1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An adaptation approach for component-based software architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPSAC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, North Korea. pp.179-187, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/COMPSAC.2010.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00516946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Logicielle pour l'Adaptation Dynamique d'Applications sur Périphériques Contraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Réunion Ubiquité Mobilité du GT MOB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoS-Based Design Method for Constraint Device Based Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th ACM International Workshop on Services Integration in Pervasive Environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a dynamic system for the adaptation multimedia fluxes in the P2P architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IEEE 23rd International Conference on. Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Bradford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KALIMUCHO : Architecture logicielle pour périphériques mobiles contraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Cassagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toulouse'2009 (Renpar/CFSE/Sympa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Toulouse, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un système d'information de flux multimédia assurant l'interopérabilité des capteurs sans fils mobiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop GEDSIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00397705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoS Based Desing Process for Pervasive Computing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Mobility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416015v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IS-COTS: a help to COTS Products Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOTSDM - Third International Off-The-Shelf-Based Development Methods Workshop (IOTSDM '08) - Position Paper - Held in conjunction with the Seventh International Conference on COTS-Based Software Systems (ICCBSS '08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalinahia: Considering Quality of Service to Design and Execute Distributed Multimedia Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Int'l Conference on Network Management and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Salvador de Bahia, Brazil. pp.NOMS 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Adaptation System for Wireless Telephone Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Arab Conference on Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Tunisia. pp.ACIT 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Korrontea Data Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ambisys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Quebec City, Canada. pp.The Korrontea Data Modeling</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SI-COTS: Aide à l'intégration de COTS Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop MADSI, Méthodes avancées de développement des systèmes d'information- 25ème congrès INFORSID</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Perros-Guirec, France. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00395662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards sensor integration into multimedia applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Conference on Universal Multiservice Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00376789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SI-COTS : Aide à l'intégration de COTS Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop MADSI - Inforsid 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Fontainebleau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'un Système d'Information pour la réalisation de prototypes dans le cadre d'un développement à base de COTS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Raphael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop OCM-Inforsid 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Hammameth, Tunisie. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de la qualité de service dans la conception et l'exploitation d'applications multimedia réparties.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inforsid 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Hammameth, Tunisie. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle unifié de composants pour l'intégration de capteurs dans des applications multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop OCM - Inforsid 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Hammameth, Tunisie. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified components model for sensor integration into multimedia applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop at OOPSLA 'Building Software for Sensor Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Portland, United States. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00404166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimedia Oriented Component Model.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Luthon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Taipei, Taiwan. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information system for evaluation of COTS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Software Engineering Research, Management and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Michigan, United States. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Component Model for Transmission and Processing of Synchronized Multimedia Data Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Bouix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Luthon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Distributed Frameworks for Multimedia Applications (DFMA 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2005, Besançon, France. pp.45-53, </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DFMA.2005.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la qualité de service de la conception à l'exécution dans les applications distribuées multimédias.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Conférence Francophone autour des Composants Logiciels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Le Croisic, France. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QoS oriented design and management for multimedia distributed applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In 6ème colloque francophone GRES 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2005, Luchon, France. pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00408659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information System for Evaluations of COTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Barbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third ACIS International Conference on Software Engineering, Research, Management and Applications (SERA 2005), 11-13 August 2005, Mt. Pleasant, MI, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Unknown, Unknown Region. pp.64-69, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SERA.2005.45⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Architecture for Cooperative and Adaptive Multimedia Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Luthon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Computer Software and Applications Conference (COMPSAC 2002), Prolonging Software Life: Development and Redevelopment, 26-29 August 2002, Oxford, England, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Oxford, United Kingdom. pp.444-449, </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CMPSAC.2002.1045041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elkar-Toon: Providing Cooperation with Automation of Interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Etcheverry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Software Engineering, Artificial Intelligence, Networking and Parallel/Distributed Computing (SNPD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Unknown, Unknown Region. pp.463-470</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workload Shifting Techniques: From Digital Inebriation to Sobriety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tirel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Noureddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Le Goaër</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Computing Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 58 (5), pp.1-36. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3769301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-aware software design: A hardware and behavioural consumption scoring and labelling algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems with Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 299, pp.130046. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eswa.2025.130046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive and Sustainable Smart Environments Using Predictive Reasoning and Context-Aware Reinforcement Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boubakeur Annane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliman Aljarboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 18 (1), pp.40. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi18010040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse multidimensionnelle de contenus des réseaux sociaux : stratégies, calcul et visualisation d’indicateurs pour le tourisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5 (1), pp.146-170. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2025.1303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal strategies to perform multilingual analysis of social content for a novel dataset in the tourism domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge-Based Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 325, pp.114001. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.knosys.2025.114001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05141166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ProxMetrics: modular proxemic similarity toolkit to generate domain-adaptable indicators from social media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Network Analysis and Mining</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.124. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13278-024-01282-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Proposal of Behavior-Based Consumption Profiles for Green Software Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Andrés Larracoechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (17), </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app14177456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04676195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de similarité multidimensionnelles pour trajectoires sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4 (2), </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2024.1195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisation de données issues des réseaux sociaux : une plateforme de type Business Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 138, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12jjl⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRESTO: A Recommender of Musical Collaborations based on Heterogeneous Graph Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Terroso-Saenz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Soto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Muñoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Interactive Multimedia and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21203/rs.3.rs-3180938/v1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time ontology-based context-aware situation reasoning framework in pervasive computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 81 (11), pp.14913-14957. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-022-12252-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Semantic-Based Probabilistic Context aware Approach for Situations Enrichment and Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app12020732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03778704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach to Develop Mobile Proxemic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Data Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (2), pp.166-169. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26421/JDI2.2-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Decentralized Agent-Based Semantic Service Control and Self-Adaptation in Smart Health Mobile Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DSL-based Approach for Detecting Activities of Daily Living by Means of the AGGIR Variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Manuel Negrete Ramírez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (16), pp.5674. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21165674⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Level and Multiple Aspect Semantic Trajectory Model: Application to the Tourism Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Cayèré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (9), pp.592. </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijgi10090592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Agile Approach for Reconfigurable Distributed Applications in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Ambient Computing and Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (2), pp.48-67. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJACI.2020040103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02501629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Aware Multi-layered Ontology for Composite Situation Model in Pervasive Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (5), pp.543-558. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18280/isi.250501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03111689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Using Multiple Disabilities Profiles to Adapt Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Technology and Web Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (3), pp.34-60. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJITWE.2020070103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Intelligent Knowledge System for Designing, Modeling, and Recognizing the Behavior of Elderly People in Smart Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ambient Intelligence and Humanized Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12652-020-01876-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicular-cloud simulation framework for predicting traffic flow data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahraoui Abdelatif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ahmim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Internet Technology and Secured Transactions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1/2), pp.102. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJITST.2020.104578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02455963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A semantic event based framework for complex situations modeling and identification in smart environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Advanced Computer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (43), pp.212-221. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19101/IJACR.PID33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Two-Level Clustering Approach for Situations Management in Distributed Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achouri Mounir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Ambient Computing and Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (2), pp.91-111. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJACI.2019040107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02077490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommendation of Heterogeneous Cultural Heritage Objects for the Promotion of Tourism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landy Rajaonarivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Fonteles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (5), pp.230. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijgi8050230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04436369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KaliGreen: A distributed Scheduler for Energy Saving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kyle Respicio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 141 (Special issue: The 9th International Conference on Emerging Ubiquitous Systems and Pervasive Networks (EUSPN 2018)), pp.223-230. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2018.10.172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial reasoning about multimedia document for a profile based adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yehya Belhadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allaoua Refoufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimedia Tools and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 77 (23), pp.30437-30474. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11042-018-6080-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic semantic-based green bio-inspired approach for optimizing energy and cloud services qualities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mansouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on emerging telecommunications technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (5), </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ett.3305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An emerging multi-paradigm for representing mobile applications' architectures using heterogeneous conceptual bricks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Chung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Applications in Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57 (1), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One App to Rule Them All Collaborative Injection of Situations in an Adaptable Context-Aware Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ambient Intelligence and Humanized Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (12), pp.4679-4692</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Traffic Management System for Anticipating Unexpected Road Incidents in Intelligent Transportation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelatif Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Grid and High Performance Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), pp.67-82. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJGHPC.2018100104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Pattern Specifications for Self-Adaptive Requirements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Yahiaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Chung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amroune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Patents on Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/2213275911666181019115744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An improved extreme learning machine model for the prediction of human scenarios in smart homes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Hassani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (8), pp.2017-2030. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10489-017-1062-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart fog computing for efficient situations management for smart health environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Achouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derdour Makhlouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Information and Communication Technology (JICT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 17 (4), pp.537-567</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01888311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Driven Composition for Mobile Applications: A Metamodelling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence Chung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Embedded Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (6), pp.505-522. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJES.2017.10008944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HaMA: A Handicap-based Architecture for Multimedia Document Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Saighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Ghoualmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Laboudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multimedia Data Engineering and Management (IJMDEM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (3), pp.55-96. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJMDEM.2017070104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01552385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an observer/controller and ontology/rule- based approach for pervasive healthcare systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Hameurlaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Khireddine Kholladi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimedia Documents Adaptation Based on Semantic Multi-Partite Social Context-Aware Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alti Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJVCSN, International Journal of Virtual Communities and Social Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (3), pp.44 - 59. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJVCSN.2017070104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an Observer/Controller and Ontology/Rule-Based Approach for Pervasive Healthcare Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Hameurlaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Khireddine Kholladi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJAHUC - International Journal of Ad Hoc and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26 (3), pp.137-156. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJAHUC.2015.10001941⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Life Application: Situation Detection in a Context-Aware All-in-One Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Karchoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arantza Illarramendi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Ilarri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Personal and Ubiquitous Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 21 (6), pp.1025-1037. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00779-017-1077-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Driven-Context Composition mechanism for Mobile Applications: Metamodeling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrah Djeddar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bendjenna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Amirat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Embedded Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (6), pp.505. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJES.2017.088036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomic Semantic-Based Context-Aware Platform for Mobile Applications in Pervasive Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahim Lakehal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future internet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (4), </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fi8040048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01420717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Security architecture metamodel for Model Driven security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Q1</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation in Digital Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jides.2015.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Community-Based Semantic Social Context-Aware Driven Adaptation for Multimedia Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. J. Virtual Communities Soc. Netw.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (2), pp.31--49. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/IJVCSN.2015040102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic semantic-based adaptation of multimedia documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on emerging telecommunications technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (2), pp.239-258. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ett.2677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Approach for Quality Management in Pervasive Computing Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (1), pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00772544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An adaptation platform for multimedia applications - CSC (Component, Service, Connector)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems and Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Vol 14 (1), pp.4-22. </w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/13287261211221119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00680425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selector: A tool for dynamic service selection and management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Boukerram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4 (4), pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00689782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of adaptation systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keling Da</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Internet and Distributed Computing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (1), pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00689773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typing of Adaptation Connectors in MMSA Approach Case Study: Sending MMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Research and Reviews in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (4), pp.39-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00541829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMSA: Metamodel Multimedia Software Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Multimedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.1-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche pour les architectures logicielles à composants multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue I3 - Information Interaction Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (2), pp.67-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00572997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UML-profile for multimedia software architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal Multimedia Intelligence and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (3), pp.209-231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00544154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KALIMUCHO - Software Architecture for Limited Mobile Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Cassagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGBED Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Volume 6 (Number 3), pp.PP. 1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context Aware Adaptable Applications - A global approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 1 (1/2009), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00416007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation d'un système d'information assurant l'interopérabilité des appareils mobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Ghoualmi-Zine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Web and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.ICWIT'08</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration de périphériques contraints par reconfiguration dynamique d'applications - Cas des capteurs sans-fil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numéro Spécial Revue ISI - Objets Composants Modèles dans l'ingénierie des Systèmes d'Informations - Hermès</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3/2008, pp.ISSN: 2-7462-2179-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous component interactions: Sensors integration into multimedia applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Networks, Issue N°6, Academy Publisher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (4), pp.ISSN : 1796-2056</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">kalinahia : modèle de qualité de service pour les applications multimédia reconfigurables.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ISI, Conception: patrons et spécifications formelles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4, pp.;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00389658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kalinahia - Modèle de qualité de service pour les applications multimédia reconfigurables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Numéro Spécial Revue ISI "Conception : patrons et spécifications formelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 4 (12), pp.ISBN: 978-2-7462-1968-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-Datacenters Model for Carbon Footprint Assessment and Energy Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nour Osta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elene Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Le Mouël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gaysse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Days 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05252340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is a “Pervasive Information System” (PIS)?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuele Kirsch Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Angelo Steffenel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Souveyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Manuele Kirsch Pinheiro, Carine Souveyet, Philippe Roose, Luiz Angelo Steffenel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Evolution of Pervasive Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer; Springer International Publishing, pp.1-17, 2023, 978-3031181757. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18176-4_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology and Rules-Based Model to Reason on Useful Contextual Information for Providing Appropriate Services in U-Healthcare Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Hameurlaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Khireddine Kholladi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Distributed Computing VIII, Springer International Publishing, Studies in Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.301-310, 2015, </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-10422-5_32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mHealth Contents and Services Delivery and Adaptation Challenges for Smart Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrezak Rachedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Abdelaziz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sasan Adibi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mHealth Multidisciplinary Verticals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press/Taylor &amp; Francis, pp.295-314, 2014, 978-1-4822-1480-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrich the Expressiveness of Multimedia Document Adaptation Processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evaggelos Spyrou, Dimitris Lakovidis, Phivos Mylonas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semantic Multimedia Analysis and Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.185-217, 2014, Digital Imaging and Computer Vision, 978-1-4665-7549-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichir l’expressivité des profils et des processus d’adaptation de contenus multimédias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adel Alti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chantal Soulé-Dupuy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variabilité et adaptation de l'accès à l'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 17 (2), Lavoisier, pp.101-124, 2014, Document Numérique, 9782746246683. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/DN.17.2.101-124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semantic Generic Profile for Multimedia Documents Adaptation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Dromzée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dimitris Kanellopoulos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligent Multimedia Technologies for Networking Applications: Techniques and Tools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGI Global, pp.225-246, 2013, </w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-4666-2833-5.ch009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00712882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taldea : un outil d'aide à la création de communautés spontanées avec géolocalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Ben Nejma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Gensel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOLOMO, Social, localisation et mobilité coordonné par T. Delot et F. Sèdes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RSTI Série ISI, pp.39-58, 2013, ISI, 978-2-7462-4568-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00829783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Evolution of Pervasive Information Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuele Kirsch Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Souveyet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Angelo Steffenel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer International Publishing, 2023, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-18176-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Journal of Virtual Communities and Social Networking (IJVCSN), Special Issue on Social Media and Networks for Multimedia Content Management (Part 2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phivos Mylonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manolis Wallace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IGI Global, 7 (3), 2015, 1942-9010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Journal of Virtual Communities and Social Networking (IJVCSN), Special Issue on Social Media and Networks for Multimedia Content Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phivos Mylonas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manolis Wallace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sébastien Laborie; Phivos Mylonas; Philippe Roose; Manolis Wallace. IGI Global, 7 (2), 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01272844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-Health Pervasive Wireless Applications and Services Workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrezak Rachedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santos António</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IEEE Press, pp.43, 2013, 978-1-4577-2014-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles Technologies de la Répartition - Ingénierie des Protocoles : NOTERE 2012 / CFIP 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Krief</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépaduès, pp.168, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00989216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes d’Ubimob'12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cépaduès Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1018, 2012, 9782364930186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01312333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'adaptation dans tous ses états</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lopistéguy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lopisteguy, Philippe and Rieu, Dominique and Roose, Philippe. Eyrolles, 256 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numéro Spécial Revue ISI - Objets, Composants et Modèles dans l'Ingénierie des Systèmes d'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermès, pp.80, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00374917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Awareness for Mobile Computing &amp; Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yudith Cardinale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">22, 2023, Sensors (ISSN 1424-8220)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue Smart Anything Everywhere: New Frontiers, Solutions, Issues &amp; Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Sales Fonteles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnan Akhunzada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2021, Smart Anything Everywhere: New Frontiers, Solutions, Issues &amp; Challenges</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue ouverte d’ingénierie des systèmes d’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dupuy-Chessa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue ouverte d'ingénierie des systèmes d'information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2 (1), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Strategies to Perform Multilingual Analysis of Social Content for a Novel Dataset in the Tourism Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Agerri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annig Le Parc-Lacayrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markovian-Based Approach for Daily Living Activities Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaineb Liouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Lemlouma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Weis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassani Messaoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture Logicielles pour des Applications hétérogènes, distribuées et reconfigurables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00346770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système et procédé de planification de traitement de programme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernán H Álvarez Valera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 2107199. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03346678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tools for processing digital trajectories of tourists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Cayere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Sallaberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noelle Bessagnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.232-233. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MDM48529.2020.00049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meta-model for Multimedia Software Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Dalmau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Laplace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Louberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Makhlouf Derdour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes des 11èmes Journées Francophones Mobilité et Ubiquité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Canals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Couture</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Nigay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Taconet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ubimob'2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dblp computer science bibliography, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Social and Semantic Media Adaptation and Personalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Laborie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Workshop on Social and Semantic Media Adaptation and Personalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Bayonne, France. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IEEE Computer Society</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.109, 2013, 978-0-7695-5132-6. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SMAP.2013.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la réutilisation à l'adaptabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. Université de Pau et des Pays de l'Adour, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00346756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELKAR - Ré-Ingénierie d'applications pour la mise en oeuvre de la coopération : Méthodologie et Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Roose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique [cs]. Université de Pau et des Pays de l'Adour, 2000. Français. </w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00346753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId496"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05450367v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Lakehal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubakeur Annane" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Alti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roose" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliman Aljarboa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi18010040" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05456879v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Andr&#233;s Larracoechea" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ilarri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.130046" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05317599v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tirel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noureddine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Goa&#235;r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3769301" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127133v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Masson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Agerri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sallaberry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Bessagnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1303" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141166v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annig Le Parc-Lacayrelle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2025.114001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747034v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bessagnet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jjl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04683445v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cay&#232;r&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Faucher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1195" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04676195v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14177456" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04629357v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-024-01282-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04942874v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Terroso-Saenz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Soto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mu&#241;oz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-3180938/v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778704v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12020732" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778719v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-022-12252-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390858v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi10090592" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03395200v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346690v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Negrete Ram&#237;rez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dalmau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Cardinale" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21165674" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346783v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Perez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Dalmau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Masson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26421/JDI2.2-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02455963v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahraoui Abdelatif" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derdour Makhlouf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ahmim" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJITST.2020.104578" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02501629v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJACI.2020040103" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111689v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/isi.250501" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02951734v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Saighi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Laboudi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Ghoualmi-Zine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJITWE.2020070103" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967216v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaineb Liouane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Lemlouma" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Weis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassani Messaoud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12652-020-01876-5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437055v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19101/IJACR.PID33" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077490v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achouri Mounir" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alti Adel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJACI.2019040107" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436369v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landy Rajaonarivo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Fonteles" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi8050230" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437041v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n H &#193;lvarez Valera" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Herzog" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Respicio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.10.172" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817159v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mansouri" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.3305" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436872v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehya Belhadad" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allaoua Refoufi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-018-6080-8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436893v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afrah Djeddar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Bendjenna" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Amirat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Chung" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436855v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Karchoud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantza Illarramendi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437091v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Sahraoui" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJGHPC.2018100104" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436863v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Yahiaoui" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amroune" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2213275911666181019115744" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888311v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Achouri" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01678671v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Hassani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-017-1062-5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552385v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Ghoualmi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJMDEM.2017070104" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906801v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJES.2017.10008944" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436880v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Hameurlaine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Abdelaziz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Khireddine Kholladi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJVCSN.2017070104" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906799v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAHUC.2015.10001941" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906798v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00779-017-1077-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437181v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJES.2017.088036" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420717v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi8040048" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436948v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhlouf Q1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gasmi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jides.2015.12.001" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906771v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJVCSN.2015040102" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946884v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.2677" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DX0C42PN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772544v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680425v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhlouf Derdour" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Ghoualmi-Zine" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/13287261211221119" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689782v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Boukerram" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689773v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keling Da" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541829v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572997v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515491v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544154v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483106v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Cassagnes" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416007v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laplace" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346862v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346858v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Louberry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346841v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346866v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389658v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245956v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongwei Ma" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefu Song" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02215-8_8" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130073v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05320216v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thandar Muang" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinnapong Angsuchotmetee" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Valera Hernan Humberto" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252364v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Osta" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaysse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elene Anton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093346v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Valera" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ravat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#232;s-Parlangeau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05450374v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010718600003058" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246000v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028903v2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunji Zhang" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04541062v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600876v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634187v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valera Humberto" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giraldo Leonel Isaac Guerrero" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu&#241;oz Carlos Alejandro Sivira" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marroquin Alan Alfredo Rojas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damas Lucas Aguilar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04743929v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Goaer" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78090-5_15" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634180v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634197v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Alexandre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04822159v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634188v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Hernan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04549466v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maurice" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634200v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04121610v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Boudia" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04311398v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Terroso-S&#225;enz" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13039/501100011033" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326788v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Abdelhedi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04121655v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04326425v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30047-9_23" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789401v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778726v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan Humberto Alvarez Valera" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Larracoechea" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IE54923.2022.9826775" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778251v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3477314.3507057" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03698015v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326727v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20891-1_2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778715v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Ghouzlen" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03362889v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Illari" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03362879v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346669v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Castellanos" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112853v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Couture" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04550764v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3412841.3441888" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03358293v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260473v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877919v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111206v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111154v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo P&#233;rez" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111199v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111182v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3428690.3429879" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033030v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15439/2020F29" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111184v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033009v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob50308.2020.9253381" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414016v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sales Fonteles" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437037v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133841v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bakni" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006590604380445" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437210v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merzoug Soltane" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazar Okba" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437205v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Angarita" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rosse" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PAIS.2018.8598507" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437217v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Teyssier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Adrianirina" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869148v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2018.8501880" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928548v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine van de Weghe" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976405v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Etcheverry" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marquesuza&#224;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899172v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Coromoto" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464309v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansouri Kamel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02465085v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Khallouki" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bahaj" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11884-6_17" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464158v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negrete Ram&#237;rez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910016v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Karchoud" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Illarramendi" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ilarri" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.08.277" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464156v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02749034v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437249v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahiaoui Ayoub" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Benjenna" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817198v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167020.3167022" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552394v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01462982v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_69" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01462993v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_73" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908070v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IT4OD.2016.7479327" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436984v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Reffad" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012076" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910017v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02439325v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2989250.2989269" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01372772v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552396v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Ghoulami" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01280001v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912930v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2016.7763191" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910019v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUCC-CSS.2016.015" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437034v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437024v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Becktache" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552391v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Slimani" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912933v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Slimani" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alti" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laborie" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02414151v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912899v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Ben Nejma" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gensel" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26187-4_32" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246154v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2015.7347984" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246149v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bellal Wassim" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2857218.2857255" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192872v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2015.05.070" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220184v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910021v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines De Courchelle" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dibon" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125455" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909106v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s De Courchelle" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005226200670075" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084704v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khallouki Hajar" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahaj Mohamed" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055236v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2014.05.518" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220186v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Ghorbali" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220187v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822036v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reffad Hamza" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956000v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909781v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2013.11" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877586v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955992v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083138v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEEGCC.2013.6705762" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839661v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829311v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822083v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686176v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dromzee" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735052v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695374v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689768v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695375v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Pham Hai" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686178v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762520v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751515v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saffidine" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593460v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nac&#233;ra Ghoualmi-Zine" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596372v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21387-8_4" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593459v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516946v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC.2010.24" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483083v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bookerram" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483078v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397717v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374915v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397705v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397710v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416022v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416015v2" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346911v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346774v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346861v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346824v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouix" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395662v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376789v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346867v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408623v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408620v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raphael" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barbier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408616v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404166v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408659v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912865v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Michel" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SERA.2005.45" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408566v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Luthon" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408567v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DFMA.2005.2" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408583v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Michel" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408663v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912946v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CMPSAC.2002.1045041" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912948v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252340v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969710v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969722v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupuy-Chessa" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969697v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Akhunzada" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326748v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01907096v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346770v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03877447v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Kirsch Pinheiro" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Angelo Steffenel" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Souveyet" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18176-4_1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464153v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10422-5_32" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083131v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DN.17.2.101-124" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021022v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055237v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrezak Rachedi" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712882v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dromz&#233;e" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-2833-5.ch009" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829783v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03877413v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18176-4" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275766v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phivos Mylonas" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Wallace" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272844v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877608v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santos Ant&#243;nio" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953462v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lopist&#233;guy" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieu" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989216v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krief" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pierson" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312333v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cepadues.com/livres/ubimob-12-9782364930186.html" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374917v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346678v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038486v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cayere" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MDM48529.2020.00049" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515485v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913206v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Canals" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nigay" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Taconet" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909795v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smap2013.org" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2013.1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00346756v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00346753v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245956v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongwei Ma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roose" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefu Song" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02215-8_8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05320216v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thandar Muang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinnapong Angsuchotmetee" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvarez-Valera Hernan Humberto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05450374v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Andr&#233;s Larracoechea" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Ilarri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Cardinale" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010718600003058" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093346v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Valera" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ravat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#232;s-Parlangeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252364v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Osta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaysse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elene Anton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246000v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028903v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunji Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130073v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tirel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noureddine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Goa&#235;r" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600876v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Masson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Agerri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sallaberry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Bessagnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634187v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valera Humberto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giraldo Leonel Isaac Guerrero" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mu&#241;oz Carlos Alejandro Sivira" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marroquin Alan Alfredo Rojas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damas Lucas Aguilar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04822159v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634197v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Alexandre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04743929v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Goaer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78090-5_15" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634180v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634188v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Hernan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04634200v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04549466v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n H &#193;lvarez Valera" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maurice" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04541062v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annig Le Parc-Lacayrelle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326788v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Abdelhedi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bessagnet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04311398v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Terroso-S&#225;enz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mu&#241;oz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13039/501100011033" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04121655v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04326425v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30047-9_23" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04121610v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Boudia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778726v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan Humberto Alvarez Valera" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dalmau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Larracoechea" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Herzog" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IE54923.2022.9826775" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03698015v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778251v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cay&#232;r&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3477314.3507057" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326727v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20891-1_2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778715v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahraoui Abdelatif" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Ghouzlen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03789401v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04550764v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3412841.3441888" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03358293v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03362889v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Illari" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112853v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Perez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Couture" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346669v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Castellanos" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03362879v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03260473v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Faucher" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111154v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo P&#233;rez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Masson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033030v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15439/2020F29" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111184v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111182v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3428690.3429879" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111199v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033009v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob50308.2020.9253381" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877919v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111206v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414016v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landy Rajaonarivo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sales Fonteles" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437037v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437217v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Teyssier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Adrianirina" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437205v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merzoug Soltane" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Angarita" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rosse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PAIS.2018.8598507" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976405v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Etcheverry" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marquesuza&#224;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928548v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine van de Weghe" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869148v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Lakehal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Alti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2018.8501880" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899172v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Coromoto" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464309v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alti Adel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansouri Kamel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02465085v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Khallouki" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bahaj" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11884-6_17" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464158v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negrete Ram&#237;rez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133841v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Negrete Ram&#237;rez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bakni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006590604380445" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437210v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derdour Makhlouf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazar Okba" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910016v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Karchoud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Illarramendi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ilarri" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2017.08.277" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464156v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02749034v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817198v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Achouri" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhlouf Derdour" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3167020.3167022" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437249v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahiaoui Ayoub" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Benjenna" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436984v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Reffad" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3012071.3012076" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912930v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2016.7763191" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01280001v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaineb Liouane" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Lemlouma" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Weis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Hassani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552396v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Saighi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Ghoulami" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Laboudi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02439325v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassani Messaoud" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2989250.2989269" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01372772v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910017v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Karchoud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantza Illarramendi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910019v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUCC-CSS.2016.015" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437024v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Becktache" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437034v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afrah Djeddar" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Amirat" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Bendjenna" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912933v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Slimani" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laborie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02414151v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552391v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Slimani" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01462982v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_69" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01462993v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53480-0_73" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01908070v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IT4OD.2016.7479327" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552394v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Ghoualmi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192872v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2015.05.070" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220184v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Ben Nejma" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gensel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246149v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bellal Wassim" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2857218.2857255" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246154v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMOB.2015.7347984" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01909106v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s De Courchelle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005226200670075" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01910021v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines De Courchelle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dibon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125455" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912899v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-26187-4_32" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055236v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2014.05.518" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084704v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khallouki Hajar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahaj Mohamed" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220186v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Amine Ghorbali" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220187v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083138v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEEGCC.2013.6705762" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955992v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956000v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909781v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2013.11" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877586v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829311v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839661v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822083v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822036v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reffad Hamza" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695374v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dromzee" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689768v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keling Da" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735052v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695375v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Pham Hai" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686178v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00751515v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Saffidine" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762520v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686176v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593460v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nac&#233;ra Ghoualmi-Zine" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596372v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Louberry" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21387-8_4" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593459v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483083v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bookerram" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483078v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Ghoualmi-Zine" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516946v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPSAC.2010.24" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374915v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397717v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397710v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416022v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Cassagnes" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397705v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416015v2" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346774v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346911v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laplace" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346861v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346824v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouix" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395662v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376789v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346867v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408620v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raphael" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Barbier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408623v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408616v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404166v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408566v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Luthon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408583v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Michel" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408567v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DFMA.2005.2" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408663v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408659v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912865v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Michel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SERA.2005.45" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912946v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CMPSAC.2002.1045041" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912948v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05317599v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3769301" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05456879v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.130046" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05450367v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubakeur Annane" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soliman Aljarboa" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi18010040" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127133v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1303" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141166v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2025.114001" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04629357v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13278-024-01282-1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04676195v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14177456" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04683445v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2024.1195" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747034v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jjl" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04942874v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Terroso-Saenz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Soto" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-3180938/v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778719v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-022-12252-0" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03778704v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12020732" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346783v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Dalmau" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26421/JDI2.2-4" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03395200v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346690v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21165674" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390858v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi10090592" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02501629v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJACI.2020040103" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03111689v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/isi.250501" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02951734v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Ghoualmi-Zine" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJITWE.2020070103" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967216v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12652-020-01876-5" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02455963v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ahmim" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJITST.2020.104578" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437055v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19101/IJACR.PID33" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077490v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achouri Mounir" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJACI.2019040107" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436369v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Fonteles" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi8050230" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437041v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Respicio" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2018.10.172" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436872v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehya Belhadad" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allaoua Refoufi" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11042-018-6080-8" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817159v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mansouri" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.3305" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436893v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Chung" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436855v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437091v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Sahraoui" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJGHPC.2018100104" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436863v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Yahiaoui" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amroune" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2213275911666181019115744" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01678671v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-017-1062-5" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888311v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906801v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJES.2017.10008944" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552385v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJMDEM.2017070104" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436880v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Hameurlaine" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Abdelaziz" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Khireddine Kholladi" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817157v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJVCSN.2017070104" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906799v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAHUC.2015.10001941" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906798v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00779-017-1077-2" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02437181v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJES.2017.088036" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420717v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fi8040048" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02436948v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makhlouf Q1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gasmi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jides.2015.12.001" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01906771v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJVCSN.2015040102" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946884v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.2677" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DX0C42PN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772544v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680425v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/13287261211221119" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689782v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Boukerram" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00689773v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541829v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515491v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572997v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544154v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483106v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416007v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346862v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346858v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346841v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389658v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346866v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252340v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03877447v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Kirsch Pinheiro" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Angelo Steffenel" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Souveyet" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18176-4_1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02464153v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10422-5_32" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055237v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrezak Rachedi" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021022v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083131v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DN.17.2.101-124" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712882v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dromz&#233;e" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-2833-5.ch009" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829783v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03877413v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18176-4" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275766v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phivos Mylonas" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Wallace" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272844v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877608v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santos Ant&#243;nio" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989216v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Krief" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Pierson" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312333v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cepadues.com/livres/ubimob-12-9782364930186.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953462v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lopist&#233;guy" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieu" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374917v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969710v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969697v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Akhunzada" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04969722v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupuy-Chessa" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326748v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01907096v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346770v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03346678v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03038486v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cayere" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MDM48529.2020.00049" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515485v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01913206v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Canals" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nigay" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Taconet" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909795v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smap2013.org" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2013.1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00346756v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00346753v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>