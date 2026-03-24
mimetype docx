--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -84,51 +84,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -248,2532 +248,2398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03633365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spironolactone effect on the blood pressure of patients at risk of developing heart failure: an analysis from the HOMAGE trial</w:t>
+                <w:t xml:space="preserve">Proteomic and Mechanistic Analysis of Spironolactone in Patients at Risk for HF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Pedro Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Job Verdonschot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Timothy Collier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hans-Peter Brunner-La Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Heart Journal - Cardiovascular Pharmacotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">JACC: Heart Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, S2213-1779 (20), pp.30705-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ehjcvp/pvab031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jchf.2020.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03364378v1</w:t>
+                <w:t xml:space="preserve">hal-03166526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of spironolactone on cardiovascular function and markers of fibrosis in people at increased risk of developing heart failure: the heart ‘OMics’ in AGEing (HOMAGE) randomized clinical trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spironolactone effect on the blood pressure of patients at risk of developing heart failure: an analysis from the HOMAGE trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Pedro Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Collier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Cleland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">João Pedro Ferreira</w:t>
+                <w:t xml:space="preserve">Andrew Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Mariottoni</w:t>
+                <w:t xml:space="preserve">Mamas Mamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierpaolo Pellicori</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joe Cuthbert</w:t>
+                <w:t xml:space="preserve">Hans-Peter Brunner-La Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Heart Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/eurheartj/ehaa758⟩</w:t>
+              <w:t xml:space="preserve">European Heart Journal - Cardiovascular Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ehjcvp/pvab031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391514v1</w:t>
+                <w:t xml:space="preserve">hal-03364378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic and Mechanistic Analysis of Spironolactone in Patients at Risk for HF</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">João Pedro Ferreira</w:t>
+                <w:t xml:space="preserve">Insulin-like Growth Factor Binding Protein 2 predicts mortality risk in heart failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Barutaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Job Verdonschot</w:t>
+                <w:t xml:space="preserve">Pauline Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ping Wang</w:t>
+                <w:t xml:space="preserve">William Peacock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Pizard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Timothy Collier</w:t>
+                <w:t xml:space="preserve">Maria Francesca Evaristi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Caubère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JACC: Heart Failure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jchf.2020.11.010⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 300, pp.245 - 251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijcard.2019.09.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166526v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03489675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of spironolactone on cardiovascular function and markers of fibrosis in people at increased risk of developing heart failure: the heart 'OMics' in AGEing (HOMAGE) randomized clinical trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Cleland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Pedro Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Mariottoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Pellicori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Cuthbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Heart Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 42 (6), pp.684-696. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/eurheartj/ehaa758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03234930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insulin-like Growth Factor Binding Protein 2 predicts mortality risk in heart failure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Caubère</w:t>
+                <w:t xml:space="preserve">Long-term prognostic impact of left ventricular remodeling after a first myocardial infarction in modern clinical practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Porouchani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Saloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cardiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (11), pp.e0188884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0188884⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijcard.2019.09.032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03489675v1</w:t>
+                <w:t xml:space="preserve">hal-02267448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradoxical Effect of Nonalcoholic Red Wine Polyphenol Extract, Provinols™, in the Regulation of Cyclooxygenases in Vessels from Zucker Fatty Rats ( fa / fa )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelali Agouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Ahmed Mostefai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Lagrue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Sladkova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017, pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2017/8536910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02544527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term prognostic impact of left ventricular remodeling after a first myocardial infarction in modern clinical practice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Fertin</w:t>
+                <w:t xml:space="preserve">A cardiac mitochondrial cAMP signaling pathway regulates calcium accumulation, permeability transition and cell death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenyu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dawei P. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Varin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Courilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (4), pp.e2198-e2198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/cddis.2016.106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0188884⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02267448v1</w:t>
+                <w:t xml:space="preserve">hal-02482657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cardiac mitochondrial cAMP signaling pathway regulates calcium accumulation, permeability transition and cell death</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Delphine Courilleau</w:t>
+                <w:t xml:space="preserve">Multimarker Proteomic Profiling for the Prediction of Cardiovascular Mortality in Patients with Chronic Heart Failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lemesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleur Maury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Beseme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ovart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Amouyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Disease</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (4), pp.e0119265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0119265⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/cddis.2016.106⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02482657v1</w:t>
+                <w:t xml:space="preserve">hal-02267435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimarker Proteomic Profiling for the Prediction of Cardiovascular Mortality in Patients with Chronic Heart Failure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Amouyel</w:t>
+                <w:t xml:space="preserve">13 C metabolic flux analysis shows that resistin impairs the metabolic response to insulin in L6E9 myotubes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shirley Guzmán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anibal Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitaly A. Selivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep J. Centelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (1), pp.109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12918-014-0109-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0119265⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02267435v1</w:t>
+                <w:t xml:space="preserve">inserm-01073652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolipoprotein O is mitochondrial and promotes lipotoxicity in heart.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Turkieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Caubère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Barutaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Desmoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Harmancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 124 (5), pp.2277-86. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1172/JCI74668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01053481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">13 C metabolic flux analysis shows that resistin impairs the metabolic response to insulin in L6E9 myotubes.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Josep J. Centelles</w:t>
+                <w:t xml:space="preserve">RISK and SAFE Signaling Pathway Involvement in Apolipoprotein A-I-Induced Cardioprotection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Kalakech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Prunier-Mirebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tamareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Letournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Systems Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (9), pp.e107950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0107950⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12918-014-0109-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-01073652v1</w:t>
+                <w:t xml:space="preserve">hal-02267442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RISK and SAFE Signaling Pathway Involvement in Apolipoprotein A-I-Induced Cardioprotection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Franck Letournel</w:t>
+                <w:t xml:space="preserve">Metabonomics analysis of plasma reveals the lactate to cholesterol ratio as an independent prognostic factor of short-term mortality in acute heart failure.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Desmoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Galinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 9 (9), pp.e107950. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 8 (4), pp.e60737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060737⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0107950⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02267442v1</w:t>
+                <w:t xml:space="preserve">inserm-00851696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabonomics analysis of plasma reveals the lactate to cholesterol ratio as an independent prognostic factor of short-term mortality in acute heart failure.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Clément Delmas</w:t>
+                <w:t xml:space="preserve">Apolipoprotein A-I Is a Potential Mediator of Remote Ischemic Preconditioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Prunier-Mirebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Beseme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maggy Chwastyniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tamareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 8 (4), pp.e60737. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 8 (10), pp.e77211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0077211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060737⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00851696v1</w:t>
+                <w:t xml:space="preserve">hal-02267445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apolipoprotein A-I Is a Potential Mediator of Remote Ischemic Preconditioning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Tamareille</w:t>
+                <w:t xml:space="preserve">Blood signature of pre-heart failure: a microarrays study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Smih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Desmoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Turkieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Harmancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 8 (10), pp.e77211. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 6 (6), pp.e20414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0077211⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02267445v1</w:t>
+                <w:t xml:space="preserve">inserm-00615568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood signature of pre-heart failure: a microarrays study.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Possible common central pathway for resistin and insulin in regulating food intake.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cifani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Durocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atul Pathak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pénicaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Smih</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Romain Harmancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Physiologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 196 (4), pp.395-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1748-1716.2008.01949.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020414⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00615568v1</w:t>
+                <w:t xml:space="preserve">inserm-00410356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Possible common central pathway for resistin and insulin in regulating food intake.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fatima Smih</w:t>
+                <w:t xml:space="preserve">Red wine polyphenols prevent metabolic and cardiovascular alterations associated with obesity in Zucker fatty rats (Fa/Fa).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelali Agouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Hélène Lagrue-Lak-Hal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadj Ahmed Mostefai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Tesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Physiologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1748-1716.2008.01949.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (5), pp.e5557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0005557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">inserm-00410356v1</w:t>
+                <w:t xml:space="preserve">inserm-00410351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Red wine polyphenols prevent metabolic and cardiovascular alterations associated with obesity in Zucker fatty rats (Fa/Fa).</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adrenomedullin inhibits adipogenesis under transcriptional control of insulin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Harmancey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Senard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atul Pathak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Smih</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 56 (3), pp.553-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2337/db06-0857⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0005557⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00410351v1</w:t>
+                <w:t xml:space="preserve">inserm-00409646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrenomedullin inhibits adipogenesis under transcriptional control of insulin.</w:t>
-[...95 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dopamine beta-hydroxylase deficiency.</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...34 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Senard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 1, pp.7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1750-1172-1-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00080442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2783,154 +2649,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ten years monitoring of Reunion Island MPA recreational uses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Pennober</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Goutorbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Goutorbe</w:t>
+                <w:t xml:space="preserve">Melissa Menguis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaimie Machabee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleventh WIOMSA Scientific Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Reduit, Mauritius</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2940,131 +2806,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description d’une solution logicielle, nommée Pointe au Sel, pour réaliser des analyses prototypiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Bègue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Bègue</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pascal Mouquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Interne] Université de La Réunion; UMR 228 Espace-dev. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03468878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId121"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3211,51 +3077,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633365v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Messame Me Mba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Revillion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rouet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2021.556" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03364378v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Ferreira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Collier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Clark" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamas Mamas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Brunner-La Rocca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjcvp/pvab031" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04391514v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cleland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Mariottoni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Pellicori" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Cuthbert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurheartj/ehaa758" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03166526v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Verdonschot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pizard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchf.2020.11.010" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03234930v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489675v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barutaut" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fournier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Peacock" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Francesca Evaristi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caub&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2019.09.032" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544527v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Agouni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Ahmed Mostefai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Lagrue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sladkova" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/8536910" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267448v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bauters" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Porouchani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saloux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fertin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0188884" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482657v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenyu Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawei P. Liu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Varin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Courilleau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2016.106" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267435v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemesle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Maury" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Beseme" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ovart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amouyel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119265" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01053481v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Turkieh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Desmoulin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Harmancey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI74668" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01073652v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Guzm&#225;n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal Miranda" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly A. Selivanov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep J. Centelles" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-014-0109-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267442v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Kalakech" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hibert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier-Mirebeau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tamareille" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Letournel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107950" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851696v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Galinier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trouillet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Berry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delmas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060737" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267445v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Chwastyniak" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077211" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00615568v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Smih" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020414" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410356v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cifani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Durocher" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atul Pathak" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc P&#233;nicaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1748-1716.2008.01949.x" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X0CL5B78-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410351v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Lagrue-Lak-Hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Tesse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mulder" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005557" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409646v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Senard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db06-0857" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080442v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1750-1172-1-7" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477852v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Goutorbe" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Menguis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaimie Machabee" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03468878v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique B&#232;gue" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mouquet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633365v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Messame Me Mba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Pennober" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Revillion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rouet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52638/rfpt.2021.556" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03166526v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pedro Ferreira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Job Verdonschot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pizard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Collier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchf.2020.11.010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03364378v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Clark" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamas Mamas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Brunner-La Rocca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjcvp/pvab031" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barutaut" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fournier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Peacock" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Francesca Evaristi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caub&#232;re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcard.2019.09.032" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03234930v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cleland" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Mariottoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Pellicori" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Cuthbert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurheartj/ehaa758" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267448v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bauters" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Porouchani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Saloux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fertin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0188884" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544527v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Agouni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Ahmed Mostefai" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Lagrue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sladkova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/8536910" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482657v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenyu Wang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawei P. Liu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Varin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Courilleau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2016.106" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267435v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lemesle" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Maury" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Beseme" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ovart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amouyel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119265" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01073652v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Guzm&#225;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal Miranda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly A. Selivanov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep J. Centelles" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-014-0109-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01053481v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Turkieh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Desmoulin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Harmancey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI74668" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267442v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Kalakech" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hibert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Prunier-Mirebeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tamareille" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Letournel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107950" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00851696v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Galinier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trouillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Berry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delmas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060737" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267445v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Chwastyniak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077211" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00615568v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Smih" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020414" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410356v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cifani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Durocher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atul Pathak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc P&#233;nicaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1748-1716.2008.01949.x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X0CL5B78-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00410351v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Lagrue-Lak-Hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Tesse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mulder" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0005557" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Senard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db06-0857" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00080442v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1750-1172-1-7" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477852v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Goutorbe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Menguis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaimie Machabee" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03468878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique B&#232;gue" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mouquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>