--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -655,234 +655,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter sur les pratiques culturelles et sociales des lycées agricoles</w:t>
+                <w:t xml:space="preserve">Retour d’expériences. L’enquête vue par les enquêteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fabrice Chapeleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Lavazais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Moquelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serkan Narmanli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélien Djakouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Champs culturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 30, pp.15-17</w:t>
+              <w:t xml:space="preserve">, 2020, 30 (30), pp.35-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03516592v1</w:t>
+                <w:t xml:space="preserve">hal-04428390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour d’expériences. L’enquête vue par les enquêteurs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enquêter sur les pratiques culturelles et sociales des lycées agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Moquelet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Aurélien Djakouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Champs culturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 30 (30), pp.35-41</w:t>
+              <w:t xml:space="preserve">, 2020, 30, pp.15-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04428390v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution au dossier sur l'autorité éducative</w:t>
               </w:r>
@@ -4014,51 +4014,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="78BD521B"/>
+    <w:nsid w:val="033674AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4245,51 +4245,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-sahuc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9890-1883" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143041983" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edso.revues.org/926" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493369v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kurczewski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820601v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31261/RS.2022.21.11" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212103v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516592v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Djakouane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04428390v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chapeleau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lavazais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moquelet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan Narmanli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389580v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blanc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Murillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Veyrac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818305v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2073" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623226v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2310" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539015v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803439v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/NSS/2010019" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489227v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eychenne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281153v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kheroufi-Andriot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Berthe" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Crepin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daubin Karine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467860v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Salam&#233;ro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497298v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fayel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546079v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castellan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546139v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546137v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497323v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Castellan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296565v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Broussal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bonnaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Marcel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543058v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gansinat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545467v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eusebe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824408v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Boisset" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cauchoix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Constans" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hemptinne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4500-les-pratiques-de-l-amenagement-de-l-observation-aux-projets.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225791v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04485207v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mariojouls" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montagne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raffournier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43484-7_33" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726376v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desmesure" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795485v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Lelli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4794-partenariats-pour-le-developpement-territorial.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01467636v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497319v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545843v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545851v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Martinet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545857v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bories" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constans" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-sahuc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9890-1883" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143041983" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://edso.revues.org/926" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493369v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648677v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kurczewski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820601v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31261/RS.2022.21.11" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212103v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04428390v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Chapeleau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lavazais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Moquelet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serkan Narmanli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Djakouane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03516592v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389580v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Blanc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Murillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Veyrac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818305v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2073" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623226v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2310" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539015v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803439v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/NSS/2010019" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01489227v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Eychenne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281153v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kheroufi-Andriot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Berthe" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Crepin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daubin Karine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467860v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Barthe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Salam&#233;ro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Hagimont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497208v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497298v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fayel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546079v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castellan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546139v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Michelin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01546137v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497323v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Castellan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296565v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Broussal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bonnaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Marcel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01543058v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Gansinat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545467v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martinet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eusebe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824408v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Boisset" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cauchoix" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Constans" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hemptinne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4500-les-pratiques-de-l-amenagement-de-l-observation-aux-projets.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225791v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04485207v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mariojouls" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montagne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raffournier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43484-7_33" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726376v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Desmesure" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795485v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Lelli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4794-partenariats-pour-le-developpement-territorial.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01467636v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01497319v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545843v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545851v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Martinet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01545857v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;ringuier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bories" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Constans" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>