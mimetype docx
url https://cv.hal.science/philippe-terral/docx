--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -516,222 +516,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04615136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Educating patients in a French cancer treatment center: How to ensure therapy safety while reckoning patients’ knowledge and power to act</w:t>
+                <w:t xml:space="preserve">Islamisme et sport : entre invisibilité, amalgame, stigmatisation et protéiformité de la menace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Genolini</w:t>
+                <w:t xml:space="preserve">Médéric Chapitaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0304899⟩</w:t>
+              <w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 192 (1), pp.129-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/her.192.0129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04725170v1</w:t>
+                <w:t xml:space="preserve">hal-04962492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Islamisme et sport : entre invisibilité, amalgame, stigmatisation et protéiformité de la menace</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Educating patients in a French cancer treatment center: How to ensure therapy safety while reckoning patients’ knowledge and power to act</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médéric Chapitaux</w:t>
+                <w:t xml:space="preserve">Jean-Paul Genolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hérodote - Revue de géographie et de géopolitique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, N° 192 (1), pp.129-144. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (6), pp.e0304899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/her.192.0129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0304899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962492v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04725170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dynamique des collaborations interentreprises dans le secteur du tourisme sportif au regard des carrières de leurs dirigeants</w:t>
               </w:r>
@@ -925,51 +925,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux de l’identification et de la gestion des inégalités épistémiques dans les RISP : Illustration dans la conception et la mise en œuvre d’un dispositif d’ETP en oncologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1029,51 +1029,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Challenges of Identifying and Managing Epistemic Inequalities in PHIR (Population Health Intervention Research): An Illustration in the Conception and Implementation of a TPE (Therapeutic Patient Education) Program in Oncology Les enjeux de l’identification et de la gestion des inégalités épistémiques dans les RISP : Illustration dans la conception et la mise en œuvre d’un dispositif d’ETP en oncologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1768,499 +1768,499 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier de près les modes de coordination pour construire un partenariat visant à réduire les inégalités épistémiques</w:t>
+                <w:t xml:space="preserve">(Re)production des inégalités intériorisées en oncologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Health Promotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 28 (1_suppl), pp.39 - 46. </w:t>
+              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Volume 8, Numéro 1, pp.23-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1757975920986709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17184/eac.5346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824150v1</w:t>
+                <w:t xml:space="preserve">hal-03612921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récit de soi en éducation thérapeutique du patient : valoriser des biographies ajustées au registre clinique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Émilie Gaborit</w:t>
+                <w:t xml:space="preserve">Recherche, partenariat, intervention : le triptyque de la recherche interventionnelle en santé des populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Potvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Di Ruggiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Cervenka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spub.213.0359⟩</w:t>
+              <w:t xml:space="preserve">Global Health Promotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (1_suppl), pp.6-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1757975920987111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03820147v1</w:t>
+                <w:t xml:space="preserve">hal-04962520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Re)production des inégalités intériorisées en oncologie</w:t>
+                <w:t xml:space="preserve">Étudier de près les modes de coordination pour construire un partenariat visant à réduire les inégalités épistémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17184/eac.5346⟩</w:t>
+              <w:t xml:space="preserve">Global Health Promotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (1_suppl), pp.39 - 46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1757975920986709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03612921v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche, partenariat, intervention : le triptyque de la recherche interventionnelle en santé des populations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Ferron</w:t>
+                <w:t xml:space="preserve">Récit de soi en éducation thérapeutique du patient : valoriser des biographies ajustées au registre clinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Health Promotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 28 (1_suppl), pp.6-7. </w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Vol. 33 (3), pp.359-368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1757975920987111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/spub.213.0359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962520v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S’engager dans un programme d’ETP en oncologie : effets croisés des socialisations et des interactions en séances sur les formes et le sens de l’engagement</w:t>
               </w:r>
@@ -2341,51 +2341,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer et utiliser les asymétries relationnelles en éducation thérapeutique du patient : la coordination soignants-patients dans la conception d’un programme d’éducation thérapeutique en oncologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2458,64 +2458,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leçons d’un colloque : les enjeux épistémiques et politiques de la recherche interventionnelle en santé des populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Ferron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Potvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Health Promotion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 28 (1_suppl), pp.62-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2543,230 +2543,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04826239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sciences humaines et sociales et le sport</w:t>
+                <w:t xml:space="preserve">(Devoir) sélectionner les squatteur·euses pour réduire les inégalités de santé. Le paradoxe d’un dispositif participatif en santé au sein de squats de migrant·es</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Ferez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Perera</w:t>
+                <w:t xml:space="preserve">Sarah Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 225, pp.16</w:t>
+              <w:t xml:space="preserve">Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962497v1</w:t>
+                <w:t xml:space="preserve">hal-04962515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Devoir) sélectionner les squatteur·euses pour réduire les inégalités de santé. Le paradoxe d’un dispositif participatif en santé au sein de squats de migrant·es</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les sciences humaines et sociales et le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guérandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Nicaise</w:t>
+                <w:t xml:space="preserve">Eric Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (2)</w:t>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 225, pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962515v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développer une science des solutions pour les interventions en santé en France : les RISP, un espace intermédiaire de pluralisation des expertises</w:t>
               </w:r>
@@ -2830,51 +2830,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation des usagers aux dispositifs sanitaires et inégalités : les processus de sélection et d’encadrement des patients lors de la co-construction d’un programme d’Education thérapeutique du patient en oncologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3474,595 +3474,595 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des jeunes plus ou moins prêts à devenir entrepreneurs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">Faire preuve d’interdisciplinarité. Un mot d’ordre, ses interprétations et ses ajustements.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Trabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agora débats/jeunesses</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962533v1</w:t>
+                <w:t xml:space="preserve">hal-01636033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tensions entre esprit d’entreprendre émancipateur et esprit d’entreprise procédural : l’exemple des STAPS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Terral Philippe</w:t>
+                <w:t xml:space="preserve">Les tensions entre esprit d’entreprendre émancipateur et esprit d’entreprise procédural : l’exemple des STAPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dubois Fanny</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gojard Loïc</w:t>
+                <w:t xml:space="preserve">Loïc Gojard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INSEE-Références "Formation-Emploi" édition 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949619v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05514448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire preuve d’interdisciplinarité. Un mot d’ordre, ses interprétations et ses ajustements.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Faire preuve d’interdisciplinarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, N° 30 (1), pp.209-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tt.030.0209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01636033v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les tensions entre esprit d’entreprendre émancipateur et esprit d’entreprise procédural : l’exemple des STAPS</w:t>
+                <w:t xml:space="preserve">Des jeunes plus ou moins prêts à devenir entrepreneurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Gojard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INSEE-Références "Formation-Emploi" édition 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agora débats/jeunesses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, N° 75 (1), pp.103-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/agora.075.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05514448v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire preuve d’interdisciplinarité</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
+                <w:t xml:space="preserve">Les tensions entre esprit d’entreprendre émancipateur et esprit d’entreprise procédural : l’exemple des STAPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terral Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dubois Fanny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gojard Loïc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, N° 30 (1), pp.209-229. </w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140, pp.47-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/tt.030.0209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.5206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962532v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tensions between emancipatory entrepreneurship and procedural entrepreneurship : the case of french Sport Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terral Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dubois Fanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gojard Loïc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 140, pp.47-65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/formationemploi.5206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962527v1</w:t>
@@ -4073,77 +4073,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formes de travail scientifique en STAPS : entre disciplinarité et interdisciplinarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terral Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4171,209 +4171,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01396179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre sa passion. Quand les sportifs deviennent entrepreneurs et les entrepreneurs se mettent au sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">Lutte contre l’obésité par l’activité physique et fondements du consensus fragile entre experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Merlaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sopr.032.0065⟩</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, S1 (HS), pp.33-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.160.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04962530v1</w:t>
+                <w:t xml:space="preserve">hal-04962534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lutte contre l’obésité par l’activité physique et fondements du consensus fragile entre experts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Merlaud</w:t>
+                <w:t xml:space="preserve">Vivre sa passion. Quand les sportifs deviennent entrepreneurs et les entrepreneurs se mettent au sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, S1 (HS), pp.33-40. </w:t>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, N° 32 (2), pp.65-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/spub.160.0033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sopr.032.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962534v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04962530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivre sa passion. Quand les sportifs deviennent entrepreneurs et les entrepreneurs se mettent au sport</w:t>
               </w:r>
@@ -4395,51 +4395,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologies pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, N° 32 (2), pp.65-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sopr.032.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03992577v1</w:t>
@@ -4463,51 +4463,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un regard sociologique sur les modalités d’élaboration des réflexions professionnelles des enseignants d’EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 39 (1), pp.203-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4554,51 +4554,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un regard sociologique sur les modalités d’élaboration des réflexions professionnelles des enseignants d’EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, n° 39 (1), pp.203-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4632,77 +4632,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formes de travail scientifique en STAPS : entre disciplinarité et interdisciplinarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 94, pp.41-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4730,209 +4730,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La création d'entreprise dans le secteur du tourisme sportif</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">La professionnalisation des étudiants STAPS du département éducation et motricité : l'exemple du professorat d'éducation physique et sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Gojard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, n° 28 (1), pp.53-62. </w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n° 83 (1), pp.25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sopr.028.0053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sm.083.0025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962539v1</w:t>
+                <w:t xml:space="preserve">hal-04962566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La professionnalisation des étudiants STAPS du département éducation et motricité : l'exemple du professorat d'éducation physique et sportive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Gojard</w:t>
+                <w:t xml:space="preserve">La création d'entreprise dans le secteur du tourisme sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, n° 83 (1), pp.25. </w:t>
+              <w:t xml:space="preserve">Sociologies pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n° 28 (1), pp.53-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sm.083.0025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sopr.028.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962566v1</w:t>
+                <w:t xml:space="preserve">hal-04962539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of “humanization” then “managerialisation” of a project of physical activity on a site of struggle against cancer a health record</w:t>
               </w:r>
@@ -5009,51 +5009,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment identifier des configurations temporelles à partir d’outils sémantiques - Intérêts et difficultés de l’association de Prospéro et MAO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Merlaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5100,51 +5100,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La professionnalisation des étudiants STAPS du département éducation et motricité : l’exemple du professorat d’éducation physique et sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Gojard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5191,77 +5191,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forms and Modes of Apprehending Interdisciplinarity : a Socio-Computer Analysis of Sports Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de Méthodologie Sociologique / Bulletin of Sociological Methodology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 119 (1), pp.61-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5377,77 +5377,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forms and Modes of Apprehending Interdisciplinarity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delalandre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5488,269 +5488,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Revue STAPS et l'interdisciplinarité : une étude socio-informatique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Les contraintes de coordination entre scientifiques et entraîneurs dans les structures de transfert de technologies du monde sportif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Trabal</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Delalandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (7), http://socio-logos.revues.org/2665</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03017034v1</w:t>
+                <w:t xml:space="preserve">hal-00759276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les contraintes de coordination entre scientifiques et entraîneurs dans les structures de transfert de technologies du monde sportif</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">La Revue STAPS et l'interdisciplinarité : une étude socio-informatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terral Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-logos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 96-97 (2), pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.096.0029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759276v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03017034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les contraintes de coordination entre scientifiques et entraîneurs dans les structures de transfert de technologies du monde sportif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delalandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5797,100 +5797,100 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Revue STAPS et l'interdisciplinarité : une étude socio-informatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2 (96-97), pp.29-47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sta.096.0029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00759271v1</w:t>
@@ -5901,100 +5901,100 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Revue STAPS et l'interdisciplinarité : une étude socio-informatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, n°96-97 (2), pp.29-47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sta.096.0029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962569v1</w:t>
@@ -6005,51 +6005,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S’engager dans la lutte contre l’obésité et la sédentarité en France. La construction d’une expertise hybride et située par les réseaux associatifs de prévention et de soins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Merlaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6122,64 +6122,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les contraintes de coordination entre scientifiques et entraîneurs dans les structures de transfert de technologies du monde sportif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delalandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terral Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-logos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6207,461 +6207,461 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01558285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche universitaire en EPS depuis 1945 : entre pluralité scientifique et utilité professionnelle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Collinet</w:t>
+                <w:t xml:space="preserve">Companies of outdoor sports tourism and their management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, n° 30 (2), pp.169-186. </w:t>
+              <w:t xml:space="preserve">Travail et Emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 126, pp.35-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cdle.030.0169⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/travailemploi.5229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962560v1</w:t>
+                <w:t xml:space="preserve">hal-04962547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Companies of outdoor sports tourism and their management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">Les formes de travail scientifique en STAPS : entre disciplinarité et interdisciplinarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail et Emploi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/travailemploi.5229⟩</w:t>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 94, pp. 41-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2015031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962547v1</w:t>
+                <w:t xml:space="preserve">hal-01471598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les formes de travail scientifique en STAPS : entre disciplinarité et interdisciplinarité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Collinet</w:t>
+                <w:t xml:space="preserve">L'accompagnement difficile de la professionnalisation du tourisme sportif par les collectivités locales: marchandisation et sortie du modèle associatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 31</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01471598v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'accompagnement difficile de la professionnalisation du tourisme sportif par les collectivités locales: marchandisation et sortie du modèle associatif</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">La recherche universitaire en EPS depuis 1945 : entre pluralité scientifique et utilité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, n° 30 (2), pp.169-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.030.0169⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962570v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La recherche universitaire en EPS depuis 1945 : entre pluralité scientifique et utilité professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terral Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 2 (30), pp.169-186. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/cdle.030.0169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00759283v1</w:t>
@@ -6685,51 +6685,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sociological Analysis of the Controversy Over Electric Stimulation To Increase Muscle Strength in the Field of French Sport Science in the 1990S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delalandre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6788,51 +6788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sociological Analysis of the Controversy over Electric Stimulation to Increase Muscle Strength in the Field of French Sport Science in the 1990s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6877,213 +6877,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00771770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’étude des savoirs de l’intervention en sport. Pour une vision ouverte et pluraliste des liens sciences-société, vers une déconstruction de la dichotomie « théorie » - « pratique »</w:t>
+                <w:t xml:space="preserve">Sport sciences and professionalization: controversies around knowledge utility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 77, pp.19-27. </w:t>
+              <w:t xml:space="preserve">, 2009, 77, pp.108-121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sds.7606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sds.8109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962551v1</w:t>
+                <w:t xml:space="preserve">hal-04962549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sport sciences and professionalization: controversies around knowledge utility</w:t>
+                <w:t xml:space="preserve">L’étude des savoirs de l’intervention en sport. Pour une vision ouverte et pluraliste des liens sciences-société, vers une déconstruction de la dichotomie « théorie » - « pratique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 77, pp.108-121. </w:t>
+              <w:t xml:space="preserve">, 2009, 77, pp.19-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sds.8109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sds.7606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962549v1</w:t>
+                <w:t xml:space="preserve">hal-04962551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflicts and competition for influence : the history of PETE in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7121,51 +7121,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflicts and competition for influence : the history of PETE in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7203,51 +7203,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflicts and competition for influence : the history of PETE in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7298,51 +7298,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation des savoirs scientifiques par les enseignants d'EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains et Travaux : Revue de Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, n° 12 (1), pp.118-137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7376,51 +7376,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation des savoirs scientifiques par les enseignants d'EPS : entre description, prescription, justification et méta-cognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7458,51 +7458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une controverse scientifico-technique dans le monde des sciences du sport : le cas de l'électrostimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7549,51 +7549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une controverse scientifico-technique dans le monde des sciences du sport : le cas de l'électrostimulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7644,51 +7644,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enseignants des UFRSTAPS : tensions et coordinations autour des savoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 50 (1), pp.91-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7722,51 +7722,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enseignants des UFRSTAPS : tensions et coordination autour des savoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8022,51 +8022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriac Bouchet-Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIème congrès international de la société de sociologie du sport de langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3SLF, Jun 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8143,51 +8143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Pujol Charissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriac Bouchet-Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 2025 meeting of the Society for social studies of science (4S)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Seattle (USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8681,226 +8681,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04715204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique, une solution pour lutter contre les inégalités sociales de santé ? Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Morales</w:t>
+                <w:t xml:space="preserve">Patient participation in a therapeutic education program (TEP) in oncology and social inequalities: a selection linked to the proximity of patient’s and caregiver’s dispositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Santé : équité ou égalité ? Définir, mesurer, agir »</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Europoe and Beyond: Boudaries, Barriers and Belonging, 14th ESA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESA European Sociological Association, Aug 2019, Manchester (UK), United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720271v1</w:t>
+                <w:t xml:space="preserve">hal-04971852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patient participation in a therapeutic education program (TEP) in oncology and social inequalities: a selection linked to the proximity of patient’s and caregiver’s dispositions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Émilie Gaborit</w:t>
+                <w:t xml:space="preserve">Le numérique, une solution pour lutter contre les inégalités sociales de santé ? Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europoe and Beyond: Boudaries, Barriers and Belonging, 14th ESA Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque « Santé : équité ou égalité ? Définir, mesurer, agir »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFERISS, May 2018, Toulouse, France. pp.S62-S63, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2018.12.053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04971852v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E-santé dans le parcours de soin de l’obésité pédiatrique : enjeux imaginés et effectifs d’amélioration des pratiques soignantes</w:t>
               </w:r>
@@ -9165,545 +9165,545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04715214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développer une application smartphone pour promouvoir l’activité physique auprès des enfants obèses : promesses et mises en œuvre</w:t>
+                <w:t xml:space="preserve">Innover au sein d’un réseau ville hôpital : enjeux éducatifs et institutionnels de l’application smartphone MyMouv’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque intermédiaire du CR35 « Sociologie du sport » de l’AISLF : « Activité physique, santé et innovations : questions scientifiques/questions sociales"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AISLF, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">« Innovations et institutions autour du numérique éducatif »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LUDOVIA, Aug 2018, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720293v1</w:t>
+                <w:t xml:space="preserve">hal-04720281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using a e-health tool for childhood obesity follw-up care: issues in the health care pathway</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Morales</w:t>
+                <w:t xml:space="preserve">Radicalité islamiste dans les sports de combat, « poing » aveugle de l'action publique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médéric Chapitaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference ‘Science-Society-Didactic’(SSD): Models of health - educational, social and bioethical aspects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Organization for Science and Technology Education (IOSTE); Pedagogical University of Cracow; Université de Bourgogne; Université de Bourgogne Franche-Comté; ESPE - département MEEF - Université de Bourgogne; CIMEOS; LIPSTIC, Apr 2018, Dijon, France. pp.11-19</w:t>
+              <w:t xml:space="preserve">Colloque International-14eme Jorrescam - La formation dans les sports de combat et les arts martiaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Toulouse 1 Capitole, Mar 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720252v1</w:t>
+                <w:t xml:space="preserve">hal-04996300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
+                <w:t xml:space="preserve">Using a e-health tool for childhood obesity follw-up care: issues in the health care pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Trocme-Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15° Journées Régionales d’Echanges en Education du Patient « Numérique et ETP »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CHU Montpellier; UTEP, Mar 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">8th International Conference ‘Science-Society-Didactic’(SSD): Models of health - educational, social and bioethical aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Organization for Science and Technology Education (IOSTE); Pedagogical University of Cracow; Université de Bourgogne; Université de Bourgogne Franche-Comté; ESPE - département MEEF - Université de Bourgogne; CIMEOS; LIPSTIC, Apr 2018, Dijon, France. pp.11-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720212v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innover au sein d’un réseau ville hôpital : enjeux éducatifs et institutionnels de l’application smartphone MyMouv’</w:t>
+                <w:t xml:space="preserve">Développer une application smartphone pour promouvoir l’activité physique auprès des enfants obèses : promesses et mises en œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Innovations et institutions autour du numérique éducatif »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LUDOVIA, Aug 2018, Ax-les-Thermes, France</w:t>
+              <w:t xml:space="preserve">Colloque intermédiaire du CR35 « Sociologie du sport » de l’AISLF : « Activité physique, santé et innovations : questions scientifiques/questions sociales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AISLF, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720281v1</w:t>
+                <w:t xml:space="preserve">hal-04720293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radicalité islamiste dans les sports de combat, « poing » aveugle de l'action publique ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Médéric Chapitaux</w:t>
+                <w:t xml:space="preserve">Enjeux de la construction et de l’utilisation d’une application Smartphone pour des enfants en situation d’obésité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International-14eme Jorrescam - La formation dans les sports de combat et les arts martiaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Toulouse 1 Capitole, Mar 2018, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15° Journées Régionales d’Echanges en Education du Patient « Numérique et ETP »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CHU Montpellier; UTEP, Mar 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04996300v1</w:t>
+                <w:t xml:space="preserve">hal-04720212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir une application smartphone pour le suivi d’enfants atteints d’obésité : enjeux et difficultés associés aux engagements collectifs autour de ce dispositif de sport santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Trocme-Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9754,51 +9754,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloque Jean-Michel Berthelot, Itinéraires d'un philosophe en sociologie (1945-2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9836,51 +9836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloque Jean-Michel Berthelot, Itinéraires d'un philosophe en sociologie (1945-2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9912,273 +9912,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00777875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actes du colloque de l'ISA (International Sociological Association) &amp;quot; Sociological research and public debate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Colloque Jean-Michel Berthelot, Itinéraires d'un philosophe en sociologie (1945-2006)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technological Transformation of French Leisure in the 1990's: The Controversy over Electric Stimulation to Increase Muscle Strength in the Sport Science Field</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Barcelone, Spain. pp.35-78</w:t>
+              <w:t xml:space="preserve">En quoi la sociologie de Jean-Michel Berthelot contribue-t-elle aux travaux en STAPS ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00777880v1</w:t>
+                <w:t xml:space="preserve">hal-00771797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloque de l'ISEA (International Sports Engineering Association)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Actes du colloque de l'ISA (International Sociological Association) &amp;quot; Sociological research and public debate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A sociological analysis of a controversy in french sport science field: How to manage teams specialising in technological innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Biarritz, France. pp.1</w:t>
+              <w:t xml:space="preserve">Technological Transformation of French Leisure in the 1990's: The Controversy over Electric Stimulation to Increase Muscle Strength in the Sport Science Field</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Barcelone, Spain. pp.35-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00777882v1</w:t>
+                <w:t xml:space="preserve">hal-00777880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloque Jean-Michel Berthelot, Itinéraires d'un philosophe en sociologie (1945-2006)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Colloque de l'ISEA (International Sports Engineering Association)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">En quoi la sociologie de Jean-Michel Berthelot contribue-t-elle aux travaux en STAPS ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">A sociological analysis of a controversy in french sport science field: How to manage teams specialising in technological innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Biarritz, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00771797v1</w:t>
+                <w:t xml:space="preserve">hal-00777882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'expertise profane en situation de crise : l'exemple des surfeurs dans la marée noire du Prestige</w:t>
               </w:r>
@@ -10240,221 +10240,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00332631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congrès ARIS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">5ème Biennale de l'ARIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les savoirs scientifiques servent-ils à mieux intervenir ? Une étude sociologique des enseignants d'EPS et des entraîneurs au travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Rodez, France. pp.1</w:t>
+              <w:t xml:space="preserve">, May 2008, Rodez, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00777872v1</w:t>
+                <w:t xml:space="preserve">hal-00785422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5ème Biennale de l'ARIS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Congrès ARIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les savoirs scientifiques servent-ils à mieux intervenir ? Une étude sociologique des enseignants d'EPS et des entraîneurs au travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Rodez, France. pp.6</w:t>
+              <w:t xml:space="preserve">, May 2008, Rodez, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00785422v1</w:t>
+                <w:t xml:space="preserve">hal-00777872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10492,51 +10492,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10606,51 +10606,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordinating the expertise of scientists, health professionals and patients in interventional re-search against cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10843,51 +10843,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport, un objet social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ferez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11116,51 +11116,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport et controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11297,2141 +11297,2146 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00784667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (23)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La formation des compétences entrepreneuriales en tensions : l’exemple des études STAPS en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social Sciences of Sports and Convention Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loïc Gojard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’enseignement supérieur, une fabrique d’entrepreneurs ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.239-253, 2024, </w:t>
+              <w:t xml:space="preserve">Handbook of Economics and Sociology of Conventions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-24, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12qg8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-52130-1_146-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949630v1</w:t>
+                <w:t xml:space="preserve">hal-05558896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tenter d’agréger différents travaux de recherche en SHS pour faire valoir leur &amp;quot;capital&amp;quot; scientifique en matière d’explication de phénomènes sociaux en cours – Histoire et enjeux d’un rapport sur la pandémie de Covid-19</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La formation des compétences entrepreneuriales en tensions : l’exemple des études STAPS en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Gojard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sciences humaines et sociales face au choc Covid-19. Perspectives pour les sciences et la société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.263-282, 2023, </w:t>
+              <w:t xml:space="preserve">L’enseignement supérieur, une fabrique d’entrepreneurs ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.239-253, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.52983/ACVB4195⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/12qg8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962607v1</w:t>
+                <w:t xml:space="preserve">hal-04949630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’interdisciplinarité sans concession.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tenter d’agréger différents travaux de recherche en SHS pour faire valoir leur &amp;quot;capital&amp;quot; scientifique en matière d’explication de phénomènes sociaux en cours – Histoire et enjeux d’un rapport sur la pandémie de Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Couly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’interdisciplinarité sans concession.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.2510⟩</w:t>
+              <w:t xml:space="preserve">Les sciences humaines et sociales face au choc Covid-19. Perspectives pour les sciences et la société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.263-282, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52983/ACVB4195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962596v1</w:t>
+                <w:t xml:space="preserve">hal-04962607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1. Composer avec la dispersion géographique et institutionnelle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’interdisciplinarité sans concession.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Danon-Szmydt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Couly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le sport, un objet social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions A. Athéna, pp.23-36, 2023, </w:t>
+              <w:t xml:space="preserve">L’interdisciplinarité sans concession.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions A. Athéna, 2023, 979-10-93170-21-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.2510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962636v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santé et bien-être par les activités physiques et sportives : d’une littérature prolixe à sa prise en compte par l’action publique</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">1. Composer avec la dispersion géographique et institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ferez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sport, un objet social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions A. Athéna, pp.103-114, 2023, ATHENA, 979-10-93170-18-3. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.2120⟩</w:t>
+              <w:t xml:space="preserve">, Éditions A. Athéna, pp.23-36, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04229952v1</w:t>
+                <w:t xml:space="preserve">hal-04962636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire un programme d'ETP avec des usagers : d'une autonomie encadrée à la régulation du pouvoir médical</w:t>
-[...55 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Santé et bien-être par les activités physiques et sportives : d’une littérature prolixe à sa prise en compte par l’action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Dalla Pria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Honta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvain Ferez et Philippe Terra (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques de coopération en santé. Regards sociologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le sport, un objet social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions A. Athéna, pp.103-114, 2023, ATHENA, 979-10-93170-18-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.2120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963148v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04229952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouger pour la santé !</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Construire un programme d'ETP avec des usagers : d'une autonomie encadrée à la régulation du pouvoir médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Terral</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bouger pour la santé !</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pratiques de coopération en santé. Regards sociologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pug.perri.2022.01.0153⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04962612v1</w:t>
+                <w:t xml:space="preserve">hal-04963148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire un programme d'ETP avec des usagers : d'une autonomie encadrée à la régulation du pouvoir médical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
+                <w:t xml:space="preserve">Bouger pour la santé !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques de coopération en santé. Regards sociologiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bouger pour la santé !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Grenoble, pp.153-166, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pug.perri.2022.01.0153⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03697592v1</w:t>
+                <w:t xml:space="preserve">hal-04962612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’e-santé pour la pratique d’activité́ physique : les divers types d’enjeux fondant le projet innovant du RéPPOP</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Morales</w:t>
+                <w:t xml:space="preserve">Construire un programme d'ETP avec des usagers : d'une autonomie encadrée à la régulation du pouvoir médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bouger pour la santé !</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pratiques de coopération en santé. Regards sociologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pug.perri.2022.01.0047⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04973878v1</w:t>
+                <w:t xml:space="preserve">hal-03697592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face à la pandémie de Covid-19 : La mobilisation des MSH au sein du dispositif HS3P-CriSE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’e-santé pour la pratique d’activité́ physique : les divers types d’enjeux fondant le projet innovant du RéPPOP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Trocme-Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mutations des sciences humaines et sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.1479⟩</w:t>
+              <w:t xml:space="preserve">Bouger pour la santé !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Grenoble, pp.47-57, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pug.perri.2022.01.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962621v1</w:t>
+                <w:t xml:space="preserve">hal-04973878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Radicalité islamiste » dans les sports de combat : « poing » aveugle de l’action publique ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Face à la pandémie de Covid-19 : La mobilisation des MSH au sein du dispositif HS3P-CriSE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Breton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Formation, sports de combat et arts martiaux" actes de colloque sous la direction de Frédéric Heuser, Gaël Touya et André Terrisse</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mutations des sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alliance Athena, pp.197-203, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.allianceathena.1479⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04996302v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La &amp;quot;radicalisation islamiste&amp;quot; dans les sports de combat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">« Radicalité islamiste » dans les sports de combat : « poing » aveugle de l’action publique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Médéric Chapitaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fictions et savoirs. Sous la direction de G. Ferréol</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">"Formation, sports de combat et arts martiaux" actes de colloque sous la direction de Frédéric Heuser, Gaël Touya et André Terrisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université Toulouse 1 Capitole, 2020, ISBN 978-2-36170-217-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EME Editions</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04996315v1</w:t>
+                <w:t xml:space="preserve">hal-04996302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of leisure activities in France during the 20th century: from educational practice to a marketable commodity, from voluntary work to entrepreneurship</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">La &amp;quot;radicalisation islamiste&amp;quot; dans les sports de combat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médéric Chapitaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mapping Leisure and Life through the Ages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Fictions et savoirs. Sous la direction de G. Ferréol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EME Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Proximités Sociologie, 9782806637093</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951081v1</w:t>
+                <w:t xml:space="preserve">hal-04996315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prévention sanitaire au local. L’appropriation par les communes et les intercommunalités du Programme national nutrition santé en Midi-Pyrénées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadine Haschar-Noé</w:t>
+                <w:t xml:space="preserve">The evolution of leisure activities in France during the 20th century: from educational practice to a marketable commodity, from voluntary work to entrepreneurship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Thomas Alam; Marion Gurruchaga. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Teus J. Kamphorst; Ishwar Modi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collectivités, territoires et santé : regards croisés sur les frontières de la santé : actes du colloque GRALE - CERAPS - Université de Lille, du 13 au 15 décembre 2012, "Collectivités, territoires et santé : regards croisés sur les frontières de la santé" / organisé à l'Université de Lille Droit et santé par le CERAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, 2015, 978-2-343-05275-5</w:t>
+              <w:t xml:space="preserve">Mapping Leisure and Life through the Ages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962625v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prévention sanitaire au local. L’appropriation par les communes et les intercommunalités du Programme national nutrition santé en Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Haschar-Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Basson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Julhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas Alam; Marion Gurruchaga. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collectivités, territoires et santé : regards croisés sur les frontières de la santé : actes du colloque GRALE - CERAPS - Université de Lille, du 13 au 15 décembre 2012, "Collectivités, territoires et santé : regards croisés sur les frontières de la santé" / organisé à l'Université de Lille Droit et santé par le CERAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2015, 978-2-343-05275-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dictionnaire sociologique de l’entrepreneuriat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Dubois</w:t>
+                <w:t xml:space="preserve">La prévention sanitaire au local. L’appropriation par les communes et les intercommunalités du Programme national nutrition santé en Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Haschar-Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Basson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Julhe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Alam; Marion Gurruchaga. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire sociologique de l’entrepreneuriat</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Collectivités, territoires et santé : regards croisés sur les frontières de la santé : actes du colloque GRALE - CERAPS - Université de Lille, du 13 au 15 décembre 2012, "Collectivités, territoires et santé : regards croisés sur les frontières de la santé" / organisé à l'Université de Lille Droit et santé par le CERAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2015, 978-2-343-05275-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/scpo.chauv.2015.01.0244⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04951096v1</w:t>
+                <w:t xml:space="preserve">hal-04962625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controverses et sociologie du sport : vers un pluralisme explicatif ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Collinet</w:t>
+                <w:t xml:space="preserve">Dictionnaire sociologique de l’entrepreneuriat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport et controverses</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dictionnaire sociologique de l’entrepreneuriat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de Sciences Po, pp.244-258, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/scpo.chauv.2015.01.0244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00859610v1</w:t>
+                <w:t xml:space="preserve">hal-04951096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport et controverses : une problématique à construire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cécile Collinet et Philippe Terral. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport et controverses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions des Archives contemporaines, pp.5-16, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00859616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Berthelot, les STAPS et la sociologie du sport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Controverses et sociologie du sport : vers un pluralisme explicatif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">PUF. </w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cécile Collinet et Philippe Terral. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jean-Michel Berthelot. Itinéraire d'un philosophe en sociologie (1945-2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PUF, pp.151-172, 2011, 978-2-13-058384-4</w:t>
+              <w:t xml:space="preserve">Sport et controverses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions des Archives contemporaines, pp.305-316, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962634v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00859610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Berthelot, les STAPS et la sociologie du sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terral Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUF. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jean-Michel Berthelot. Itinéraire d'un philosophe en sociologie (1945-2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUF, pp.151-172, 2011, 978-2-13-058384-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759282v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enseignant, un chercheur producteur de savoir qui tend à s'ignorer : le cas de l'enseignement de l'Education Physique et Sportive</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">M. Cizeron et N. Gal-Petitfaux. </w:t>
+                <w:t xml:space="preserve">Jean-Michel Berthelot, les STAPS et la sociologie du sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terral Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUF. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyse des pratiques : expérience et gestes professionnels.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'université Blaise Pascal, pp.207-220, 2010</w:t>
+              <w:t xml:space="preserve">Jean-Michel Berthelot. Itinéraire d'un philosophe en sociologie (1945-2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.151-172, 2011, 978-2-13-058384-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00811927v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que savent les surfeurs : formes de traduction entre savoirs situés et registre expert dans le monde social du surf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Weisbein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13451,137 +13456,223 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yann Bérard; Renaud Crespin (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aux frontières de l'expertise : dialogues entre savoirs et pouvoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.65-77, 2010, Res Publica, 978-2-7535-1165-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00522433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'enseignant, un chercheur producteur de savoir qui tend à s'ignorer : le cas de l'enseignement de l'Education Physique et Sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Cizeron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Cizeron et N. Gal-Petitfaux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse des pratiques : expérience et gestes professionnels.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'université Blaise Pascal, pp.207-220, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A Sociological Analysis of a Scientific and Technological Controversy in the French Sport Science Field: The Interest of Electrical Stimulation to Increase Muscle Strength,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Engineering of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Editions, pp.25-42, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00771788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13591,126 +13682,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bioy (dir.), La régulation publique des centres de ressources biologiques : le cas des tumorothèques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Making a job out of your passion: when sportspeople become entrepreneurs in the tourism industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13719,51 +13810,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13773,295 +13864,295 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acteurs et enjeux des co-recherches en Occitanie ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Bouyssières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Observatoire SAPS de la Communauté d'universités et d'établissements de Toulouse. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse - Acteurs et enjeux des co-recherches en Occitanie ouest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Bouyssières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Observatoire SAPS de la Communauté d'universités et d'établissements de Toulouse. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COORDINATIONS POUR L’ACTIVITE PHYSIQUE ADAPTEE A LA PREVENTION DE LA PERTE D’AUTONOMIE (CAP APPA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14083,768 +14174,772 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Fezzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IRESP/INSERM. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04984962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de recherche Plateforme d'Expertise IRCOT « Initiatives de Recherches Collaboratives Toulousaines »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chauvac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Guy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Navereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MSHS-Toulouse. 2022, 137 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03968548v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 – Enjeux et formes de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence March</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janice Valls-Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre National de la Recherche Scientifique. 2020, p. 57-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04819792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 -Enjeux et formes de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Askenazy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre National de la Recherche Scientifique; Université Toulouse III - Paul Sabatier. 2020, 111 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03036192v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 -Enjeux et formes de la recherche. [Rapport de recherche] HS3P-CriSE Crises sanitaires et environnementales. 2020.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Noiville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS INSERM. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03089203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail scientifique Interdisciplinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Buisine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Delalandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Paris Nanterre; UPEM; Université Paul Sabatier (Toulouse 3); Agence Nationale de la Recherche (ANR). 2014, 154 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03035790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport et santé publique: sociologie politique des programmes de lutte contre la sédentarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Haschar-Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Basson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Honta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Sallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut de recherche en santé publique (IRESP). 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04043048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId310"/>
+      <w:footerReference w:type="default" r:id="rId312"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14991,51 +15086,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962486v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duparc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lairez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurjpc/zwaf002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938985v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962493v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Renou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Az&#233;ma" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.22937" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615136v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Mannucci" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carr&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.241.0029" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725170v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bruneau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Genolini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0304899" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962492v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Chapitaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.192.0129" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962490v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dubois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.032.0065" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962488v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0097" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334714v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/po.2023.044917" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962496v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1094559ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962503v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Desfontaine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.019.0099" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962500v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809219v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;-Gallois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gaborit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0213" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962501v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.125.0036" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809284v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2141317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809148v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille-Nikodimov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.216.0823" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04824150v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaborit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975920986709" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820147v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.213.0359" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612921v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5346" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962520v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Potvin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Di Ruggiero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Cervenka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975920987111" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820100v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697567v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.212.0143" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04826239v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975920984717" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962497v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gu&#233;randel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962515v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nicaise" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962523v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.204.0053" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613233v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Terral" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. G&#233;nolini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.12.012" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962639v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Az&#233;ma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morales" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.RESPE.2018.12.053" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962524v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.4180" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Cambon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alla" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-019-6663-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02295364v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03025063v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.4581" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962526v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962533v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.075.0103" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949619v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terral Philippe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubois Fanny" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gojard Lo&#239;c" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.5206" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636033v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Trabal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collinet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514448v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gojard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962532v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.030.0209" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962527v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2015031" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04962530v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.032.0065" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962534v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Merlaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.160.0033" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03992577v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165543v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.039.0203" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962535v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962564v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962539v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.028.0053" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962566v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.083.0025" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962536v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ginsbourger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.4790" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962538v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106314521975" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962574v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/SM/2013054" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841511v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962542v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.4265" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962540v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delalandre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106313486401" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03017034v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.096.0029" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759276v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962545v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.2665" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759271v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962569v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962543v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Haschar-No&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.2691" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558285v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962560v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.030.0169" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962547v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.5229" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01471598v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962570v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759283v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962553v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690209338436" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-JF74RXFZ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771770v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962551v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.7606" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962549v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.8109" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771783v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962630v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962556v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962554v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.012.0118" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771780v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962558v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.064.0067" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771784v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/refor.2005.2104" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785403v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405641v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962562v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.062.0075" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173099v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pujol Charissou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Bouchet-Mayer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305129v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720324v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934916v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720338v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984828v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715204v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720271v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.12.053" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971852v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720298v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720310v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715214v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720293v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720252v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Trocme-Nadal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720212v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720281v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996300v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720341v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962633v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777875v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777880v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777882v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771797v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332631v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Weisbein" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777872v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785422v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785482v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785479v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854556v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962579v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.7594" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962586v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.1950" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494522v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaillet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963171v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dickinson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Parsons" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Orsini" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859683v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784667v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Amans-Passaga" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cizeron" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Carnus" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949630v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qg8" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962607v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52983/ACVB4195" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962596v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Danon-Szmydt" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Couly" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.2510" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962636v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.2025" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229952v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Perrier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Dalla Pria" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Honta" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perrin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.2120" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963148v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962612v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0153" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697592v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973878v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0047" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962621v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Breton" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.1479" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996302v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996315v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eme-editions.be" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951081v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962625v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Julhe" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042147v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951096v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.chauv.2015.01.0244" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859610v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859616v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962634v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759282v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811927v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522433v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771788v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613226v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951071v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478177v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Bouyssi&#232;res" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Jolivet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Rivi&#232;re" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478203v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984962v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Fezzani" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03968548v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chauvac" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grossetti" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guy" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Navereau" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04819792v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence March" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Valls-Russell" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089203v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Noiville" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gaille" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03035790v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Buisine" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043048v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sall&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962486v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duparc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lairez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurjpc/zwaf002" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938985v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962493v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Renou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Az&#233;ma" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.22937" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615136v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Mannucci" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carr&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.241.0029" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962492v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Chapitaux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/her.192.0129" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725170v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bruneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Genolini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0304899" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962490v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dubois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.032.0065" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962488v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morales" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs2.2024.0097" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334714v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/po.2023.044917" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962496v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1094559ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962503v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Desfontaine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.019.0099" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962500v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809219v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;-Gallois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gaborit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0213" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962501v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.125.0036" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809284v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2141317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809148v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille-Nikodimov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.216.0823" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612921v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaborit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5346" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962520v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Potvin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Di Ruggiero" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Cervenka" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975920987111" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04824150v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975920986709" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820147v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.213.0359" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820100v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697567v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.212.0143" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04826239v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1757975920984717" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962515v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nicaise" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962497v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ferez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gu&#233;randel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perera" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962523v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.204.0053" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613233v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Terral" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. G&#233;nolini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.12.012" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962639v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Az&#233;ma" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morales" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.RESPE.2018.12.053" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962524v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cres.4180" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Cambon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alla" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-019-6663-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02295364v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03025063v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.4581" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962526v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636033v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Trabal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514448v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gojard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962532v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.030.0209" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962533v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.075.0103" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949619v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terral Philippe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubois Fanny" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gojard Lo&#239;c" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.5206" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962527v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2015031" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962534v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Merlaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.160.0033" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04962530v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.032.0065" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03992577v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165543v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.039.0203" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962535v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962564v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962566v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.083.0025" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962539v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.028.0053" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962536v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ginsbourger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.4790" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962538v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106314521975" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962574v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/SM/2013054" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841511v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962542v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.4265" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962540v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delalandre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0759106313486401" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759276v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03017034v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.096.0029" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962545v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.2665" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759271v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962569v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962543v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Haschar-No&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.2691" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558285v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962547v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.5229" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01471598v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962570v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962560v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.030.0169" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759283v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962553v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690209338436" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-JF74RXFZ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771770v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962549v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.8109" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962551v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.7606" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771783v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962630v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962556v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962554v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.012.0118" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771780v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962558v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.064.0067" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771784v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/refor.2005.2104" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785403v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405641v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962562v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.062.0075" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173099v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pujol Charissou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Bouchet-Mayer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305129v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Issanchou" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720324v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934916v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720338v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984828v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715204v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971852v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720271v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2018.12.053" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720298v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720310v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715214v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720281v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996300v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720252v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Trocme-Nadal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720293v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720212v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720341v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962633v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777875v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771797v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777880v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777882v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00332631v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Weisbein" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785422v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777872v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785482v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785479v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854556v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962579v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.7594" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962586v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.1950" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494522v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaillet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963171v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dickinson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Parsons" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Orsini" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859683v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784667v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Amans-Passaga" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cizeron" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Carnus" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558896v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52130-1_146-1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949630v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qg8" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962607v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52983/ACVB4195" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962596v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Danon-Szmydt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Couly" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.2510" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962636v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.2025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04229952v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Perrier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Dalla Pria" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Honta" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perrin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.2120" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963148v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962612v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0153" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697592v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973878v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.perri.2022.01.0047" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962621v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Breton" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.allianceathena.1479" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996302v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996315v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eme-editions.be" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951081v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042147v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Julhe" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962625v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951096v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.chauv.2015.01.0244" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859616v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859610v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962634v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759282v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522433v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811927v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771788v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613226v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951071v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478177v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Bouyssi&#232;res" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Jolivet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Rivi&#232;re" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478203v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984962v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Fezzani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03968548v2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chauvac" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grossetti" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Navereau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04819792v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence March" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Valls-Russell" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089203v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Noiville" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gaille" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03035790v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Buisine" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043048v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sall&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>