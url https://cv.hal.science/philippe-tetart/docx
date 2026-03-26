--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Tétart </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences à Le Mans Université, laboratoire Temos UMR 9016</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (103)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le boxeur rêve… Quand Isaac Israëls ne peignait pas Siki et que l’historien se leurrait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sorbonne Université Presses. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La boxe est un art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Londres 1908 : capitale mondiale et impériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.69-85, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une hégémonie américaine relative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.64-65, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar le Noir, un Algérien à la conquête du titre national (1935-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.409-420, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nègres Bamboula ou l'histoire tragique de trois lutteurs oubliés (1883-1907)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Champions dits "de couleur" entre mythes et réalités. La Fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.25-39, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Battling Youyou, une bluette ambiguë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.349-360, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Tarante, boxeur texarisien (1931-1935)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.373-384, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;nègre Youyou&amp;quot; : un boxeur bien plus marseillais que noir (1919-1928)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-264, 2024, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12bct⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John French, l'Ivoirien qu'on voulait croire Américain (1922-1929)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.273-280, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Eysler, une jambe de bois et six médailles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.40, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiwo Kawamura ou la discrète échappée française d'un coureur japonais (1925-1934)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.321-326, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob le Noir entre vérité et fiction ou le symbole de la vilaine boxe anglaise (1862-1869)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythe et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-23, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duke Kahanamoku</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.102-103, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los Angeles, 1932</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire mondiale de l'olympisme, 1896-2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlande, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mont Ventoux sous l’œil de l’historien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un Oeil sur le Ventoux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Offray, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre Tunisie et France : Ali Neffati, champion cycliste à identités variables (1913-1931)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-254, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Wango, un lutteur dérangeant (1922-1935)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique de l'altérité médiatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.281-292, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1924. La palette des Jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En jeu! Les artistes et le sport 1870-1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Fine - Musée Marmottan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesse Owens dans le kiosque, ou comment la presse hexagonale représente le phénomène (août 1936)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.435-460, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Jackson à Paris, 1894</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dit "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des sports et des élus. Lecture du Bulletin municipal de Paris (1882-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Violette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kilian Mousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Édiles au stade. Aux origines des politiques sportives municipales. Vers 1850-1914</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-81, 2020, PUR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lauréates du championnat de France de tennis. Echos & représentations médiatiques (1897-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Bauer; Dorian Gomet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de balles et de plumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Limoges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de Toulouse et du Sud-Ouest ou le rugby fer de lance régionaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.303-338, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters niçois entre ombre et lumière (1927-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.187-210, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violences et passions footballistiques dans l'Europe de l'entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.123-146, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence du sport féminin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.105-110, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport mécanique, vitrine et laboratoire des industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Découverte, pp.86-91, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supporter au regard de la presse (1887-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-48, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avec les supporters du Stade Rennais Université Club (1919-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-282, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio, presse et cinéma créent des légendes sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.115-121, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la presse inventait le sport (1869-1914) : repenser l'histoire du sport à l'aune des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Blandin; Robinet François; Schafer Valérie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'histoire des médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la légende dissout les faits. Notes sur la naissance et la guerre de Battling Siki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut, Niek Pas, Pascal Deleye. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Who is Who. Les champions sportifs à l’épreuve des colonisations et des migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Perséides, pp.47-68, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les publicités dans l'Auto (1900-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benoît Caritey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l'Auto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Epure, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la foule au supporter. Regards d'écrivains sur les passions sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Vaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tétart Philippe (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.339-376, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters des finales de Coupe de France de football à Colombes (1925-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Delépine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-122, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charmante, sereine et parfois pugnace : la supportrice entre les lignes de presse (1924-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.377-402, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clubs de supporters. Le temps des pionniers et des premiers débats (1912-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-92, 2019, Histoire, 978-2-7535-7755-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côté tribunes – introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-21, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;Grand Match&amp;quot; : le sport dans la Première Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.98-104, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et télévision. Les années pionnières d'une histoire siamoise (1948-1954)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Dutheil, Yohann Fortune, Jean-Marc Lemmonier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstruction physique et sportive en France sous la Quatrième République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.127-159, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse et le moteur à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Grasse, Claude Boli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moteurs. L'aventure des sports mécaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETAI; Musée National du Sport, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Milliat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christine Bard; Sylvie Chaperon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des féminismes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.995-998, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Journal de Tournon et le sport (1877-1913). Chronique d'un rendez-vous manqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse régionale et le sport. Naissance de l'information sportive régionale (années 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.193-214, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Football et médias en France (1867-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Rey; Bachir Zoudji. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le football dans tous ses états. Regards croisés sur le ballon rond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rugby, toros et régionalisme : la trilogie sportive du Midi Socialiste (1908-1913)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La presse régionale et le sport. Naissance de l'information sportive (années 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.143-161, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest-Eclair et l'information sportive (1899-1914) : entre football et autonomisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse régionale et le sport. Naissance de l'information sportive régionale (année 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.285-309, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Historien, le sport et la presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Diana; Gérard Derèze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journalisme sportif. Méthode d'analyse et productions médiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre passion vélocipédique et immobilisme : le sport dans Le Nouvelliste du Morbihan (1887-1913)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse régionale et le sport. Naissance de l'information sportive régionale (années 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.257-283, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La championne. Féminisation et adoption d'un mot et d'une nouvelle figure sociale (1830-1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benoît Musset. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Femmes et les hommes nouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au coeur de la mode des moteurbots (1894-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut; Jean-Paul Derai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musée National du Sport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Presse sportive azuréenne et niçoise, 1876-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut; Jean-Paul Derai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musée National du Sport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratique sportives et Côte d'Azur. Les ressources des fonds photographiques de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Versavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut; Jean-Paul Derai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musée National du Sport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectacle sportif, médias et représentations sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tony Froissart; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire, l'historien, le sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPURE, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures sportives, cultures de guerre : le rôle des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Robène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Sport et la guerre, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Ouest-Sportif (1914-1919)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Robène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport et la guerre XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.119-134, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest-Eclair, le sport et la guerre, 1913-1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Sport et la guerre, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tableau de la presse sportive régionale en province, 1880-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse régionale sportive à la Belle Epoque en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Cévennes Sportives : titre pionnier de la presse sportive gardoise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Groeninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Poyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse régionale sportive à la Belle Epoque en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théâtre-Sports : un mensuel bordelais à la Belle Epoque (1909-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cartier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du Sport. La presse régionale sportive à la Belle Epoque en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et presse en Mayenne : le cas de Laval-Sport (1899-1901)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse régionale sportive à la Belle Epoque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 24 Heures du Mans, laboratoire de la télévision sportive (1949-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michaël Attali. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports et médias du XIXe siècle à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d'un champion : Yannick Noah, 1978-1983</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Clastres; Paul Dietschy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paume et tennis en France de Margot de Hennuyère à Yannick Noah</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2009, 9782847363302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Larqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tournoi de Roland Garros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télévisions sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire politique et représentation du sport et du corps sportif : le point de vue d'une publication intellectuelle, France Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Louveau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance et développement du spectacle sportif (1880-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lê-Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La naissance de l'enjeu économique du sport de 1870 aux années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mourat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Poyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces et temps du sport (1870-1936) : de l’exception à la banalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.261-287, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la plume à l'écran : sports et médias, 1945-2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moneghetti Merryl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Wille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la balle à la plume : la première médiatisation des passions sportives, 1854-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reprise et impuissance : le sport de 1945 à 1958</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chantelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les historiens et l'histoire du sport (1962-2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des héros nationaux aux stars : les champions de l'après-guerre à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première sportivisation (1958-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chantelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fédérations catholique et socialiste (fin 19e siècle-1939) : un creuset de la popularisation du sport ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Andrieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de Gaulle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Robert Laffont, 2006, 9782221102800</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur passeur des Nouvelles Gauches (1950-1960)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillaume Piketty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France en République. Mélanges en l'honneur de Serge Berstein</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fayard, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bourdet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Andrieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de Gaulle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Robert Laffont, 2006, 9782221102800</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Règles et usages de la dissertation en écrit 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michaël Attali; Jean Saint-Martin; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ecrit 1 au miroir de l'histoire. Capeps et agrégation d'EPS. Annales corrigées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2006, 9782711771400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel genre pour la championne ? Sur la représentation de Suzanne Lenglen (1914-1921)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Liotard; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2005, 9782747595636</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur et l'Algérie ou les hussards de Cassandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Baudorre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Plume dans la plaie. Les écrivains journalistes et la guerre d'Algérie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, 2004, 9782867813108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Jeux Olympiques à la lumière politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jéquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Milza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pouvoir des anneaux. Les Jeux Olympiques à la lumière du politique (1896-2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2004, 9782711771295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Madelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Hollande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raffarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Strauss-Khan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kouchner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bayrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le quatrième pouvoir entre mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Tumultes d'un siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Complexe, 2001, 9782870277850</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trente Glorieuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quatrième République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur face à la télévision, 1950-1964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Méadel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La radio/télévision au temps des événements d'Algérie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 1999, 9782738478955</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Sartre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mitterrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvel Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994, 9782130467847</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvel Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parti Socialiste Unifié (PSU)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994, 9782130467847</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Agnès Chauveau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Complexe, 1992, 9782870274583</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Ventaja, poings de bronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1344, pp.21-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Ali Khan : le Prince et la distance reine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1344, pp.17-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vive la chute !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Panard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.94-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mademoiselle Lisette, première &amp;quot;championne&amp;quot; française. Trajectoire et débats (1894-1898)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (1), pp.11-41. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.015.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le boycott des Jeux de Moscou (1980) : les athlètes à l'écran, entre impossible deuil d'un accomplissement sportif et ses de la responsabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (1), pp.71-81. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/parl2.029.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mont Ventoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45 (1), pp.261. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.045.0261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’absolution médiatique d’une icône sportive ou notre impénitent besoin de héros. Lecture du coup de boule Zidane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168 (4), pp.729. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.174.0729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;supporter de sport&amp;quot; en France. Emergence médiatique d’un mot et d’une figure sociale (1881-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42, pp.73-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La victoire de Yannick Noah à Roland-Garros : ou le rêve déçu d’une icône antiraciste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1, pp.105-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire le sport : culture de masse & médiatisation du sport à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiens et géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Sport et histoire : dossier / réalisé par Olivier Chovaux, Patrick Clastres et François Da Rocha Carneiro, novembre-décembre (437), pp.63-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sport, mondanités et dandysme : esquisse biographique d’Eugène Chapus. Le temps du sport (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European studies in sports history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sport, mondanités et dandysme : esquisse biographique d'Eugène Chapus. Eugène Chapus avant le sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European studies in sports history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, pp.34-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Mariano, passeur de frontières et Esparisien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (1), pp.53-67. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrée des sports dans Le Figaro (1854-1866)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46 (2), pp.300-324. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/shr.2015-0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champion androgyne, combattante et danseuse. Portrait flou de Suzanne Lenglen (1913-1923)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review on Sport and Violence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8, pp.63-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre intellectualisme et politique: Le sport dans France Observateur (1950−1964)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (1), pp.23-37. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0957155813510692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d’une icône sportive : Yannick Noah (1978-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d’une icône sportive : Yannick Noah (1978-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chants du sport, 1888-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.63-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre solidarité et défi. Le sport, la guerre, la grande presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 251 (3), pp.77. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmcc.251.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence du tourisme balnéaire dans la diffusion du tennis. Le cas de la France de 1875 à 1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 61 (2), pp.73. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.061.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Boli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Bolz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Martinière, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les champions dit &amp;quot;de couleur&amp;quot; entre mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoires de sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68, cinquante ans après. Mémoires, traces, représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03025366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Ediles au Stade. Aux origines des politiques sportives municipales (vers 1850-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 432 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03046721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Histoire des supporters de la Belle Epoque aux années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pionniers du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de La Martinière; BnF éditions, pp.187, 2016, 978-2-7177-2717-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse régionale et le sport : naissance de l'information sportive, 1870-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. Presses universitaires de Rennes, 416 p., 2015, 978-2-7535-4003-3. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.91741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse sportive régionale à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlantica, 522 p., 2010, Sport Mémoire et Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00631161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France. Le temps des masses, 1945 à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert. 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France. Le temps de la conquête, 1850-1945</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert. 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ray Ventura et ses collégiens ou Les enfants de la marquise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocturne / Radio France / INA. 2005, 9782374505718</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pouvoir des anneaux. Les Jeux Olympiques à la lumière du politique (1896-2004)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Milza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jéquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert. 2004, 9782711771295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire politique et culturelle de France Observateur, 1950-1964. Aux origines du Nouvel Observateur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. 2000, 9782738495396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cent ans d'histoire de France en chansons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Berstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Chêne. 2000, 9782842771478</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à l'histoire des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin. 1999, 9782200218225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petite histoire des historiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pompidou homme de culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Centre Georges Pompidou. 1995, 9782858508174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Complexe. 1992, 9782870274583</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport amateur aux 19e et 20 siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Histoires d’amateurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des politiques sportives et du supporterisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire VIPS²</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gerbault entre terre et mer : un sportif mué en aventurier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème Rencontre du patrimoine et de la mémoire du sport : patrimoine maritime et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice; Musée National du Sport, 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les championnes françaises des Internationaux de France, 1897-1914. Résonances et représentations médiatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balles et Plumes : histoire du tennis et des jeux de raquette</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFEPSA, 2019, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">68 : cinquante ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai 68, cinquante ans ! Mémoires, représentations, traces et réinterprétations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, 2018, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sport au concert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports, Arts et Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport(s) et médias : une histoire en devenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIème Rencontres sur le patrimoine et la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice; Musée National du Sport, 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et télévision : à l'origine d'une relation siamoise (1948-1954)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstruction physique et sportive dans la France de la IVème République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Caen, 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arrêt sur image : les arrières-salles de la performance dans le fonds photographique Rol (1904-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIème Congrès du RSPDL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RSPDL; Le Mans Université, 2016, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Battling Siki : boxe, négritude et polyphonie médiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports et racisme(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine/Metz, 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie publicitaire de l'Auto (1900-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l'Auto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Georges Chevrier / Université de Dijon, 2015, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La féminité aux marges. Représentation de la championne, masculinisation et androgynie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genre et rapports sociaux hommes/femmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Maine, 2015, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question coloniale dans la biographie de Battling Siki : nécessité ou raccourci ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport as identity marker in colonial and postcolonial settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universités d'Amsterdam et d'Utrecht, 2015, Amsterdam/Utrecht, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'histoire du sport à l'heure de la presse historique numérisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Newspapers / La presse historique et la mémoire collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bibliothèque Nationale de France, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Chapus et Le Sport. Aux origines du journalisme sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ve Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice; Musée National du Sport, 2014, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Mariano passeur de frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avec ma gueule de métèque : la chanson miroir d'une société plurielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, URMIS; BnF, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots &amp;quot;immigré&amp;quot; et &amp;quot;immigration&amp;quot; dans les débats parlementaires en 1983 : une inflation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1983 : tournant médiatique de la question de l'immigration en France ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, URMIS (CNRS); Communication et Politique (CNRS), 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du champion à la championne : féminisation et adoption d'un mot et d'une nouvelle figure sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Hommes Nouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, 2013, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lenglen ou la vierge au combat (1913-1923)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discriminations : le sport en question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports, médias et représentations sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du Comité français des Sciences Historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité français des Sciences Historiques, 2012, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Journalisme et l'essor du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le journalisme de sport révélé par ses grandes figures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Dauphine, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiathologie d'un coup de boule : Zidane - 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au miroir du sport. Spectacles sportifs, médias et émotions collectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, 2012, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mont Ventoux entre mythologie littéraire et sportive, XIXe-XXe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2012, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport dans le fonds photographique Rol de la Bibliothèque Nationale de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Versavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'âge d'or du yachting automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport : un phénomène aux fondements médiatiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ACAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse sportive azuréenne à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ethnicisation de la pratique sportive ou la mise en saillante de l'ethnicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Zanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youenn Riou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport, Education et Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bordeaux 2, 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest-Sportif : un journal dans la Grande Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, 2010, Rennes / Saint-Cyr Coetquidan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest Eclair, le sport, la guerre (1913-1919)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, 2010, Rennes / Saint-Cyr Coetquidan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d'une icône sportive : Yannick Noah (1978-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositifs d'écriture du spectacle sportif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, 2010, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chants du sport, 1888-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositifs d'écriture du spectacle sportif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, 2010, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presse et sport dans l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe colloque du Réseau Recherche et sport en Pays de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presse et Sports à la Belle Epoque en France. Contenus et stratégies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIème Congrès de Recherche et sport en Pays de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Recherche et sport en Pays de la Loire (RSPDL), 2008, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 24 Heures du Mans : un laboratoire de la télévision sportive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours d'histoire du sport : Sports et Médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Grenoble, 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d'un champion : Yannick Noah (1978-1983)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paume et tennis en France de Margot de Hennuyère à Yannick Noah (XVe-XXe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Histoire de Sciences Po, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel genre pour la championne ? Sur la représentation de Suzanne Lenglen (1914-1921)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours d'histoire du sport : Sport et Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIS; Université de Lyon, 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur et le sport, 1950-1964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International SSSLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur et l'Algérie ou les hussards de Cassandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les écrivains journalistes et la guerre d'Algérie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Bordeaux, 2000, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et sport dans la Grande Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Sport et la Grande Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée National du Sport, 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le quatrième pouvoir entre mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tumultes du siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mémorial de Caen, 1999, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur face à la télévision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Télévision dans la guerre d'Algérie, 1954-1962</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire et temps présents en Europe : l'histoire entre mémoire et instrumentalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire du temps présent en Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Histoire de l'Europe au XXe siècle; Institut d'Etudes Politiques de Paris; Mémorial de Verdun, 1993, Paris / Verdun, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi et comment questionner l'histoire du temps présent ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Histoire de l'Europe au XXe siècle; Institut d'Etudes Politiques de Paris, 1992, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La baie d'Hercule à Monaco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires et patrimoine du sport en région PACA [TEPAS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mont Ventoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires et patrimoine du sport en région PACA [TEPAS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un spécialiste des mondes des médias et du livre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etat de la recherche sur le sport dans les sciences humaines et sociales en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phénomène sportif : une histoire totale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contact-Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première démonstration publique de télévision en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'histoire par l'image (Site de la Réunion des Musées Nationaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le grand divertissement radiophonique ou la naissance d'un nouveau loisir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire par l'image (Site de la Réunion des Musées Nationaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La radio conquiert l'oreille des Français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire par l'image (Site de la Réunion des Musées Nationaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La statue de Jean Bouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires et patrimoine du sport en région PACA [TEPAS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire sociale du vélo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse de 1945 à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Larousse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId263"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Tétart </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences à Le Mans Université, laboratoire Temos UMR 9016</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (103)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le boxeur rêve… Quand Isaac Israëls ne peignait pas Siki et que l’historien se leurrait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sorbonne Université Presses. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La boxe est un art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04939693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kiwo Kawamura ou la discrète échappée française d'un coureur japonais (1925-1934)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.321-326, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Eysler, une jambe de bois et six médailles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.40, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;nègre Youyou&amp;quot; : un boxeur bien plus marseillais que noir (1919-1928)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-264, 2024, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12bct⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John French, l'Ivoirien qu'on voulait croire Américain (1922-1929)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.273-280, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Battling Youyou, une bluette ambiguë</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.349-360, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Tarante, boxeur texarisien (1931-1935)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.373-384, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Londres 1908 : capitale mondiale et impériale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.69-85, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une hégémonie américaine relative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.64-65, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar le Noir, un Algérien à la conquête du titre national (1935-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.409-420, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nègres Bamboula ou l'histoire tragique de trois lutteurs oubliés (1883-1907)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Champions dits "de couleur" entre mythes et réalités. La Fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.25-39, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bob le Noir entre vérité et fiction ou le symbole de la vilaine boxe anglaise (1862-1869)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythe et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-23, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duke Kahanamoku</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Martinière, pp.102-103, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Los Angeles, 1932</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une histoire mondiale de l'olympisme, 1896-2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlande, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mont Ventoux sous l’œil de l’historien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un Oeil sur le Ventoux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Offray, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre Tunisie et France : Ali Neffati, champion cycliste à identités variables (1913-1931)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-254, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Wango, un lutteur dérangeant (1922-1935)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique de l'altérité médiatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.281-292, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesse Owens dans le kiosque, ou comment la presse hexagonale représente le phénomène (août 1936)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dits "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.435-460, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1924. La palette des Jeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">En jeu! Les artistes et le sport 1870-1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In Fine - Musée Marmottan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Jackson à Paris, 1894</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les champions dit "de couleur" entre mythes et réalités. La fabrique médiatique de l'altérité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des sports et des élus. Lecture du Bulletin municipal de Paris (1882-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Violette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kilian Mousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Édiles au stade. Aux origines des politiques sportives municipales. Vers 1850-1914</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-81, 2020, PUR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lauréates du championnat de France de tennis. Echos & représentations médiatiques (1897-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Bauer; Dorian Gomet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de balles et de plumes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Limoges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio, presse et cinéma créent des légendes sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.115-121, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la presse inventait le sport (1869-1914) : repenser l'histoire du sport à l'aune des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Blandin; Robinet François; Schafer Valérie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'histoire des médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violences et passions footballistiques dans l'Europe de l'entre-deux-guerres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.123-146, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'émergence du sport féminin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.105-110, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport mécanique, vitrine et laboratoire des industriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Découverte, pp.86-91, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supporter au regard de la presse (1887-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-48, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avec les supporters du Stade Rennais Université Club (1919-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-282, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters niçois entre ombre et lumière (1927-1938)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.187-210, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de Toulouse et du Sud-Ouest ou le rugby fer de lance régionaliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.303-338, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la légende dissout les faits. Notes sur la naissance et la guerre de Battling Siki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut, Niek Pas, Pascal Deleye. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Who is Who. Les champions sportifs à l’épreuve des colonisations et des migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Perséides, pp.47-68, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les publicités dans l'Auto (1900-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benoît Caritey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l'Auto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Epure, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la foule au supporter. Regards d'écrivains sur les passions sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Vaucelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tétart Philippe (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.339-376, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters des finales de Coupe de France de football à Colombes (1925-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Delépine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-122, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charmante, sereine et parfois pugnace : la supportrice entre les lignes de presse (1924-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.377-402, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côté tribunes – introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.9-21, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clubs de supporters. Le temps des pionniers et des premiers débats (1912-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Epoque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-92, 2019, Histoire, 978-2-7535-7755-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;Grand Match&amp;quot; : le sport dans la Première Guerre mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Thomazeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire secrète du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.98-104, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et télévision. Les années pionnières d'une histoire siamoise (1948-1954)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Dutheil, Yohann Fortune, Jean-Marc Lemmonier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstruction physique et sportive en France sous la Quatrième République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.127-159, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse et le moteur à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Grasse, Claude Boli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moteurs. L'aventure des sports mécaniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETAI; Musée National du Sport, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Milliat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christine Bard; Sylvie Chaperon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des féminismes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.995-998, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rugby, toros et régionalisme : la trilogie sportive du Midi Socialiste (1908-1913)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La presse régionale et le sport. Naissance de l'information sportive (années 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.143-161, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest-Eclair et l'information sportive (1899-1914) : entre football et autonomisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse régionale et le sport. Naissance de l'information sportive régionale (année 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.285-309, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Historien, le sport et la presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Diana; Gérard Derèze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journalisme sportif. Méthode d'analyse et productions médiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Football et médias en France (1867-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Rey; Bachir Zoudji. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le football dans tous ses états. Regards croisés sur le ballon rond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Journal de Tournon et le sport (1877-1913). Chronique d'un rendez-vous manqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse régionale et le sport. Naissance de l'information sportive régionale (années 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.193-214, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre passion vélocipédique et immobilisme : le sport dans Le Nouvelliste du Morbihan (1887-1913)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Nicolas Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Presse régionale et le sport. Naissance de l'information sportive régionale (années 1870-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.257-283, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La championne. Féminisation et adoption d'un mot et d'une nouvelle figure sociale (1830-1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benoît Musset. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Femmes et les hommes nouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au coeur de la mode des moteurbots (1894-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut; Jean-Paul Derai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musée National du Sport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Presse sportive azuréenne et niçoise, 1876-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut; Jean-Paul Derai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musée National du Sport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratique sportives et Côte d'Azur. Les ressources des fonds photographiques de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Versavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvan Gastaut; Jean-Paul Derai. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musée National du Sport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectacle sportif, médias et représentations sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tony Froissart; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire, l'historien, le sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPURE, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures sportives, cultures de guerre : le rôle des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Robène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Sport et la guerre, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Ouest-Sportif (1914-1919)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Robène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport et la guerre XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.119-134, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest-Eclair, le sport et la guerre, 1913-1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Sport et la guerre, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tableau de la presse sportive régionale en province, 1880-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse régionale sportive à la Belle Epoque en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Cévennes Sportives : titre pionnier de la presse sportive gardoise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Groeninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Poyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse régionale sportive à la Belle Epoque en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théâtre-Sports : un mensuel bordelais à la Belle Epoque (1909-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cartier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du Sport. La presse régionale sportive à la Belle Epoque en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et presse en Mayenne : le cas de Laval-Sport (1899-1901)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse régionale sportive à la Belle Epoque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica; Musée National du Sport, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 24 Heures du Mans, laboratoire de la télévision sportive (1949-2007)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michaël Attali. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports et médias du XIXe siècle à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantica, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d'un champion : Yannick Noah, 1978-1983</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Clastres; Paul Dietschy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paume et tennis en France de Margot de Hennuyère à Yannick Noah</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2009, 9782847363302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tournoi de Roland Garros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Larqué</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télévisions sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire politique et représentation du sport et du corps sportif : le point de vue d'une publication intellectuelle, France Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Louveau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Chauveau; Yannick Dehée. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la télévision populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouveau Monde, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la balle à la plume : la première médiatisation des passions sportives, 1854-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reprise et impuissance : le sport de 1945 à 1958</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chantelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces et temps du sport (1870-1936) : de l’exception à la banalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.261-287, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02884690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la plume à l'écran : sports et médias, 1945-2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moneghetti Merryl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Wille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance et développement du spectacle sportif (1880-1939)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lê-Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La naissance de l'enjeu économique du sport de 1870 aux années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mourat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Poyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les historiens et l'histoire du sport (1962-2005)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des héros nationaux aux stars : les champions de l'après-guerre à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première sportivisation (1958-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Chantelat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 2. De la Libération à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fédérations catholique et socialiste (fin 19e siècle-1939) : un creuset de la popularisation du sport ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France, volume 1. Le temps de la conquête : du second Empire au régime de Vichy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert; Musée National du Sport, 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur passeur des Nouvelles Gauches (1950-1960)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillaume Piketty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France en République. Mélanges en l'honneur de Serge Berstein</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fayard, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Andrieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de Gaulle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Robert Laffont, 2006, 9782221102800</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Bourdet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Andrieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de Gaulle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Robert Laffont, 2006, 9782221102800</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Règles et usages de la dissertation en écrit 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michaël Attali; Jean Saint-Martin; Sylvain Villeret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Ecrit 1 au miroir de l'histoire. Capeps et agrégation d'EPS. Annales corrigées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2006, 9782711771400</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel genre pour la championne ? Sur la représentation de Suzanne Lenglen (1914-1921)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Liotard; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 2005, 9782747595636</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur et l'Algérie ou les hussards de Cassandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Baudorre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Plume dans la plaie. Les écrivains journalistes et la guerre d'Algérie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, 2004, 9782867813108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Jeux Olympiques à la lumière politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jéquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Milza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pouvoir des anneaux. Les Jeux Olympiques à la lumière du politique (1896-2004)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2004, 9782711771295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Hollande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Madelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raffarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Strauss-Khan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bayrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kouchner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 2003, 9782130525134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le quatrième pouvoir entre mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Tumultes d'un siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Complexe, 2001, 9782870277850</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02123393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trente Glorieuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quatrième République</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Sartre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur face à la télévision, 1950-1964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Méadel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La radio/télévision au temps des événements d'Algérie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, 1999, 9782738478955</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Mitterrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli; Daniel Couty. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La France. Les Français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGED; Bordas, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvel Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvel Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994, 9782130467847</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parti Socialiste Unifié (PSU)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Sirinelli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire historique de la vie politique française au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, 1994, 9782130467847</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Agnès Chauveau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Complexe, 1992, 9782870274583</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olympisme, une histoire du monde. Des premiers Jeux Olympiques d'Athènes 1896 aux Jeux Olympiques et Paralympiques de Paris 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Boli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Bolz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Martinière, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les champions dit &amp;quot;de couleur&amp;quot; entre mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Gastaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoires de sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mai 68, cinquante ans après. Mémoires, traces, représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03025366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Ediles au Stade. Aux origines des politiques sportives municipales (vers 1850-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 432 p., 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03046721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Histoire des supporters de la Belle Epoque aux années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pionniers du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de La Martinière; BnF éditions, pp.187, 2016, 978-2-7177-2717-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse régionale et le sport : naissance de l'information sportive, 1870-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. Presses universitaires de Rennes, 416 p., 2015, 978-2-7535-4003-3. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.91741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01516252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Voix du sport. La presse sportive régionale à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Atlantica, 522 p., 2010, Sport Mémoire et Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00631161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France. Le temps des masses, 1945 à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert. 2007, 9782711771424</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du sport en France. Le temps de la conquête, 1850-1945</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert. 2007, 9782711771417</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ray Ventura et ses collégiens ou Les enfants de la marquise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocturne / Radio France / INA. 2005, 9782374505718</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pouvoir des anneaux. Les Jeux Olympiques à la lumière du politique (1896-2004)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Milza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jéquier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vuibert. 2004, 9782711771295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire politique et culturelle de France Observateur, 1950-1964. Aux origines du Nouvel Observateur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan. 2000, 9782738495396</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cent ans d'histoire de France en chansons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Berstein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Chêne. 2000, 9782842771478</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à l'histoire des médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin. 1999, 9782200218225</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petite histoire des historiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin. 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Pompidou homme de culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions du Centre Georges Pompidou. 1995, 9782858508174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Complexe. 1992, 9782870274583</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02116575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Ventaja, poings de bronze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1344, pp.21-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Ali Khan : le Prince et la distance reine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1344, pp.17-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vive la chute !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Panard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 1, pp.94-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mademoiselle Lisette, première &amp;quot;championne&amp;quot; française. Trajectoire et débats (1894-1898)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (1), pp.11-41. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.015.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le boycott des Jeux de Moscou (1980) : les athlètes à l'écran, entre impossible deuil d'un accomplissement sportif et ses de la responsabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (1), pp.71-81. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/parl2.029.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mont Ventoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés &amp; Représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45 (1), pp.261. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sr.045.0261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’absolution médiatique d’une icône sportive ou notre impénitent besoin de héros. Lecture du coup de boule Zidane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 168 (4), pp.729. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.174.0729⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;supporter de sport&amp;quot; en France. Emergence médiatique d’un mot et d’une figure sociale (1881-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42, pp.73-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La victoire de Yannick Noah à Roland-Garros : ou le rêve déçu d’une icône antiraciste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1, pp.105-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sport, mondanités et dandysme : esquisse biographique d’Eugène Chapus. Le temps du sport (2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European studies in sports history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02115012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire le sport : culture de masse & médiatisation du sport à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiens et géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Sport et histoire : dossier / réalisé par Olivier Chovaux, Patrick Clastres et François Da Rocha Carneiro, novembre-décembre (437), pp.63-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre sport, mondanités et dandysme : esquisse biographique d'Eugène Chapus. Eugène Chapus avant le sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European studies in sports history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9, pp.34-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01513171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Mariano, passeur de frontières et Esparisien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (1), pp.53-67. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.4590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrée des sports dans Le Figaro (1854-1866)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46 (2), pp.300-324. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/shr.2015-0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champion androgyne, combattante et danseuse. Portrait flou de Suzanne Lenglen (1913-1923)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review on Sport and Violence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8, pp.63-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre intellectualisme et politique: Le sport dans France Observateur (1950−1964)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Cultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 25 (1), pp.23-37. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0957155813510692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d’une icône sportive : Yannick Noah (1978-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d’une icône sportive : Yannick Noah (1978-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chants du sport, 1888-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de communication. Série actes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19, pp.63-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre solidarité et défi. Le sport, la guerre, la grande presse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres mondiales et conflits contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 251 (3), pp.77. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmcc.251.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence du tourisme balnéaire dans la diffusion du tennis. Le cas de la France de 1875 à 1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 61 (2), pp.73. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.061.0073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02114956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport amateur aux 19e et 20 siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Histoires d’amateurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Gerbault entre terre et mer : un sportif mué en aventurier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème Rencontre du patrimoine et de la mémoire du sport : patrimoine maritime et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice; Musée National du Sport, 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des politiques sportives et du supporterisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire VIPS²</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02885009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les championnes françaises des Internationaux de France, 1897-1914. Résonances et représentations médiatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Balles et Plumes : histoire du tennis et des jeux de raquette</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFEPSA, 2019, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">68 : cinquante ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Melchior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mai 68, cinquante ans ! Mémoires, représentations, traces et réinterprétations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, 2018, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sport au concert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports, Arts et Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport(s) et médias : une histoire en devenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIème Rencontres sur le patrimoine et la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice; Musée National du Sport, 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arrêt sur image : les arrières-salles de la performance dans le fonds photographique Rol (1904-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIème Congrès du RSPDL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RSPDL; Le Mans Université, 2016, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et télévision : à l'origine d'une relation siamoise (1948-1954)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstruction physique et sportive dans la France de la IVème République</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Caen, 2016, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La féminité aux marges. Représentation de la championne, masculinisation et androgynie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genre et rapports sociaux hommes/femmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Maine, 2015, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Battling Siki : boxe, négritude et polyphonie médiatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports et racisme(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine/Metz, 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La stratégie publicitaire de l'Auto (1900-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire de l'Auto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Georges Chevrier / Université de Dijon, 2015, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question coloniale dans la biographie de Battling Siki : nécessité ou raccourci ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport as identity marker in colonial and postcolonial settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universités d'Amsterdam et d'Utrecht, 2015, Amsterdam/Utrecht, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'histoire du sport à l'heure de la presse historique numérisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Newspapers / La presse historique et la mémoire collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bibliothèque Nationale de France, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugène Chapus et Le Sport. Aux origines du journalisme sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ve Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice; Musée National du Sport, 2014, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Mariano passeur de frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Avec ma gueule de métèque : la chanson miroir d'une société plurielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, URMIS; BnF, 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots &amp;quot;immigré&amp;quot; et &amp;quot;immigration&amp;quot; dans les débats parlementaires en 1983 : une inflation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1983 : tournant médiatique de la question de l'immigration en France ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, URMIS (CNRS); Communication et Politique (CNRS), 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lenglen ou la vierge au combat (1913-1923)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discriminations : le sport en question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, 2013, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du champion à la championne : féminisation et adoption d'un mot et d'une nouvelle figure sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Hommes Nouveaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, 2013, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports, médias et représentations sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du Comité français des Sciences Historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité français des Sciences Historiques, 2012, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Journalisme et l'essor du sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le journalisme de sport révélé par ses grandes figures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Dauphine, 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiathologie d'un coup de boule : Zidane - 2006</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Au miroir du sport. Spectacles sportifs, médias et émotions collectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, 2012, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mont Ventoux entre mythologie littéraire et sportive, XIXe-XXe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2012, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport : un phénomène aux fondements médiatiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ACAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'âge d'or du yachting automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport dans le fonds photographique Rol de la Bibliothèque Nationale de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Versavel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse sportive azuréenne à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe Rencontres du patrimoine et de la mémoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ethnicisation de la pratique sportive ou la mise en saillante de l'ethnicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Zanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youenn Riou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport, Education et Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bordeaux 2, 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d'une icône sportive : Yannick Noah (1978-1991)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositifs d'écriture du spectacle sportif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, 2010, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest Eclair, le sport, la guerre (1913-1919)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dietschy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, 2010, Rennes / Saint-Cyr Coetquidan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ouest-Sportif : un journal dans la Grande Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, 2010, Rennes / Saint-Cyr Coetquidan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chants du sport, 1888-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositifs d'écriture du spectacle sportif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, 2010, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presse et sport dans l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIIe colloque du Réseau Recherche et sport en Pays de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presse et Sports à la Belle Epoque en France. Contenus et stratégies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIème Congrès de Recherche et sport en Pays de la Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Recherche et sport en Pays de la Loire (RSPDL), 2008, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les 24 Heures du Mans : un laboratoire de la télévision sportive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours d'histoire du sport : Sports et Médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Grenoble, 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction médiatique d'un champion : Yannick Noah (1978-1983)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Villaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paume et tennis en France de Margot de Hennuyère à Yannick Noah (XVe-XXe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Histoire de Sciences Po, 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel genre pour la championne ? Sur la représentation de Suzanne Lenglen (1914-1921)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours d'histoire du sport : Sport et Genre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIS; Université de Lyon, 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur et le sport, 1950-1964</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International SSSLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur et l'Algérie ou les hussards de Cassandre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les écrivains journalistes et la guerre d'Algérie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Bordeaux, 2000, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes et sport dans la Grande Guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Sport et la Grande Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée National du Sport, 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le quatrième pouvoir entre mythes et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tumultes du siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mémorial de Caen, 1999, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Observateur face à la télévision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Télévision dans la guerre d'Algérie, 1954-1962</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire et temps présents en Europe : l'histoire entre mémoire et instrumentalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire du temps présent en Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Histoire de l'Europe au XXe siècle; Institut d'Etudes Politiques de Paris; Mémorial de Verdun, 1993, Paris / Verdun, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi et comment questionner l'histoire du temps présent ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Chauveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions à l'histoire des temps présents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'Histoire de l'Europe au XXe siècle; Institut d'Etudes Politiques de Paris, 1992, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La baie d'Hercule à Monaco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires et patrimoine du sport en région PACA [TEPAS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Mont Ventoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires et patrimoine du sport en région PACA [TEPAS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un spécialiste des mondes des médias et du livre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etat de la recherche sur le sport dans les sciences humaines et sociales en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phénomène sportif : une histoire totale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contact-Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le grand divertissement radiophonique ou la naissance d'un nouveau loisir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire par l'image (Site de la Réunion des Musées Nationaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première démonstration publique de télévision en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'histoire par l'image (Site de la Réunion des Musées Nationaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La radio conquiert l'oreille des Français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Histoire par l'image (Site de la Réunion des Musées Nationaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport et médias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02125606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La statue de Jean Bouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mourlane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires et patrimoine du sport en région PACA [TEPAS]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire sociale du vélo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02124546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse de 1945 à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tétart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Larousse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02120602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId263"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939693v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe T&#233;tart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938793v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938785v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938731v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937989v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938713v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938720v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938168v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mourlane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12bct" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938684v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938783v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938699v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937975v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938798v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938819v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938831v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938010v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938678v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938844v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938742v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gastaut" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937993v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02376964v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Violette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Mousset" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123878v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulim.unilim.fr/produit/tennis-balles-volant-histoire-ping-pong-badminton/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126208v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5440/cote-tribunes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126205v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126213v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dietschy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117850v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117866v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126206v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117871v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123963v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117138v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123957v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126076v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bauer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Vaucelle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753577558/cote-tribunes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126073v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Del&#233;pine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126212v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125667v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4844" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125637v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117861v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117884v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/puc/18186#authors" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117893v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119713v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91804" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117911v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119714v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91798" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120578v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91828?lang=fr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120582v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121996v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Renaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91822" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120585v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120078v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.museedusport.fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122008v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122005v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Versavel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120076v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120071v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884242v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Villaret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120074v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119731v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119726v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Groeninger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Poyer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119728v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cartier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119723v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122027v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123772v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123776v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123774v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122029v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123771v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123816v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth L&#234;-Germain" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123820v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mourat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884690v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123795v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moneghetti Merryl" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wille" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123813v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123799v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chantelat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123827v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123798v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Duret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123802v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123821v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Munoz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123850v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123400v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123848v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123791v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123398v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123395v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123394v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J&#233;quier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Milza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123416v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123786v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123779v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123412v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123784v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123409v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123787v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123393v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chauveau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123408v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123411v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122022v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123413v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123415v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122018v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122015v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123407v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123405v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123406v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122012v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937832v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937837v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937845v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123854v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.015.0011" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114960v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.029.0071" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114959v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.045.0261" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114958v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.174.0729" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114961v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513130v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513498v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115012v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513171v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114967v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4590" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114957v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/shr.2015-0007" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114965v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114966v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957155813510692" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114964v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883585v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114963v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114948v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmcc.251.0077" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114956v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Peter" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.061.0073" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938773v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Blanchard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bancel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boli" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Bolz" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937962v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937891v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03025366v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Melchior" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046721v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5777/ediles-au-stade" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513517v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516252v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.91741" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631161v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116582v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116583v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115043v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116581v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115037v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115029v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berstein" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115022v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115018v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116576v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116575v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885162v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885009v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120590v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120592v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120594v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120596v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120598v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121966v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120599v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121968v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121970v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121967v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121969v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121973v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121971v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121986v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121979v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121984v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121980v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121974v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121975v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121978v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121977v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120586v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120588v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120069v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121982v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120068v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Etiemble" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Riou" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119755v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120064v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120065v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120066v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119754v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119750v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119751v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119748v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119746v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119747v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119742v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121965v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119739v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119738v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119737v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119736v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126196v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126080v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123838v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124564v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126200v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126203v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126202v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125606v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126197v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124546v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120602v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939693v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe T&#233;tart" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938699v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Rey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938783v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938168v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mourlane" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12bct" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938684v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938713v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938720v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938793v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938785v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938731v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937989v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937975v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938798v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938819v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938831v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938010v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938678v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938742v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gastaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938844v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937993v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02376964v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Violette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Mousset" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123878v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulim.unilim.fr/produit/tennis-balles-volant-histoire-ping-pong-badminton/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117871v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123963v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126213v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dietschy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5440/cote-tribunes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117850v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117866v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125648v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126206v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126205v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126208v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117138v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123957v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126076v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bauer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Vaucelle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753577558/cote-tribunes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126073v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Del&#233;pine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126212v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125637v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125667v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4844" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117861v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117884v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/puc/18186#authors" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117893v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119714v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91798" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120578v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91828?lang=fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120582v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117911v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119713v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91804" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121996v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Renaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/91822" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120585v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120078v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.museedusport.fr" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122008v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122005v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Versavel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120076v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120071v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884242v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Villaret" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120074v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119731v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119726v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Groeninger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Poyer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119728v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cartier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119723v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122027v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123776v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123772v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123774v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122029v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123771v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123813v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123799v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chantelat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123795v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moneghetti Merryl" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wille" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123816v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth L&#234;-Germain" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123820v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mourat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123827v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123798v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Duret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123802v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123821v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Munoz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123400v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123850v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123848v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123791v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123398v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123395v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123394v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J&#233;quier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Milza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123779v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123786v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123416v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123412v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123784v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123787v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123409v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02123393v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chauveau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123408v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123411v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123413v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122022v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123415v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122015v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122018v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123407v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123405v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123406v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122012v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938773v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Blanchard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bancel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boli" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Bolz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937962v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937891v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03025366v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Melchior" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046721v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5777/ediles-au-stade" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116584v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513517v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01516252v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.91741" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00631161v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116582v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116583v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115043v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116581v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115037v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115029v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berstein" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115022v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115018v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116576v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116575v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937832v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937837v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937845v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123854v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.015.0011" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114960v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.029.0071" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114959v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.045.0261" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114958v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.174.0729" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114961v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513130v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115012v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513498v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513171v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114967v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.4590" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114957v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/shr.2015-0007" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114965v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114966v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957155813510692" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114964v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883585v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114963v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114948v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmcc.251.0077" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114956v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Peter" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.061.0073" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885162v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120590v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885009v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120592v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120594v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120596v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120598v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120599v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121966v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121967v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121968v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121970v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121969v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121973v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121971v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121986v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121979v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121980v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121984v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121974v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121975v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121978v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121977v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120069v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120588v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120586v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121982v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120068v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Etiemble" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Zanna" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youenn Riou" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120065v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120064v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119755v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120066v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119754v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119750v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119751v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119748v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119746v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119747v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119742v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121965v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119739v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119738v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119737v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119736v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126196v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126080v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123838v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124564v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126203v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126200v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126202v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125606v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126197v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124546v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120602v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>