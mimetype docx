--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1481,235 +1481,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient-based controllers for timed continuous Petri nets</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new multilayer perceptron pruning algorithm for classification and regression applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Suhner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Systems Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207721.2013.827264⟩</w:t>
+              <w:t xml:space="preserve">Neural Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (2), pp.437-458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11063-014-9366-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00853970v1</w:t>
+                <w:t xml:space="preserve">hal-01086842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new multilayer perceptron pruning algorithm for classification and regression applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gradient-based controllers for timed continuous Petri nets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Druaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Suhner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Processing Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 42 (2), pp.437-458. </w:t>
+              <w:t xml:space="preserve">International Journal of Systems Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46 (9), pp.1661-1678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11063-014-9366-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00207721.2013.827264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01086842v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00853970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variance sensitivity analysis of parameters for pruning of a multilayer perceptron: application to a sawmill supply chain simulation model</w:t>
               </w:r>
@@ -2007,51 +2007,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commande des feux de signalisation par réseaux de Petri hybrides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Tolba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2111,51 +2111,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameter estimation for timed and continuous Petri nets: Application to the identification and monitoring of hybrid systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2219,51 +2219,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Messai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellah Elmoudni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2335,51 +2335,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONTINUOUS AND TIMED PETRI NETS FOR THE MACROSCOPIC AND MICROSCOPIC TRAFFIC FLOW CONTROL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Tolba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4306,277 +4306,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01823501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural network inverse model for quality monitoring: Application to a high quality lackering process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A case study of an Intelligent Manufacturing Control based on multi-agents' system to deal with batching and sequencing on rework context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hind El Haouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">André Thomas</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Pannequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Noyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Joint Conference on Computational Intelligence, IJCCI’17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Funchal, Portugal</w:t>
+              <w:t xml:space="preserve">7th Workshop on Service Orientation in Holonic and Multi-Agent Manufacturing, SOHOMA’17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01630234v1</w:t>
+                <w:t xml:space="preserve">hal-01615343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case study of an Intelligent Manufacturing Control based on multi-agents' system to deal with batching and sequencing on rework context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neural network inverse model for quality monitoring: Application to a high quality lackering process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Suhner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Melanie Noyel</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hind Bril El Haouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Workshop on Service Orientation in Holonic and Multi-Agent Manufacturing, SOHOMA’17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">9th International Joint Conference on Computational Intelligence, IJCCI’17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Funchal, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01615343v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of hidden weights choice on accuracy of MLP with randomly fixed hidden neurons for regression problems</w:t>
               </w:r>
@@ -4657,51 +4657,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A batching and scheduling optimisation for a cutting work-center: Acta-Mobilier case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind El Haouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4899,51 +4899,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An iterative closest point method for measuring the level of similarity of 3D log scans in wood industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrine Selma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind El Haouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5610,338 +5610,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01134897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un ensemble classificateur pour la classification de données dynamiques. Application à un problème de qualité d'air intérieur</w:t>
+                <w:t xml:space="preserve">Réduction et génération automatique de modèle Arena© en exploitant des arbres de régression : cas d'une scierie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Suhner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Conférence Francophone de Modélisation, Optimisation et Simulation, MOSIM'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086856v1</w:t>
+                <w:t xml:space="preserve">hal-01086859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction et génération automatique de modèle Arena© en exploitant des arbres de régression : cas d'une scierie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combinaison d'indicateurs pour évaluer la perturbation des flux dans les ateliers à forts taux de reprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Noyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Conférence Francophone de Modélisation, Optimisation et Simulation, MOSIM'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086859v1</w:t>
+                <w:t xml:space="preserve">hal-01086864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinaison d'indicateurs pour évaluer la perturbation des flux dans les ateliers à forts taux de reprises</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un ensemble classificateur pour la classification de données dynamiques. Application à un problème de qualité d'air intérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thomas Brault</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Derigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Suhner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Conférence Francophone de Modélisation, Optimisation et Simulation, MOSIM'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01086864v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01086856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CART for supply chain simulation models reduction</w:t>
               </w:r>
@@ -6083,51 +6083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems, APMS'14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Ajaccio, France. pp.280-287, </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6533,51 +6533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Industrial Engineering and Systems Management, IESM'13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Rabat, Morocco. pp.CDROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7090,51 +7090,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une procédure de détermination de temps unitaire de pièces découpées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind El Haouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7824,51 +7824,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Messai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8007,51 +8007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadhir Messai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Riera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8475,77 +8475,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gradient-based controllers for continuous Petri nets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Druaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8589,51 +8589,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des carrefours « intelligents » pour une meilleure gestion du trafic urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Tolba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9047,51 +9047,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chabanet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril El-Haouzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2025.103092" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788517v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Suhner" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril El Haouzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30958/ajs.11-4-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130759v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martineau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudreault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2023.103964" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323554v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-023-01852-8" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627182v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bril El-Haouzi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2068086" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325460v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103529" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348311v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Zimmermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegay Tesfay Mezgebe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pannequin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103549" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757831v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril  El Haouzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thomas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2018.03.038" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415404v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Derigent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.49.375-391" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308813v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Noyel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Charpentier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.49.179-198" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308969v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374907v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Noyel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2016.09.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853970v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lefebvre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Leclercq" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Druaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207721.2013.827264" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086842v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11063-014-9366-5" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862091v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/284570" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569936v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2011.01.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569837v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2010.543560" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292749v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Tolba" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Elmoudni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.42.579-612" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137708v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137707v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Messai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2004.02.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2CX6DPQ7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137709v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951969v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bloch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theilliol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0925-2312(95)00134-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867377v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ouladsine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0967-0661(95)00183-U" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3FE91854F3DE7EC3B8929441C524A377FFB03801/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322849v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Gauthey-Franet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinling Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rogaume" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201293v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.1051" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312913v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859435v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Chazelle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heleu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011541900003332" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061108v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Dumas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627198v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269333v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334543v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85906-0_62" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320240v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21428/594757db.89eadeff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404548v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304598v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bibaud-Alves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936069v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boucinha" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823501v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630234v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615343v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind El Haouzi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630235v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614692v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561500v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617778v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Selma" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415418v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134907v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225373v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149791v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086856v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086859v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086864v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brault" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387317v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44733-8_66" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086913v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44733-8_35" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086851v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833669v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaupretre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879491v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879477v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760266v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760257v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601725v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Belmokhtar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637519v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525896v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525891v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393987v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388829v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320824v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282833v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282804v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Choffel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320832v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103876v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Riera" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118494v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103137v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838224v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasamin Eslami" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lezoche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119987420.ch9" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913300v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35852-4_12" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C48FAA9677E5764DBDA406C933C2E344FF6001B7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372719v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569926v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344251v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747429v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1997NAN10030" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01096878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chabanet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril El-Haouzi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Thomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2025.103092" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788517v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Suhner" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril El Haouzi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30958/ajs.11-4-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130759v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martineau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Morin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudreault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2023.103964" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323554v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-023-01852-8" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627182v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bril El-Haouzi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2068086" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325460v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103529" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348311v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Zimmermann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsegay Tesfay Mezgebe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pannequin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103549" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757831v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril  El Haouzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thomas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2018.03.038" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415404v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Derigent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.49.375-391" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308813v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Noyel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Charpentier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.49.179-198" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308969v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374907v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Noyel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2016.09.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086842v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11063-014-9366-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853970v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lefebvre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Leclercq" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Druaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207721.2013.827264" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862091v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/284570" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569936v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2011.01.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569837v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537287.2010.543560" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292749v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Tolba" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Elmoudni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.42.579-612" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137708v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137707v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Messai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2004.02.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2CX6DPQ7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137709v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951969v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bloch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Theilliol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0925-2312(95)00134-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867377v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ouladsine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0967-0661(95)00183-U" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3FE91854F3DE7EC3B8929441C524A377FFB03801/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322849v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Gauthey-Franet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinling Liu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Rogaume" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201293v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2023.10.1051" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312913v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859435v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Chazelle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heleu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011541900003332" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061108v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Dumas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627198v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269333v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334543v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85906-0_62" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320240v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21428/594757db.89eadeff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404548v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304598v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bibaud-Alves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Bril" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936069v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boucinha" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823501v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615343v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind El Haouzi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630234v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630235v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614692v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561500v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617778v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Selma" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415418v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134907v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225373v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01232286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149791v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134897v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086859v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086864v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brault" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086856v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387317v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44733-8_66" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086913v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-44733-8_35" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086851v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833669v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaupretre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879491v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879477v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760266v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760257v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601725v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Belmokhtar" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637519v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525896v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525891v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393987v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388829v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320824v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282833v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282804v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Choffel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320832v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103876v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Riera" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118494v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103137v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838224v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasamin Eslami" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lezoche" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119987420.ch9" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913300v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35852-4_12" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C48FAA9677E5764DBDA406C933C2E344FF6001B7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372719v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569926v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344251v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747429v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1997NAN10030" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01096878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>