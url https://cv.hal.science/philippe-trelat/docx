--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1312,196 +1312,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the market place : Commercial and artisan activity in Nicosia between the Latin and Ottoman eras</w:t>
+                <w:t xml:space="preserve">Clio sous le regard d’Hermès: itinéraires et œuvre de Dominique Jauna, historien de Chypre et des croisades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Trélat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hesperia Iliadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Centre d'Etudes Chypriotes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/cchyp.2011.1114⟩</w:t>
+              <w:t xml:space="preserve">Crusades</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 10 (1), pp.147-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/28327861.2011.12220452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787741v1</w:t>
+                <w:t xml:space="preserve">hal-04253219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clio sous le regard d’Hermès: itinéraires et œuvre de Dominique Jauna, historien de Chypre et des croisades</w:t>
+                <w:t xml:space="preserve">Tracing the market place : Commercial and artisan activity in Nicosia between the Latin and Ottoman eras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Trélat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hesperia Iliadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crusades</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 10 (1), pp.147-174. </w:t>
+              <w:t xml:space="preserve">Cahiers du Centre d'Etudes Chypriotes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41 (1), pp.299-328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/28327861.2011.12220452⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/cchyp.2011.1114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04253219v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2639,51 +2639,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La representation picturale d’une architecture disparue : quelques sites chypriotes au début de la période vénitienne illustrés dans un manuscript du XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Trélat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hesperia Iliadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Art and Archaeology of Lusignan and Venetian Cyprus (1192-1571) : Recent Research and New Discoveries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3437,51 +3437,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9C5312FB"/>
+    <w:nsid w:val="FFFE7FE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3585,51 +3585,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="C28C0513"/>
+    <w:nsid w:val="0E9B8751"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3819,51 +3819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-trelat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139213945" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198955313" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000139801049" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phil_trelat@yahoo.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efa.gr/section-categorie/grece-franque/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069897v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grivaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Meyer-Fernandez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tr&#233;lat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Voisin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841747v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Nicolaou-Konnari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/25895931-12340015" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253177v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.064.0019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253174v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.299" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02948900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fourrier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253185v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.629" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441073v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441013v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.PCEEB.5.119873" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253184v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.452" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02440967v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.308" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787697v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cchyp.2013.1079" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787694v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787741v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesperia Iliadou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cchyp.2011.1114" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253219v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28327861.2011.12220452" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005429v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04228815v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787703v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441061v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617875v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Voisin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390350v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valerian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okcan Y&#305;ld&#305;r&#305;mt&#252;rk" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04722590v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guizard-Ortega" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouras" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04219908v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianco Elisa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheny Anne-Marie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grivaud Gilles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joassart Bernard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253171v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253180v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.10139" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441031v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820440v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/entre-deux-rives" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441034v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.46440" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441043v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06458-9.p.0031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441049v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441055v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.SEUH-EB.5.103476" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787685v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bouch.coulo.2007.01.0129" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04252954v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04252957v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-trelat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139213945" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198955313" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000139801049" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phil_trelat@yahoo.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efa.gr/section-categorie/grece-franque/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069897v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grivaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Meyer-Fernandez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tr&#233;lat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Voisin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841747v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Nicolaou-Konnari" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/25895931-12340015" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253177v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.064.0019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253174v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.299" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02948900v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fourrier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253185v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.629" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441073v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441013v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.PCEEB.5.119873" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253184v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.452" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02440967v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cchyp.308" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787697v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cchyp.2013.1079" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787694v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253219v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/28327861.2011.12220452" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787741v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesperia Iliadou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/cchyp.2011.1114" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005429v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04228815v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787703v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441061v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617875v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Voisin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390350v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Valerian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okcan Y&#305;ld&#305;r&#305;mt&#252;rk" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04722590v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guizard-Ortega" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouras" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04219908v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianco Elisa" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheny Anne-Marie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grivaud Gilles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joassart Bernard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253171v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04253180v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.10139" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441031v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820440v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/entre-deux-rives" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441034v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.46440" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441043v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06458-9.p.0031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441049v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02441055v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.SEUH-EB.5.103476" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787685v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bouch.coulo.2007.01.0129" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04252954v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04252957v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>