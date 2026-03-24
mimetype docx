--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -162,51 +162,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (50)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -306,6152 +306,6286 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/coasts5040037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386581v1</w:t>
+                <w:t xml:space="preserve">hal-05549874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of relative humidity and carbonation on the mechanical behavior of compacted fine recycled aggregates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yunlu Hou</w:t>
+                <w:t xml:space="preserve">Evolution Mechanisms of an Artificial Calco-Magnesian Agglomerate in Seawater: Analysis of Powder by Experiments and Numerical Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Zadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Soive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaric Zanibellato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-025-02748-0⟩</w:t>
+              <w:t xml:space="preserve">Anthropocene Coasts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (4), pp.37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coasts5040037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05248542v1</w:t>
+                <w:t xml:space="preserve">hal-05386581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stockpile of recycled aggregates: A carbon sink?</w:t>
+                <w:t xml:space="preserve">Effect of relative humidity and carbonation on the mechanical behavior of compacted fine recycled aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alessia Cuccurullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yunlu Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Xavier Jourdain</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.140979⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (7), pp.248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-025-02748-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503987v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbonation of recycled concrete aggregate in a fixed-bed reactor: Effects of temperature, initial water saturation degree and particle size</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Artoni</w:t>
+                <w:t xml:space="preserve">Stockpile of recycled aggregates: A carbon sink?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunlu Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Richard</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of CO2 Utilization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcou.2025.103286⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 473, pp.140979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2025.140979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05391761v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative study of CO2 uptake quantification methods: A case study on recycled concrete aggregates under natural carbonation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunlu Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Cazacliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Building Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 101, pp.111845. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jobe.2025.111845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman identification of CaCO3 polymorphs in concrete prepared with carbonated recycled concrete aggregates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Djerbi</w:t>
+                <w:t xml:space="preserve">Carbonation of recycled concrete aggregate in a fixed-bed reactor: Effects of temperature, initial water saturation degree and particle size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corvec Gaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Artoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-024-02296-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of CO2 Utilization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 102, pp.103286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcou.2025.103286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680626v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled thermo-hydro-chemical modeling of accelerated carbonation of cementbased materials: application to CO 2 uptake</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raman identification of CaCO3 polymorphs in concrete prepared with carbonated recycled concrete aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gouadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Offroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Haouchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Djerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2024.109819⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57 (2), pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-024-02296-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04602328v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification and estimation of the mass composition of recycled aggregates by deep neural networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
+                <w:t xml:space="preserve">Coupled thermo-hydro-chemical modeling of accelerated carbonation of cementbased materials: application to CO 2 uptake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Kaddah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Roziere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2023.103889⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2024.109819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04514914v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of microstructure and CO2 diffusion coefficient of compacted recycled aggregates during carbonation investigated by X-ray tomography</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Lux</w:t>
+                <w:t xml:space="preserve">Classification and estimation of the mass composition of recycled aggregates by deep neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean David Lau Hiu Hoong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.130715⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 148, pp.103889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2023.103889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503997v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la température sur les mécanismes physico-chimiques gouvernant le processus de carbonatation en température</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Soive</w:t>
+                <w:t xml:space="preserve">Evolution of microstructure and CO2 diffusion coefficient of compacted recycled aggregates during carbonation investigated by X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunlu Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ouali Amiri</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26168/ajce.40.3.3⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 372, pp.130715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2023.130715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04343761v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Biocalcifying Marine Bacterial Strains Isolated from Calcareous Deposits and Immediate Surroundings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Vincent</w:t>
+                <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Colin</w:t>
+                <w:t xml:space="preserve">René Sabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Sopéna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (1), pp.76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/microorganisms10010076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of CO2 uptake of concretes with mineral additions after 10-year natural carbonation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Akli Younsi</w:t>
+                <w:t xml:space="preserve">Effets de la température sur les mécanismes physico-chimiques gouvernant le processus de carbonatation en température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Corvec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.131362⟩</w:t>
+              <w:t xml:space="preserve">Academic Journal of Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Fastcarb 2022, 40 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26168/ajce.40.3.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636490v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04343761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards global indicator of durability performance and carbon footprint of clinker-slag-limestone cement-based concrete exposed to carbonation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
+                <w:t xml:space="preserve">Quantification of CO2 uptake of concretes with mineral additions after 10-year natural carbonation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Younsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 380, pp.134876. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.134876⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 349, pp.131362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.131362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04115746v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The FastCarb project: Taking advantage of the accelerated carbonation of recycled concrete aggregates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards global indicator of durability performance and carbon footprint of clinker-slag-limestone cement-based concrete exposed to carbonation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Elkhaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cscm.2022.e01349⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 380, pp.134876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.134876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03981982v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of Recycled Aggregates Used for Pavement Base: From Field to Laboratory</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hakim Hamdoun</w:t>
+                <w:t xml:space="preserve">The FastCarb project: Taking advantage of the accelerated carbonation of recycled concrete aggregates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Torrenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laury Barnes-Davin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bougrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Braymand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials in Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1061/(ASCE)MT.1943-5533.0003661⟩</w:t>
+              <w:t xml:space="preserve">Case Studies in Construction Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17, pp.art.e01349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cscm.2022.e01349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03797121v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbonation rate of compacted recycled aggregates for sub-base layers of pavement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Reactivity of Recycled Aggregates Used for Pavement Base: From Field to Laboratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean David Lau Hiu Hoong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunlu Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Hamdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.125420⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/(ASCE)MT.1943-5533.0003661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03797104v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomineralization of calcium carbonate by marine bacterial strains isolated from calcareous deposits</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Refait</w:t>
+                <w:t xml:space="preserve">Carbonation rate of compacted recycled aggregates for sub-base layers of pavement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunlu Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/mattech/2020027⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 312, pp.125420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2021.125420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014433v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A proposed modeling of coupling carbonation-porosity-moisture transfer in concrete based on mass balance equilibrium</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Biomineralization of calcium carbonate by marine bacterial strains isolated from calcareous deposits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Sabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lanneluc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Refait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.116997⟩</w:t>
+              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 108 (3), pp.302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mattech/2020027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02471838v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the composition of recycled aggregates using a deep learning-based image analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
+                <w:t xml:space="preserve">A proposed modeling of coupling carbonation-porosity-moisture transfer in concrete based on mass balance equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Othman Omikrine Metalssi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automation in Construction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.autcon.2020.103204⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 230, pp.116997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.116997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03797096v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02471838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of carbonation on the microstructure and the gas diffusivity of hardened cement pastes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mouna Boumaaza</w:t>
+                <w:t xml:space="preserve">Determination of the composition of recycled aggregates using a deep learning-based image analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean David Lau Hiu Hoong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.119227⟩</w:t>
+              <w:t xml:space="preserve">Automation in Construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 116, pp.103204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.autcon.2020.103204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03490822v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The CO2-binding capacity of synthetic anhydrous and hydrates: Validation of a test method based on the instantaneous reaction rate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Influence of carbonation on the microstructure and the gas diffusivity of hardened cement pastes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna Boumaaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2020.106113⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 253, pp.119227 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.119227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03490152v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of the influence of drying on properties governing the carbonation mechanism of concretes with low clinker content</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Staquet</w:t>
+                <w:t xml:space="preserve">The CO2-binding capacity of synthetic anhydrous and hydrates: Validation of a test method based on the instantaneous reaction rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Boumaaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2016.1271364⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 135, pp.106113 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2020.106113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153925v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficiency of water repellent surface treatment: Experiments on low performance concrete and numerical investigation with pore network model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Namoulniara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-Y. Mahieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Turcry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 227, pp.116638. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2019.08.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new test method to determine the gaseous oxygen diffusion coefficient of cement pastes as a function of hydration duration, microstructure, and relative humidity</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Numerical study of the influence of drying on properties governing the carbonation mechanism of concretes with low clinker content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Staquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-018-1178-z⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (2), pp.172-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2016.1271364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02316874v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of ready-mixed concrete plants sludge and incorporation into mortars: Origin of pollutants, environmental characterization and impacts on mortars characteristics</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A new test method to determine the gaseous oxygen diffusion coefficient of cement pastes as a function of hydration duration, microstructure, and relative humidity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boumaaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.02.155⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-018-1178-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02469614v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilization of sludge from ready-mixed concrete plants as a substitute for limestone fillers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ph Turcry</w:t>
+                <w:t xml:space="preserve">Characterization of ready-mixed concrete plants sludge and incorporation into mortars: Origin of pollutants, environmental characterization and impacts on mortars characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Audo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-Y. Mahieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Churlaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.02.044⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 183, pp.153-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.02.155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02316933v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reuse of recycled crushed concrete fines as mineral addition in cementitious materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Lux</w:t>
+                <w:t xml:space="preserve">Utilization of sludge from ready-mixed concrete plants as a substitute for limestone fillers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Audo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Mahieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-015-0716-1⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 112, pp.790-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2016.02.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02316927v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of CO 2 effective diffusion coefficient of cementitious materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reuse of recycled crushed concrete fines as mineral addition in cementitious materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Oksri-Nelfia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-Y. Mahieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Namoulniara</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ph. Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2015.1132011⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49, pp.3239-3251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-015-0716-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02316906v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of an accelerated carbonation test with severe preconditioning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Measurement of CO 2 effective diffusion coefficient of cementitious materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Namoulniara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2014.01.003⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (10), pp.1183-1196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2015.1132011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153907v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the time of demoulding on adhesion of cement-based mortar modified with cellulose ether</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
+                <w:t xml:space="preserve">Analysis of an accelerated carbonation test with severe preconditioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Oksri-Nelfia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2014.896756⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57, pp.70-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2014.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01695966v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of the variability of concrete durability properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Influence of the time of demoulding on adhesion of cement-based mortar modified with cellulose ether</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mauroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2012.11.002⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1 - 10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2014.896756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00845982v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01695966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated carbonation of concrete with high content of mineral additions: Effect of interactions between hydration and drying</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental investigation of the variability of concrete durability properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Torrenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Capra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Carcasses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 43, pp.25-33. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2012.10.008⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 45, pp. 21-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2012.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02153900v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of in situ concrete variability on accelerated carbonation test</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accelerated carbonation of concrete with high content of mineral additions: Effect of interactions between hydration and drying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Rougeau</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Staquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2012.667707⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43, pp.25-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2012.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153896v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of carbonation on microstructure and drying shrinkage of a mortar with cellulose ether</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Othman Omikrine Metalssi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aït Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Ruot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 34, pp. 218-225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.02.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02888135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of mix proportions on microstructure and gas permeability of cement pastes and mortars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.A. A Hamami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aït-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 42 (2), pp.490-498. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconres.2011.11.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02076718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the variability of moisture transfer properties of High Performance Concrete from a multistage drying experiment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Aït- Mokhtar</w:t>
+                <w:t xml:space="preserve">Influence of in situ concrete variability on accelerated carbonation test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Jacquemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rougeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 16 (3-4), pp.352-361. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2012.667713⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 16 (3-4), pp.288-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2012.667707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00732197v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term deformations and cracking risk of concrete with high content of mineral additions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of the variability of moisture transfer properties of High Performance Concrete from a multistage drying experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hamami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aït- Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-012-9867-5⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (3-4), pp.352-361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2012.667713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05310139v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00732197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of cracking due to drying in coating mortars by digital image correlation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Long-term deformations and cracking risk of concrete with high content of mineral additions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aveline Darquennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Irfan Ahmad Khokhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2012.04.002⟩</w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (11), pp.1705-1716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1617/s11527-012-9867-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01695967v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water vapour desorption variability of in situ concrete and effects on drying simulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Belarbi</w:t>
+                <w:t xml:space="preserve">Study of cracking due to drying in coating mortars by digital image correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mauroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Benboudjema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ph Turcry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Deves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magazine of Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1680/macr.9.00161⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42 (7), pp.1014 - 1023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2012.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01738721v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01695967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance-based design and carbonation of concrete with high fly ash content</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+                <w:t xml:space="preserve">Water vapour desorption variability of in situ concrete and effects on drying simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafik Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2011.07.005⟩</w:t>
+              <w:t xml:space="preserve">Magazine of Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 63 (5), pp.333-342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1680/macr.9.00161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01007180v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01738721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mix design of concrete with high content of mineral additions: Optimisation to improve early age strength</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Performance-based design and carbonation of concrete with high fly ash content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Younsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rozière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aït-Mokhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 32 (5), pp.377-385. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2010.01.006⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 33 (10), pp.993-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2011.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01007052v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01007180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du modèle de microstructure d'un matériau cimentaire sur la prédiction de sa perméabilité</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
+                <w:t xml:space="preserve">Mix design of concrete with high content of mineral additions: Optimisation to improve early age strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Irfan Ahmad Khokhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales du Bâtiment et des travaux publics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 32 (5), pp.377-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2010.01.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00544841v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01007052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical shrinkage of cement pastes and mortars at very early age: effect of limestone filler and granular inclusions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
+                <w:t xml:space="preserve">Influence du modèle de microstructure d'un matériau cimentaire sur la prédiction de sa perméabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkarim Aît-Mokhtar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales du Bâtiment et des travaux publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 6, pp.6-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01005858v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00544841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proportioning and characterization of lightweight concrete mixtures made with rigid polyurethane foam wastes</w:t>
+                <w:t xml:space="preserve">Chemical shrinkage of cement pastes and mortars at very early age: effect of limestone filler and granular inclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marwen Bouasker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Mounanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 30 (9), pp.806-814. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2008.06.007⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 30 (1), pp.13-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2007.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01007225v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01005858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportement mécanique de poutres attaquées par la corrosion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proportioning and characterization of lightweight concrete mixtures made with rigid polyurethane foam wastes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mounanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Gbongbon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poullain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Européenne de Génie Civil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17747120.2007.9692928⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 30 (9), pp.806-814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2008.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01006967v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01007225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of paste volume on shrinkage cracking and fracture properties of self-compacting concrete</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comportement mécanique de poutres attaquées par la corrosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2007.03.010⟩</w:t>
+              <w:t xml:space="preserve">Revue Européenne de Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 11 (1-2), pp.195-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17747120.2007.9692928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01006975v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cracking Tendency of Self-Compacting Concrete Subjected to Restrained Shrinkage: Experimental Study and Modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of paste volume on shrinkage cracking and fracture properties of self-compacting concrete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Granger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdeldjelil Belarbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials in Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1061/(ASCE)0899-1561(2006)18:1(46)⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 29 (8), pp.626-636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2007.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01006707v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Plastic shrinkage Cracking of self compacting concrete</w:t>
+                <w:t xml:space="preserve">Cracking Tendency of Self-Compacting Concrete Subjected to Restrained Shrinkage: Experimental Study and Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeldjelil Belarbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Materials in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 18 (1), pp.46-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/(ASCE)0899-1561(2006)18:1(46)⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01006823v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Différentes approches pour la formulation des bétons autoplaçants</w:t>
+                <w:t xml:space="preserve">Evaluation of Plastic shrinkage Cracking of self compacting concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Génie Civil </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Materials Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 103 (4), pp.272-280</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01006744v1</w:t>
+                <w:t xml:space="preserve">hal-01006823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Différentes approches pour la formulation des bétons autoplaçants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Turcry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Loukili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Génie Civil </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 7 (4), pp.425-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12795119.2003.9692503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Can the maturity concept be used for separating autogenous shrinkage and thermal deformation of a cement paste at early age?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Barcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Casabonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 32 (9), pp.1443-1450. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0008-8846(02)00800-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01005844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId212"/>
+      <w:footerReference w:type="default" r:id="rId213"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6519,51 +6653,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F03F5F9B"/>
+    <w:nsid w:val="431134DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6750,51 +6884,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-turcry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6296-695X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078143799" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386581v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soive" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaric Zanibellato" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Mahieux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coasts5040037" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248542v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Cuccurullo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunlu Hou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perlot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02748-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503987v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jourdain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.140979" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391761v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corvec Ga&#235;l" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Artoni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcou.2025.103286" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503994v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cazacliu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.111845" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680626v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marchetti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gouadec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Offroy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haouchine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djerbi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-024-02296-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602328v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Kaddah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roziere" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.109819" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514914v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean David Lau Hiu Hoong" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2023.103889" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503997v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.130715" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343761v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Corvec" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.40.3.3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890541v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vincent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Colin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Sabot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sop&#233;na" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010076" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akli Younsi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.131362" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115746v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Elkhaldi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rozi&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Loukili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.134876" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cstb.hal.science/hal-03981982v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Torrenti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Barnes-Davin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bougrain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Braymand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2022.e01349" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797121v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Hamdoun" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)MT.1943-5533.0003661" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797104v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.125420" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014433v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Refait" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2020027" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471838v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othman Omikrine Metalssi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#238;t-Mokhtar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Turcry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.116997" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797096v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2020.103204" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490822v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Boumaaza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Huet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.119227" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490152v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2020.106113" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153925v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Turcry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Staquet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2016.1271364" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316861v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Namoulniara" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-Y. Mahieux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.08.019" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316874v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boumaaza" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pham" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-018-1178-z" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469614v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Audo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Mahieux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chateau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Churlaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.02.155" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316933v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Audo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.02.044" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316927v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Oksri-Nelfia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-015-0716-1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316906v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2015.1132011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153907v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.01.003" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695966v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mauroux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benboudjema" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2014.896756" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845982v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Benboudjema" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Capra" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Carcasses" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.11.002" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153900v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Staquet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.10.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JZKX7WGC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153896v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jacquemot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rougeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.667707" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888135v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#239;t Mokhtar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ruot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.044" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WR7KT056-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076718v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. A Hamami" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.11.019" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4K8Q4LHV-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732197v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trabelsi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamami" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t- Mokhtar" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.667713" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310139v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aveline Darquennes" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Irfan Ahmad Khokhar" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-012-9867-5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N5FJFNKH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695967v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deves" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.04.002" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXW9WZGX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738721v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belarbi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/macr.9.00161" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007180v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2011.07.005" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007052v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grondin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2010.01.006" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544841v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gendron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005858v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Bouasker" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mounanga" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Khelidj" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2007.06.004" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007225v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Gbongbon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2008.06.007" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGZC0XSN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006967v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17747120.2007.9692928" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006975v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Granger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2007.03.010" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJ5Q4ZXG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Haidar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjelil Belarbi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)0899-1561(2006)18:1(46)" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006823v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006744v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12795119.2003.9692503" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005844v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barcelo" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Casabonne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0008-8846(02)00800-1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFNJQMTF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-turcry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6296-695X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078143799" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549874v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zadi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soive" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcry" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaric Zanibellato" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Mahieux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coasts5040037" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386581v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248542v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Cuccurullo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunlu Hou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perlot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02748-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503987v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Jourdain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.140979" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503994v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cazacliu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.111845" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391761v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corvec Ga&#235;l" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Artoni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Richard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcou.2025.103286" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680626v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marchetti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gouadec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Offroy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haouchine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djerbi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-024-02296-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602328v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Kaddah" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roziere" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.109819" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514914v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean David Lau Hiu Hoong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2023.103889" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503997v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2023.130715" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890541v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vincent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Colin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Sabot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sop&#233;na" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10010076" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343761v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Corvec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.40.3.3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636490v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akli Younsi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.131362" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115746v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Elkhaldi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rozi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Loukili" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.134876" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cstb.hal.science/hal-03981982v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Torrenti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Barnes-Davin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bougrain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Braymand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cscm.2022.e01349" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797121v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Hamdoun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)MT.1943-5533.0003661" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797104v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.125420" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014433v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Refait" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2020027" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471838v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othman Omikrine Metalssi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#238;t-Mokhtar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Turcry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.116997" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797096v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2020.103204" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490822v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Boumaaza" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Huet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.119227" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490152v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2020.106113" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316861v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Namoulniara" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-Y. Mahieux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t-Mokhtar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Turcry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.08.019" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153925v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Staquet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2016.1271364" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316874v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boumaaza" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Huet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pham" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-018-1178-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469614v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Audo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-Y. Mahieux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chateau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Churlaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.02.155" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316933v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Audo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2016.02.044" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316927v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Oksri-Nelfia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-015-0716-1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316906v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2015.1132011" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153907v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.01.003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695966v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mauroux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benboudjema" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2014.896756" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845982v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Benboudjema" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Capra" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Carcasses" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.11.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Staquet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.10.008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JZKX7WGC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888135v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim A&#239;t Mokhtar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ruot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.044" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WR7KT056-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076718v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. A Hamami" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.11.019" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4K8Q4LHV-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153896v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jacquemot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rougeau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.667707" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732197v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trabelsi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hamami" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A&#239;t- Mokhtar" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2012.667713" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310139v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aveline Darquennes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Irfan Ahmad Khokhar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-012-9867-5" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N5FJFNKH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695967v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deves" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2012.04.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXW9WZGX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738721v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belarbi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/macr.9.00161" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007180v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2011.07.005" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007052v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grondin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2010.01.006" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544841v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gendron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005858v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Bouasker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mounanga" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Khelidj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2007.06.004" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007225v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Gbongbon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poullain" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2008.06.007" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGZC0XSN-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006967v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17747120.2007.9692928" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006975v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Granger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2007.03.010" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJ5Q4ZXG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006707v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Haidar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeldjelil Belarbi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)0899-1561(2006)18:1(46)" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006823v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006744v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12795119.2003.9692503" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005844v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barcelo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Casabonne" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0008-8846(02)00800-1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XFNJQMTF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>