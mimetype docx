--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -91,331 +91,555 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Watch out sharks!’ Mobilisations against the rental market in the favelas of Belo Horizonte (Brazil) in the early 1960s</w:t>
+                <w:t xml:space="preserve">Les mots de la coproduction: décrire, nommer et comparer la fabrique urbaine alternative en France et au Brésil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel S. R. de Oliveira</w:t>
+                <w:t xml:space="preserve">Sabrina Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Lucas Poy; Hannes Rolf. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karina Oliveira Leitão</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Silviano Brandão Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnès Deboulet; Elise Havard dit Duclos; Philippe Urvoy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rent Strikes. A history of collective tenant actions across the world</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solidarités et coproductions urbaines. Universités et associations en soutien aux mobilisations habitantes. France-Brésil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Oeil d'Or, pp.37-50, 2026, 978-2-490437-55-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349942v1</w:t>
+                <w:t xml:space="preserve">halshs-05544545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luttes urbaines à Belo Horizonte : des mouvements de favelados aux ocupações</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">‘Watch out sharks!’ Mobilisations against the rental market in the favelas of Belo Horizonte (Brazil) in the early 1960s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel S. R. de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marianne Morange; Amandine Spire. </w:t>
+              <w:t xml:space="preserve">Lucas Poy; Hannes Rolf. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vivre et construire le droit à la ville : expériences au Sud</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rent Strikes. A history of collective tenant actions across the world</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCL Press, 2025, 9781800089822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14324/111.9781800089822⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-05327988v1</w:t>
+                <w:t xml:space="preserve">hal-05349942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">As palavras da coprodução</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Urvoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karina Oliveira Leitão</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Silviano Brandão Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">João Sette Whitaker Ferreira &amp; al. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Produzir juntos espaços e saberes. Um olhar para a ação da universidade em bairros populares</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FAU USP, pp.292-309, 2025, 978-65-89514-82-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05542363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luttes urbaines à Belo Horizonte : des mouvements de favelados aux ocupações</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Urvoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marianne Morange; Amandine Spire. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vivre et construire le droit à la ville : expériences au Sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.97-114, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pupo.19870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05327988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mémoire sociale et luttes urbaines dans les villes minières : de Lens (France) à São Pedro da Cova (Portugal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanane Idihia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">André Casa Nova Maia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">História oral e direito à cidade : paisagens urbanas, narrativas e memória social.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Letra e Vozes, 2019, 978-85-93467-26-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05347639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -425,124 +649,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coproduire la ville par le bas, perspectives franco-brésiliennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Deboulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 40, https://shs.cairn.info/revue-participations-2024-3?lang=fr, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -552,734 +776,734 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coproduire des savoirs urbains à partir des mobilisations en France et au Brésil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Havard Dit Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Deboulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 119, https://mouvements.info/coproduire-des-savoirs-urbains-a-partir-des-mobilisations-en-france-et-au-bresil/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">«Reorganise the Slum»: Military Intervention in the Favelas After the 1964 Coup in Brazil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction. Coproduire la ville « par le bas », perspectives franco-­­brésiliennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Deboulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Storia Urbana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3280/SU2024-177007⟩</w:t>
+              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, N° 40 (3), pp.7-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parti.040.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05327966v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05327951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contester les projets olympiques en ­­Seine-­­Saint-Denis.Une coproduction des connaissances face à ­­l’urbanisme événementiel ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">«Reorganise the Slum»: Military Intervention in the Favelas After the 1964 Coup in Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/parti.040.0143⟩</w:t>
+              <w:t xml:space="preserve">Storia Urbana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 177, pp.119-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3280/SU2024-177007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05327975v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05327966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Coproduire la ville « par le bas », perspectives franco-­­brésiliennes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agnès Deboulet</w:t>
+                <w:t xml:space="preserve">Contester les projets olympiques en ­­Seine-­­Saint-Denis.Une coproduction des connaissances face à ­­l’urbanisme événementiel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Drozdz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pedro Gomes</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Kontos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, N° 40 (3), pp.7-34. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/parti.040.0007⟩</w:t>
+              <w:t xml:space="preserve">, 2025, N° 40 (3), pp.143-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parti.040.0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05327951v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05327975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demolish and restore : exploring the history and archives of a social housing district through collaborative research in the Grand Paris Metropolis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Havard Dit Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Idrissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urban pamphleteer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11, https://issuu.com/uclurbanlab/docs/urban_pamphleteer_11_multi-stories</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coécrire l’histoire locale face à la démolition des quartiers populaires, de Plaisir (France) à Belo Horizonte (Brésil)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Havard Dit Duclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/craup.10773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Informalidade urbana e &amp;quot;espaços de exceção&amp;quot;: as políticas socioespaciais da Ditadura portuguesa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">O Social em Questão. Revista do Departamento de Serviço Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 21 (42), pp.23-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O plano e o oblíquo: ocupações de terras e movimentos de moradores em Belo Horizonte nos anos 1960: reflexão sobre duas escritas distintas do espaço urbano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Libertas. Revista da Faculdade de Serviço Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15, https://periodicos.ufjf.br/index.php/libertas/article/view/18450</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1289,112 +1513,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La favela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Urvoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nos lieux communs. Une géographie du monde contemporain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://www.fayard.fr/livre/nos-lieux-communs-9782213725147/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1541,51 +1765,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349942v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. R. de Oliveira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Urvoy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14324/111.9781800089822" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327988v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pupo/19870" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.19870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347639v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Idihia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328392v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Deboulet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gomes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328341v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Havard Dit Duclos" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327966v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SU2024-177007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327975v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Drozdz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Kontos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.040.0143" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327951v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.040.0007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328424v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Idrissi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326779v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.10773" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328295v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328470v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328064v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05544545v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bresson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Urvoy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Oliveira Leit&#227;o" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Silviano Brand&#227;o Lopes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349942v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. R. de Oliveira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14324/111.9781800089822" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05542363v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327988v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pupo/19870" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.19870" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347639v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Idihia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328392v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Deboulet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gomes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328341v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Havard Dit Duclos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327951v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.040.0007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327966v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SU2024-177007" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327975v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Drozdz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Kontos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.040.0143" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328424v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Idrissi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326779v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.10773" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328295v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328470v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328064v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>