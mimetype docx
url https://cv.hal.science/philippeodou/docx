--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -767,209 +767,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scepticisme du consommateur et efficacité promotionnelle</w:t>
+                <w:t xml:space="preserve">Consumer Skepticism and Promotion Effectiveness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline de Pechpeyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Odou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 27 (2), pp.45-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/076737011202700203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/205157071202700203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048748v1</w:t>
+                <w:t xml:space="preserve">hal-02048730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumer Skepticism and Promotion Effectiveness</w:t>
+                <w:t xml:space="preserve">Scepticisme du consommateur et efficacité promotionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline de Pechpeyrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Odou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 27 (2), pp.45-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/205157071202700203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/076737011202700203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048730v1</w:t>
+                <w:t xml:space="preserve">hal-02048748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumer cynicism : From resistance to anti‐consumption in a disenchanted world?</w:t>
               </w:r>
@@ -1113,217 +1113,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02048746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crise du pouvoir d'achat: Les distributeurs face au «wise shopping»</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De l'achat malin au détournement de la promotion: le cas des odristes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Odou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souad Djelassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Collin-Lachaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Odou</w:t>
+                <w:t xml:space="preserve">Bertrand Belvaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, pp.37-46</w:t>
+              <w:t xml:space="preserve">, 2009, 55, pp.9-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048126v1</w:t>
+                <w:t xml:space="preserve">hal-02048751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'achat malin au détournement de la promotion: le cas des odristes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crise du pouvoir d'achat: Les distributeurs face au «wise shopping»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souad Djelassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Collin-Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Odou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Belvaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 55, pp.9-18</w:t>
+              <w:t xml:space="preserve">, 2009, pp.37-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048751v1</w:t>
+                <w:t xml:space="preserve">hal-02048126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2469,51 +2469,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Roznowicz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Odou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.102.0031" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929920v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schill" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.08.047" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048758v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Darke" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Voisin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570718813848" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048755v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118788479" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308120v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.088.13.33" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048761v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham H. Roberts" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2017.1343724" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048742v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#234;l Bonnin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048748v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pechpeyrou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737011202700203" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048730v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/205157071202700203" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048706v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048746v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048126v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Djelassi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collin-Lachaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048751v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Belvaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294711v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021429v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ringeval-Deluze" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schiffler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133896v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Godefroit-Winkel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054408v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054444v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711978v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Gicquel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711986v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441193v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487129v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Navarro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05107933v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chaney" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Roznowicz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Odou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.102.0031" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929920v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schill" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.08.047" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048758v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Darke" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Voisin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570718813848" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048755v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370118788479" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308120v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.088.13.33" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048761v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham H. Roberts" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10253866.2017.1343724" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048742v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#234;l Bonnin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048730v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pechpeyrou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/205157071202700203" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048748v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737011202700203" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048706v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048746v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048751v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Djelassi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Belvaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02048126v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Collin-Lachaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294711v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021429v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ringeval-Deluze" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schiffler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133896v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Godefroit-Winkel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054408v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054444v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711978v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Gicquel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711986v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441193v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487129v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Navarro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05107933v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chaney" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>