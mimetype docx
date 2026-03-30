--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond the gyrotropic motion: dynamic C-state in vortex spin torque oscillators</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mutual control of stochastic switching for two electrically coupled superparamagnetic tunnel junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Talatchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Romera Rabasa</w:t>
+                <w:t xml:space="preserve">Matthew W Daniels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Advait Madhavan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samh Menshawy</w:t>
+                <w:t xml:space="preserve">Matthew R Pufall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mafalda Jotta Garcia</w:t>
+                <w:t xml:space="preserve">Emilie Jué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 118 (1), pp.012404. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (5), pp.054427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0029083⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.054427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03007041v1</w:t>
+                <w:t xml:space="preserve">cea-04218150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutual control of stochastic switching for two electrically coupled superparamagnetic tunnel junctions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beyond the gyrotropic motion: dynamic C-state in vortex spin torque oscillators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Wittrock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Talatchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew W Daniels</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Advait Madhavan</w:t>
+                <w:t xml:space="preserve">Miguel Romera Rabasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew R Pufall</w:t>
+                <w:t xml:space="preserve">Samh Menshawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Jué</w:t>
+                <w:t xml:space="preserve">Mafalda Jotta Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 104 (5), pp.054427. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (1), pp.012404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.104.054427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0029083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04218150v1</w:t>
+                <w:t xml:space="preserve">hal-03007041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of flicker noise and nonlinearity on the frequency spectrum of spin torque nano-oscillators</w:t>
               </w:r>
@@ -2645,51 +2645,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149179v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Soumah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Desplat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-Tan Phan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Sidi El Valli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Advait Madhavan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/v53b-mz5b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403883v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Romera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Talatchian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Wittrock" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lebrun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Merazzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400808" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666737v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Pocher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temitayo Adeyeye" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidra Gibeault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Ebels" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.22.014057" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666736v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lathrop" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Daniels" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.034064" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitin Prasad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Hakam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Anghel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.034063" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007041v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Romera Rabasa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samh Menshawy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Jotta Garcia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0029083" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04218150v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W Daniels" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew R Pufall" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ju&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.054427" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993765v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumito Tsunegi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Yakushiji" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70076-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007176v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Talatchian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Romera" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abreu Araujo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bortolotti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cros" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.13.024073" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007099v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350211v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Abreu Araujo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0632-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lebrun" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Merazzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972346" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017292v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Peters" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666742v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375142v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-E. Harabi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Danouchi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Soumah" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazzi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRC66027.2025.11105749" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149769v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hutin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3565478.3572528" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399731v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Hirtzlin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Klein" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nowak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vianello" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOCAS.2019.8919010" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02015327v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149179v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Soumah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Desplat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-Tan Phan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Sidi El Valli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Advait Madhavan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/v53b-mz5b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403883v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Romera" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Talatchian" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Wittrock" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lebrun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Merazzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202400808" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666737v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Pocher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temitayo Adeyeye" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidra Gibeault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Ebels" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.22.014057" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666736v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lathrop" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Daniels" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.034064" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitin Prasad" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Hakam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Anghel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.034063" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04218150v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W Daniels" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew R Pufall" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ju&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.054427" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007041v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Romera Rabasa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samh Menshawy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Jotta Garcia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0029083" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993765v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumito Tsunegi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Yakushiji" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70076-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007176v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Talatchian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Romera" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abreu Araujo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bortolotti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cros" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.13.024073" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007099v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350211v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Abreu Araujo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0632-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lebrun" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Merazzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972346" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017292v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Peters" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666742v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375142v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-E. Harabi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Danouchi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Soumah" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bazzi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DRC66027.2025.11105749" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149769v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hutin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3565478.3572528" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399731v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Hirtzlin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Klein" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nowak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Vianello" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOCAS.2019.8919010" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02015327v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>