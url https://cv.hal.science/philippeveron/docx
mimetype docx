--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -177,13426 +177,14058 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From surveys to simulations: Integrating Notre-Dame de Paris' buttressing system diagnosis with knowledge graphs</w:t>
+                <w:t xml:space="preserve">A framework for the sustainability evaluation of smart and connected products concepts during early product design.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gros</w:t>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">José Hidalgo-Crespo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+                <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automation in Construction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 170, pp.105927. </w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 538, pp.147345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.autcon.2024.105927⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2025.147345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04833913v1</w:t>
+                <w:t xml:space="preserve">hal-05554047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life Cycle Assessment of PLM System Scenarios: Sensitivity Insights from an Academic Use Case</w:t>
+                <w:t xml:space="preserve">From surveys to simulations: Integrating Notre-Dame de Paris' buttressing system diagnosis with knowledge graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathis Cuzin</w:t>
+                <w:t xml:space="preserve">Antoine Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Mallet</w:t>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Nocentini</w:t>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Deguilhem</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/su17209279⟩</w:t>
+              <w:t xml:space="preserve">Automation in Construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 170, pp.105927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.autcon.2024.105927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05339284v1</w:t>
+                <w:t xml:space="preserve">hal-04833913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Assessment of Neural Radiance Fields and Photogrammetry in Digital Heritage: Impact of Varying Image Conditions on 3D Reconstruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Life Cycle Assessment of PLM System Scenarios: Sensitivity Insights from an Academic Use Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Cuzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Croce</w:t>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Billi</w:t>
+                <w:t xml:space="preserve">Kevin Nocentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriella Caroti</w:t>
+                <w:t xml:space="preserve">Benjamin Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Piemonte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (2), pp.301. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs16020301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su17209279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04930231v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smartphone LiDAR Data: A Case Study for Numerisation of Indoor Buildings in Railway Stations</w:t>
+                <w:t xml:space="preserve">Comparative Assessment of Neural Radiance Fields and Photogrammetry in Digital Heritage: Impact of Varying Image Conditions on 3D Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orphé Catharia</w:t>
+                <w:t xml:space="preserve">Valeria Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Richard</w:t>
+                <w:t xml:space="preserve">Dario Billi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Vignoles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+                <w:t xml:space="preserve">Gabriella Caroti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+                <w:t xml:space="preserve">Andrea Piemonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (4), pp.1967. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (2), pp.301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s23041967⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs16020301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002242v1</w:t>
+                <w:t xml:space="preserve">hal-04930231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges for data-driven design in early physical product design: A scientific and industrial perspective</w:t>
+                <w:t xml:space="preserve">KARMEN: Redefining collaboration and expertise sharing through an innovative knowledge graph framework: a case study in additive manufacturing.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Briard</w:t>
+                <w:t xml:space="preserve">Jean René Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 145, pp.103814. </w:t>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (6), pp.4193 - 4214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2022.103814⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12008-024-02015-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04001978v1</w:t>
+                <w:t xml:space="preserve">hal-05551919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H-BIM and Artificial Intelligence: Classification of Architectural Heritage for Semi-Automatic Scan-to-BIM Reconstruction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">Sensors capabilities as a creativity tool for engineering product design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (5), pp.2497. </w:t>
+              <w:t xml:space="preserve">Journal of Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (5), pp.639-664. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s23052497⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09544828.2024.2333195⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04009294v1</w:t>
+                <w:t xml:space="preserve">hal-05554175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Data Fusion Index for the Assessment and Enhancement of 3D Multimodal Reconstruction of Built Cultural Heritage</w:t>
+                <w:t xml:space="preserve">Smartphone LiDAR Data: A Case Study for Numerisation of Indoor Buildings in Railway Stations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Pamart</w:t>
+                <w:t xml:space="preserve">Orphé Catharia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violette Abergel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">Franck Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Veron</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Henri Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (9), pp.2408. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (4), pp.1967. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs15092408⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s23041967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04094102v1</w:t>
+                <w:t xml:space="preserve">hal-04002242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-automatic classification of digital heritage on the Aïoli open source 2D/3D annotation platform via machine learning and deep learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">H-BIM and Artificial Intelligence: Classification of Architectural Heritage for Semi-Automatic Scan-to-BIM Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Caroti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Piemonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2023.05.017⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (5), pp.2497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s23052497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04130066v1</w:t>
+                <w:t xml:space="preserve">hal-04009294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H-BIM and Artificial Intelligence: Classification of Architectural Heritage for Semi-Automatic Scan-to-BIM Reconstruction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">Challenges for data-driven design in early physical product design: A scientific and industrial perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s23052497⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 145, pp.103814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2022.103814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04009225v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04001978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design rules application in manufacturing industries: a state of the art survey and proposal of a context-aware approach</w:t>
+                <w:t xml:space="preserve">Toward a Data Fusion Index for the Assessment and Enhancement of 3D Multimodal Reconstruction of Built Cultural Heritage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Huet</w:t>
+                <w:t xml:space="preserve">Anthony Pamart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Pinquié</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (9), pp.2408. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12008-021-00821-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs15092408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03586218v1</w:t>
+                <w:t xml:space="preserve">hal-04094102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the Semantic Point Cloud to Heritage-Building Information Modeling: A Semiautomatic Approach Exploiting Machine Learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Semi-automatic classification of digital heritage on the Aïoli open source 2D/3D annotation platform via machine learning and deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Caroti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piemonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrea Piemonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (3), pp.461. </w:t>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62, pp.187-197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs13030461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2023.05.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03128295v1</w:t>
+                <w:t xml:space="preserve">hal-04130066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Context-aware cognitive design assistant: Implementation and study of design rules recommendations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H-BIM and Artificial Intelligence: Classification of Architectural Heritage for Semi-Automatic Scan-to-BIM Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Caroti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piemonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Engineering Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aei.2021.101419⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (5), pp.2497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s23052497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521614v1</w:t>
+                <w:t xml:space="preserve">hal-04009225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key issues for a manufacturing data query system based on graph</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Design rules application in manufacturing industries: a state of the art survey and proposal of a context-aware approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12008-021-00768-y⟩</w:t>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12008-021-00821-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335318v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining on-site and off-site analysis: towards a new paradigm for cultural heritage surveys</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Context-aware cognitive design assistant: Implementation and study of design rules recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Guegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISEGNARECON</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (26), </w:t>
+              <w:t xml:space="preserve">Advanced Engineering Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50, pp.101419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20365/disegnarecon.26.2021.13⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aei.2021.101419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03287495v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CACDA: A knowledge graph for a context-aware cognitive design assistant</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Pinquié</w:t>
+                <w:t xml:space="preserve">Key issues for a manufacturing data query system based on graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2020.103377⟩</w:t>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12008-021-00768-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03096757v1</w:t>
+                <w:t xml:space="preserve">hal-03335318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">i-Dataquest: A heterogeneous information retrieval tool using data graph for the manufacturing industry</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+                <w:t xml:space="preserve">From the Semantic Point Cloud to Heritage-Building Information Modeling: A Semiautomatic Approach Exploiting Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Caroti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Mallet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piemonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13030461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2021.103527⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03330584v1</w:t>
+                <w:t xml:space="preserve">hal-03128295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Robust and Versatile Pipeline for Automatic Photogrammetric-Based Registration of Multimodal Cultural Heritage Documentation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Combining on-site and off-site analysis: towards a new paradigm for cultural heritage surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DISEGNARECON</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (26), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20365/disegnarecon.26.2021.13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs12122051⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02885437v1</w:t>
+                <w:t xml:space="preserve">hal-03287495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capsid-specific removal of circulating antibodies to adeno-associated virus vectors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CACDA: A knowledge graph for a context-aware cognitive design assistant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-57893-z⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125, pp.103377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2020.103377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02489693v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03096757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lightweight Mesh File Format Using Repetition Pattern Encoding for Additive Manufacturing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Chougrani</w:t>
+                <w:t xml:space="preserve">i-Dataquest: A heterogeneous information retrieval tool using data graph for the manufacturing industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cad.2020.102914⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 132, pp.103527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2021.103527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161737v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03330584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A metadata enriched system for the documentation of multi-modal digital imaging surveys</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">A Robust and Versatile Pipeline for Automatic Photogrammetric-Based Registration of Multimodal Cultural Heritage Documentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pamart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Morlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Digital Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14434/sdh.v6i1.33767⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (12), pp.2051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs12122051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03844472v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a SLAM-based augmented reality application for the 3D annotation of rock art</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Capsid-specific removal of circulating antibodies to adeno-associated virus vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berangere Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Leborgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack-Yves Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moullec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Virtual Reality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/IJVR.2019.19.2.2910⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-57893-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404564v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02489693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic-algorithm based framework for lattice support structure optimization in additive manufacturing</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Veron</w:t>
+                <w:t xml:space="preserve">A metadata enriched system for the documentation of multi-modal digital imaging surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pamart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Studies in Digital Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (1), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14434/sdh.v6i1.33767⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02294579v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une ontologie de domaine pour l’analyse de l’état de conservation du bâti patrimonial</w:t>
+                <w:t xml:space="preserve">Lightweight Mesh File Format Using Repetition Pattern Encoding for Additive Manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommy Messaoudi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">Benjamin Vaissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Halin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Situ : Revue des patrimoines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/insitu.22470⟩</w:t>
+              <w:t xml:space="preserve">Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129, pp.102914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cad.2020.102914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03645267v1</w:t>
+                <w:t xml:space="preserve">hal-03161737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the relationships between aesthetic properties and geometric quantities of free-form surfaces using machine learning techniques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
+                <w:t xml:space="preserve">Towards a SLAM-based augmented reality application for the 3D annotation of rock art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/IJVR.2019.19.2.2910⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02421177v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric design of graded truss lattice structures for enhanced thermal dissipation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Genetic-algorithm based framework for lattice support structure optimization in additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vaissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chougrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer-Aided Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 115, pp.1-12. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019, 110, pp.11-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02286207v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02294579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ontological model for the reality-based 3D annotation of heritage building conservation state</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Vers une ontologie de domaine pour l’analyse de l’état de conservation du bâti patrimonial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommy Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Halin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 29, pp.100-112. </w:t>
+              <w:t xml:space="preserve">In Situ : Revue des patrimoines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2017.05.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/insitu.22470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01982887v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03645267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to wild-type AAV drives distinct capsid immunity profiles in humans</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parametric design of graded truss lattice structures for enhanced thermal dissipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vaissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1172/JCI122372⟩</w:t>
+              <w:t xml:space="preserve">Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 115, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cad.2019.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977027v1</w:t>
+                <w:t xml:space="preserve">hal-02286207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A finite element/quaternion/asymptotic numerical method for the 3D simulation of flexible cables</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud Deligny</w:t>
+                <w:t xml:space="preserve">Understanding the relationships between aesthetic properties and geometric quantities of free-form surfaces using machine learning techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02141155v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A finite element/quaternion/asymptotic numerical method for the 3D simulation of flexible cables</w:t>
+                <w:t xml:space="preserve">Exposure to wild-type AAV drives distinct capsid immunity profiles in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Cottanceau</w:t>
+                <w:t xml:space="preserve">Klaudia Kuranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+                <w:t xml:space="preserve">Priscilla Jean-Alphonse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Leborgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Alochet</w:t>
+                <w:t xml:space="preserve">Romain Hardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Deligny</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fanny Collaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 139, pp.14-34. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 128 (12), pp.5267-5279. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.finel.2017.10.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1172/JCI122372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989778v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A requirement mining framework to support complex sub-systems suppliers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Croué</w:t>
+                <w:t xml:space="preserve">An ontological model for the reality-based 3D annotation of heritage building conservation state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Halin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia CIRP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2018.03.228⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29, pp.100-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2017.05.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138688v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01982887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parts internal structure definition using non-uniform patterned lattice optimization for mass reduction in additive manufacturing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+                <w:t xml:space="preserve">A finite element/quaternion/asymptotic numerical method for the 3D simulation of flexible cables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cottanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Abed</w:t>
+                <w:t xml:space="preserve">Marc Alochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Deligny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering with Computers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 139, pp.14-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2017.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928580v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02141155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A priori evaluation of simulation models preparation processes using artificial intelligence techniques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+                <w:t xml:space="preserve">A finite element/quaternion/asymptotic numerical method for the 3D simulation of flexible cables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cottanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fine</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Alochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Deligny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Finite Elements in Analysis and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 139, pp.14-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.finel.2017.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987903v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice structure lightweight triangulation for additive manufacturing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A requirement mining framework to support complex sub-systems suppliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Abed</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Croué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cad.2017.05.016⟩</w:t>
+              <w:t xml:space="preserve">Procedia CIRP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 70, pp.410-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2018.03.228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507450v1</w:t>
+                <w:t xml:space="preserve">hal-02138688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PREDICTION OF MULTI-DIMENSIONAL MILLING BEHAVIOR</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Meriem Hayani Mechkouri</w:t>
+                <w:t xml:space="preserve">Parts internal structure definition using non-uniform patterned lattice optimization for mass reduction in additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Chaaba</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Veron</w:t>
+                <w:t xml:space="preserve">Stéphane Abed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Sciences &amp; Research Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Engineering with Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928571v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reusing heterogeneous data for the conceptual design of shapes in virtual environments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">A priori evaluation of simulation models preparation processes using artificial intelligence techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Danglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Reality</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 91, pp.45-61</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01412617v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requirement Mining for Model-Based Product Design</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Croué</w:t>
+                <w:t xml:space="preserve">Lattice structure lightweight triangulation for additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Abed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Product Lifecycle Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 90, pp.95-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cad.2017.05.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01409205v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filleting sharp edges of multi-partitioned volume finite element meshes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PREDICTION OF MULTI-DIMENSIONAL MILLING BEHAVIOR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Hayani Mechkouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruding Lou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+                <w:t xml:space="preserve">Ali Chaaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franca Giannnini</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">George Moraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Computations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 32 (1), pp.129-154. </w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Sciences &amp; Research Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10, pp.329-339. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/EC-03-2013-0074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1012535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01118671v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An illustrated glossary of ambiguous PLM terms used in discrete manufacturing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reusing heterogeneous data for the conceptual design of shapes in virtual environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Rivest</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Zongcheng Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Product Lifecycle Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10055-016-0302-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01176881v1</w:t>
+                <w:t xml:space="preserve">hal-01412617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLM and early stages collaboration in interactive design, a case study in the glass industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Requirement Mining for Model-Based Product Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Josquin Peyceré</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Croué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Product Lifecycle Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (4), pp.305-332</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01064132v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Hybrid Approach for the Semantic Annotation of Spatially Oriented Images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Filleting sharp edges of multi-partitioned volume finite element meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruding Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannnini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heritage in the Digital Era</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 3 (2), pp.305-320. </w:t>
+              <w:t xml:space="preserve">Engineering Computations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32 (1), pp.129-154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1260/2047-4970.3.2.305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/EC-03-2013-0074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01447648v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Web Platform for the Consultation of Spatialized and Semantically-Enriched Iconographic Sources on Cultural Heritage Buildings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An illustrated glossary of ambiguous PLM terms used in discrete manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Stefani</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Louis Rivest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal on Computing and Cultural Heritage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Product Lifecycle Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (2), pp.142-171</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00869174v1</w:t>
+                <w:t xml:space="preserve">hal-01176881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of Machine Learning to Defeature CAD Models for Simulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">PLM and early stages collaboration in interactive design, a case study in the glass industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josquin Peyceré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/16864360.2013.863510⟩</w:t>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12008-014-0217-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01015339v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01064132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative Reverse Engineering Design Experiment Using PLM Solutions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A Hybrid Approach for the Semantic Annotation of Spatially Oriented Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Heritage in the Digital Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (2), pp.305-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1260/2047-4970.3.2.305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00756511v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A semantic-based platform for the digital analysis of the architectural heritage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">A Web Platform for the Consultation of Spatialized and Semantically-Enriched Iconographic Sources on Cultural Heritage Buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawee Busayarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lombardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michel Florenzano</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2010.11.009⟩</w:t>
+              <w:t xml:space="preserve">Journal on Computing and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (3), pp.n°13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2499931.2499934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00942884v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00869174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct modification of semanticaly-enriched finite element meshes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">On the use of Machine Learning to Defeature CAD Models for Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Danglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Shape Modeling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer-Aided Design and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (3), pp.358-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/16864360.2013.863510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020053v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01015339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of early design tools in engineering processes : a comparative case study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Collaborative Reverse Engineering Design Experiment Using PLM Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Design and Innovation Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, pp.16</w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (5), pp.1037-1045</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00781995v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00756511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards recovery of complex shapes in meshes using digital images for reverse engineering applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Veron</w:t>
+                <w:t xml:space="preserve">A semantic-based platform for the digital analysis of the architectural heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawee Busayarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 35 (2), pp.227-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2010.11.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019971v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00942884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time indeterminacy and spatio-temporal building transformations: an approach for architectural heritage understanding</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Direct modification of semanticaly-enriched finite element meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruding Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Shape Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.81-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00942887v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A design-for-casting integrated approach based on rapid simulation and modulus criterion</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">The use of early design tools in engineering processes : a comparative case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Iraqi-Houssaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roucoules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. J. of Product Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Design and Innovation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020636v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00781995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repairing triangle meshes built from scanned point cloud</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Veron</w:t>
+                <w:t xml:space="preserve">Time indeterminacy and spatio-temporal building transformations: an approach for architectural heritage understanding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (1), pp.61-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12008-009-0085-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020616v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00942887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A generic formalism for the semantic modeling and representation of architectural elements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Towards recovery of complex shapes in meshes using digital images for reverse engineering applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minica Panchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Visual Computer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 42 (8), pp.693-707</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01020092v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse-engineering of architectural buildings based on an hybrid modeling approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A design-for-casting integrated approach based on rapid simulation and modulus criterion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Moraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Int. J. of Product Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7 (3-4), pp.261-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJPD.2009.023322⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021897v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying and remeshing contact interfaces in a polyhedral assembly for digital mock-up applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Repairing triangle meshes built from scanned point cloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Moraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering with Computers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 22 (1), pp.47-58</w:t>
+              <w:t xml:space="preserve">Journal of Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 18 (5), pp.459-473</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01025217v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01020616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrete curvature approximations and segmentation of polyhedral surfaces</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A generic formalism for the semantic modeling and representation of architectural elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Shape Modeling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Visual Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 23 (3), pp.181-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00371-006-0092-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0218654305000785⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01024747v1</w:t>
+                <w:t xml:space="preserve">hal-01020092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric and form feature recognition tools applied to a design for assembly methodology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Reverse-engineering of architectural buildings based on an hybrid modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 35, pp.1193-1210</w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 30 (2), pp.160-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01024775v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using polyhedral models to automatically sketch idealized geometry for structural analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Identifying and remeshing contact interfaces in a polyhedral assembly for digital mock-up applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rym Chouadria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Engineering with Computers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 17 (4), pp.373-385. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2006, 22 (1), pp.47-58</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01025167v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01025217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape preserving polyhedral simplification with bounded error</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Discrete curvature approximations and segmentation of polyhedral surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Shape Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 11 (2), pp.217-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218654305000785⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01205547v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Geometric and form feature recognition tools applied to a design for assembly methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35, pp.1193-1210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using polyhedral models to automatically sketch idealized geometry for structural analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering with Computers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 17 (4), pp.373-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s366-001-8303-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01025167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shape preserving polyhedral simplification with bounded error</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 22 (5), pp.565-585</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Outils de base pour l'extraction de caractéristiques de surfaces numérisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de CFAO et d'Informatique Graphique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 13 (4,5,6), pp.1-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01101489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (58)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (60)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatialization, fusion and enrichment of Multimodal Imaging for Interdisciplinary Digital Heritage Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Pamart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Heritage International Congress 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Sienne, Italy. pp.Digital Heritage International Congress 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2312/dh.20253104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05262909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution de la Signification du terme PLM - 20 ans de Littérature Académique Française</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">TREND Framework Proposal for PLM System Environmental Life Cycle Assessment: Application to an Engineering School Use Case.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Cuzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Victor Fau</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin de Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque S.Mart 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLM International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Sevilla, Spain. pp.285 - 294, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-09700-2_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244929v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KARMEN: A Knowledge Graph Based Proposal to Capture Expert Designer Experience and Foster Expertise Transfer</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Évolution de la Signification du terme PLM - 20 ans de Littérature Académique Française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Cuzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Colloque S.Mart 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS S.Mart RAO, May 2025, Vogüé (Ardèche - France), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05037083v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrire une hypothèse au sein d'un graphe de connaissances, d'une simulation mécanique à un fait historique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+                <w:t xml:space="preserve">KARMEN: A Knowledge Graph Based Proposal to Capture Expert Designer Experience and Foster Expertise Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean René Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montreal, QC, Canada. pp.309 - 322, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-62578-7_29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04106032v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05037083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cognitive design assistant for context-aware computer-aided design</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+                <w:t xml:space="preserve">Integrating sensors in products : A new tool for Design Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd CIRP Design Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2023.03.146⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Engineering Design, ICED 23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.2345 - 2354, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/pds.2023.235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04164416v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial Intelligence and H-BIM for the Semantic Description of Cultural Heritage: the Pisa Charterhouse</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Décrire une hypothèse au sein d'un graphe de connaissances, d'une simulation mécanique à un fait historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrea Piemonte</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42e Conférence internationale des enseignants des disciplines de la représentation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Humanistica 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03360124v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven design challenges in the early stages of the product development process</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+                <w:t xml:space="preserve">A cognitive design assistant for context-aware computer-aided design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICED'21</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/pds.2021.85⟩</w:t>
+              <w:t xml:space="preserve">33rd CIRP Design Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Sydney, Australia. pp.1029-1034, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2023.03.146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409542v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">i-DATAQUEST : a Proposal for a Manufacturing Data Query System Based on a Graph</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Data-driven design challenges in the early stages of the product development process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP 17th International Conference on Product Lifecycle Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICED'21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Gothenborg, Sweden. pp.851-860, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/pds.2021.85⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973930v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of a Polymer-Based Tuned Mass Damper on the Vibration Characteristics of an Anti-Vibration Boring Bar</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Artificial Intelligence and H-BIM for the Semantic Description of Cultural Heritage: the Pisa Charterhouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Croce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Caroti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Piemonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th CIRP Global Web Conference – Sustainable, resilient, and agile manufacturing and service operations : Lessons from COVID-19</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procir.2021.10.032⟩</w:t>
+              <w:t xml:space="preserve">42e Conférence internationale des enseignants des disciplines de la représentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Reggio Calabria, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3280/oa-693.33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04003646v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essential issues to consider for a manufacturing data query system based on graph</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">The Effect of a Polymer-Based Tuned Mass Damper on the Vibration Characteristics of an Anti-Vibration Boring Bar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alireza Aliakbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Moraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Victor Fau</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Groll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing (JCM 2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th CIRP Global Web Conference – Sustainable, resilient, and agile manufacturing and service operations : Lessons from COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, web conference, France. pp.200-206, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2021.10.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02973931v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04003646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge Graph of Design Rules for a Context-Aware Cognitive Design Assistant</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">i-DATAQUEST : a Proposal for a Manufacturing Data Query System Based on a Graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Victor Fau</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IFIP 17th International Conference on Product Lifecycle Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Rapperswil, Switzerland. pp.xx-xx</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03027946v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">i-DATAQUEST: A Proposal for a Manufacturing Data Query System Based on a Graph</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Essential issues to consider for a manufacturing data query system based on graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esma Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Segonds</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Mallet</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing (JCM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Aix-en-Provence, France. pp.xx-xx</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03753108v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design rules application in manufacturing industries: a state of the art survey and proposal of a context-aware approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Knowledge Graph of Design Rules for a Context-Aware Cognitive Design Assistant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pinquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCM 2020 - 10th International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-70566-4_53⟩</w:t>
+              <w:t xml:space="preserve">17th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Rapperswil, Switzerland. pp.334-344, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-62807-9_27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164928v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Property Graph Data Model for a Context-Aware Design Assistant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Design rules application in manufacturing industries: a state of the art survey and proposal of a context-aware approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pinquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Zynda</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Fau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-42250-9_17⟩</w:t>
+              <w:t xml:space="preserve">JCM 2020 - 10th International Joint Conference on Mechanics, Design Engineering and Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Aix-en-Provence, France. pp.NC, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-70566-4_53⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03087028v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation on reducing geometry files size through floating points indexing</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">i-DATAQUEST: A Proposal for a Manufacturing Data Query System Based on a Graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esma Yahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Rapperswil, Switzerland. pp.227-238, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-62807-9_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296582v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03753108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation par algorithme génétique de structures lattices pour la génération de supports en fabrication additive</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A Property Graph Data Model for a Context-Aware Design Assistant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zynda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Moscow, Russia. pp.181-190, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-42250-9_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05090152v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03087028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition of a design rules framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Pinquié</w:t>
+                <w:t xml:space="preserve">Investigation on reducing geometry files size through floating points indexing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vaissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Segonds</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème colloque des sciences de la conception et de l’innovation (CONFERE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Computer-Aided Design and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Singapour, Singapore. pp.147-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138693v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lattice support structure discrete optimization for additive manufacturing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Optimisation par algorithme génétique de structures lattices pour la génération de supports en fabrication additive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vaissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Symposium on Solid and Physical Modeling (SPM) 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, BILBAO, Spain. pp.NC</w:t>
+              <w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164895v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05090152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation 3D de câbles flexibles par un couplage méthode des éléments finis/quaternions/méthode asymptotique numérique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Proposition of a design rules framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Renaud Deligny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+              <w:t xml:space="preserve">25ème colloque des sciences de la conception et de l’innovation (CONFERE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926872v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of explanatory variables for DMU preparation process evaluation by using machine learning techniques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Lattice support structure discrete optimization for additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Vaissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Concept International Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Bordeaux, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">ACM Symposium on Solid and Physical Modeling (SPM) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, BILBAO, Spain. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301469v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D/3D Semantic Annotation of Spatialized Images for the Documentation and Analysis of Cultural Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adeline Manuel</w:t>
+                <w:t xml:space="preserve">Simulation 3D de câbles flexibles par un couplage méthode des éléments finis/quaternions/méthode asymptotique numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cottanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Alochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Deligny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th EUROGRAPHICS Workshop on Graphics and Cultural Heritage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536800v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01926872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parts internal structure definition using lattice patterns optimization for mass reduction in additive manufacturing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Identification of explanatory variables for DMU preparation process evaluation by using machine learning techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Danglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Abed</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tools and Methods for Competitive Engineering (Aix-en-Provence : 16 : 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t>
+              <w:t xml:space="preserve">Virtual Concept International Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Bordeaux, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01490121v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural Language Processing of Requirements for Model-Based Product Design with ENOVIA/CATIA V6</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Pinquié</w:t>
+                <w:t xml:space="preserve">2D/3D Semantic Annotation of Spatialized Images for the Documentation and Analysis of Cultural Heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Croué</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-33111-9_19⟩</w:t>
+              <w:t xml:space="preserve">14th EUROGRAPHICS Workshop on Graphics and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurographics, Oct 2016, Genova, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/gch20161391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01377444v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Property model methodology : a case study with Modelica</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Parts internal structure definition using lattice patterns optimization for mass reduction in additive manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chougrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Abed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eleventh international symposium</w:t>
+              <w:t xml:space="preserve">Tools and Methods for Competitive Engineering (Aix-en-Provence : 16 : 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01490122v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A finite element/quaternion/asymptotic numerical method for the 3D simulation of flexible cables</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renaud Deligny</w:t>
+                <w:t xml:space="preserve">Natural Language Processing of Requirements for Model-Based Product Design with ENOVIA/CATIA V6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Croué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Theoretical and Applied Mechanics (Montréal; 24 ; 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th IFIP International Conference on Product Lifecycle Management (PLM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Doha, Qatar. pp.205-215, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-33111-9_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01412469v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Property Model Methodology: A case study with Modelica</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Property model methodology : a case study with Modelica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pinquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Micouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tools and Methods of Competitive Engineering (TMCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Aix-en-Provence, France. pp.79-91</w:t>
+              <w:t xml:space="preserve">Eleventh international symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01357796v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Collaborative Requirement-Mining framework to support OEMs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A finite element/quaternion/asymptotic numerical method for the 3D simulation of flexible cables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cottanceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Croue</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Alochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Deligny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cooperative Design, Visualization and Engineering (CDVE) Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Mallorca, Spain. pp.1-10</w:t>
+              <w:t xml:space="preserve">International Congress of Theoretical and Applied Mechanics (Montréal; 24 ; 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Montréal, Canada. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410197v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01412469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an Ontology for Annotating Degradation Phenomena</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Property Model Methodology: A case study with Modelica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pinquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Micouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Heritage International Congress DH'15</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tools and Methods of Competitive Engineering (TMCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Aix-en-Provence, France. pp.79-91</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01408945v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01357796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of CAD model simplification impact on CFD analysis using machine learning techniques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Towards an Ontology for Annotating Degradation Phenomena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design and Applications (CAD 2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Digital Heritage International Congress DH'15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Granada, Spain. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DigitalHeritage.2015.7419528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410873v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01408945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural Language Processing of Requirements for Model-Based Product Design with ENOVIA CATIA V6</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A Collaborative Requirement-Mining framework to support OEMs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Croue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Product Lifecycle Management International Conference (DOHA : 2015 :15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Doha, Qatar. pp.1-10</w:t>
+              <w:t xml:space="preserve">Cooperative Design, Visualization and Engineering (CDVE) Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Mallorca, Spain. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410820v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Collaborative Requirement Mining Framework to Support OEMs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Estimation of CAD model simplification impact on CFD analysis using machine learning techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Danglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Croué</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cooperative Design, Visualization, and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Mallorca, Spain. pp.105-114</w:t>
+              <w:t xml:space="preserve">Computer-Aided Design and Applications (CAD 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Londres, United Kingdom. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01207194v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aesthetic-oriented classification of 2D free-form curves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
+                <w:t xml:space="preserve">Natural Language Processing of Requirements for Model-Based Product Design with ENOVIA CATIA V6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Croue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tools and Methods for Competitive Engineering (TMCE’14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Budapest, Hungary. pp.1007-1018</w:t>
+              <w:t xml:space="preserve">Product Lifecycle Management International Conference (DOHA : 2015 :15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Doha, Qatar. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01408794v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of CAD model defeaturing impact on heat transfer FEA results using machine learning techniques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A Collaborative Requirement Mining Framework to Support OEMs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fine</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Croué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Toulouse, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Cooperative Design, Visualization, and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Mallorca, Spain. pp.105-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05033234v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laying the foundations for an information system dedicated to heritage building degradation monitoring based on the 2D/3D semantic annotation of photographs</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Prediction of CAD model defeaturing impact on heat transfer FEA results using machine learning techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Danglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROGRAPHICS Workshops on Graphics and Cultural Heritage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Joint Conference on Mechanical, Design Engineering &amp; Advanced Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Toulouse, France. pp.1-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410213v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05033234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An approach for precise 2D/3D semantic annotation of spatially-oriented images for in-situ visualization applications</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Veron</w:t>
+                <w:t xml:space="preserve">Aesthetic-oriented classification of 2D free-form curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandar Petrov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Heritage International Congress DH'13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Marseille, France</w:t>
+              <w:t xml:space="preserve">Tools and Methods for Competitive Engineering (TMCE’14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Budapest, Hungary. pp.1007-1018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01178690v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01408794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a new approach for the description of shapes from multimodal data</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Laying the foundations for an information system dedicated to heritage building degradation monitoring based on the 2D/3D semantic annotation of photographs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommy Messaoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Gattet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Cognitive Infocommunications (CogInfoCom)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EUROGRAPHICS Workshops on Graphics and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Darmstadt, Germany. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/gch.20141315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01206124v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of semantic annotations towards a set of spatially-oriented photographs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">An approach for precise 2D/3D semantic annotation of spatially-oriented images for in-situ visualization applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloi Gattet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D-ARCH International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Trento, Italy. pp.NA</w:t>
+              <w:t xml:space="preserve">Digital Heritage International Congress DH'13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01178691v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From point cloud to BIM: a survey of existing approaches</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Towards a new approach for the description of shapes from multimodal data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gael Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV International CIPA Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, strasbourg, France</w:t>
+              <w:t xml:space="preserve">4th International Conference on Cognitive Infocommunications (CogInfoCom)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01178692v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01206124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D/3D semantic annotation towards a set of spatially-oriented photographs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV International CIPA Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01178696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">REVIEW OF THE &amp;quot;AS-BUILT BIM&amp;quot; APPROACHES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">From point cloud to BIM: a survey of existing approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hichri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D-ARCH 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Trento, Italy. pp.107-112</w:t>
+              <w:t xml:space="preserve">XXIV International CIPA Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01053287v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of the “ as-buit BIM ” approaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Distribution of semantic annotations towards a set of spatially-oriented photographs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Manuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3D-ARCH International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Trento, Italy. pp.NA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01178697v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental analysis and simulation of the dynamic response of a propeller pitch change actuator</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Veron</w:t>
+                <w:t xml:space="preserve">REVIEW OF THE &amp;quot;AS-BUILT BIM&amp;quot; APPROACHES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichri Nouha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennial Conference on Engineering Systems Design and Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Nantes, France. pp.8</w:t>
+              <w:t xml:space="preserve">3D-ARCH 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Trento, Italy. pp.107-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01084785v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01053287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Robust Method for Drilling Monitoring using Acoustic Emission</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Review of the “ as-buit BIM ” approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hichri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Douilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 9th International Conference on High Speed Machining - HSM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, San Sebastian, Spain. 6p</w:t>
+              <w:t xml:space="preserve">3D-ARCH International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Trento, Italy. pp.NA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172025v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental analysis and simulation of the dynamix response of a propeller pitch change actuator</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId259" w:history="1">
+                <w:t xml:space="preserve">Experimental analysis and simulation of the dynamic response of a propeller pitch change actuator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Malburet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 11th Biennal Conference on Engineering Systems Design And Analysis - ASME ESDA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Nantes, France. 11 p</w:t>
+              <w:t xml:space="preserve">Biennial Conference on Engineering Systems Design and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Nantes, France. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05413883v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharp edge filleting of enriched FE meshes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Robust Method for Drilling Monitoring using Acoustic Emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Rabate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Moraru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Douilly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tools and Methods for Competitive Engineering - TMCE'12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Karlsruhe, Germany. pp.NA</w:t>
+              <w:t xml:space="preserve">Proceedings of the 9th International Conference on High Speed Machining - HSM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, San Sebastian, Spain. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172010v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Web Information System for the Semantic-Based Analysis of Architectural Heritage</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Experimental analysis and simulation of the dynamix response of a propeller pitch change actuator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Malburet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Florenzano</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Archives of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Trento, Italy. pp.1682-1777</w:t>
+              <w:t xml:space="preserve">Proceedings of the 11th Biennal Conference on Engineering Systems Design And Analysis - ASME ESDA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Nantes, France. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01171938v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PLM and design education: a collaborative experiment on a mechanical device</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sharp edge filleting of enriched FE meshes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruding Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Mikchevitech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Product Lifecycle Management International Conference - PLM'11</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Eindhoven, Netherlands. pp.NA</w:t>
+              <w:t xml:space="preserve">Tools and Methods for Competitive Engineering - TMCE'12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Karlsruhe, Germany. pp.NA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01171974v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Iconography-Based Modeling Approach for the Spatio-Temporal Analysis of Architectural Heritage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">A Web Information System for the Semantic-Based Analysis of Architectural Heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawee Busayarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 Shape Modeling International (SMI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Archives of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Trento, Italy. pp.1682-1777</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02336929v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling buildings historical evolutions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">PLM and design education: a collaborative experiment on a mechanical device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Florenzano</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> K3D conference on Semantic 3D Media and Content</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Sophia Antipolis, France. pp.NA</w:t>
+              <w:t xml:space="preserve">Product Lifecycle Management International Conference - PLM'11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Eindhoven, Netherlands. pp.NA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01175961v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01171974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards semantic-based 3D mesh modeling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling buildings historical evolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Florenzano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of FOCUS-K3D Conference on Semantic 3D Media and Content</w:t>
+              <w:t xml:space="preserve"> K3D conference on Semantic 3D Media and Content</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Sophia Antipolis, France. pp.NA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01175963v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01175961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NUBES : describing, analysing, documenting and sharing digital representations of heritage buildings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">An Iconography-Based Modeling Approach for the Spatio-Temporal Analysis of Architectural Heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawee Busarayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Renaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Semantic 3D Media and Content</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2010 Shape Modeling International (SMI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Aix-en-Provence, France. pp.78-89, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMI.2010.28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01174753v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasoning about space-time changes: an approach for modeling the temporal dimention in architectural heritage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">NUBES : describing, analysing, documenting and sharing digital representations of heritage buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Florenzano</w:t>
+                <w:t xml:space="preserve">Chawee Busayarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IADIS International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Netherlands. pp.1-6</w:t>
+              <w:t xml:space="preserve">Conference on Semantic 3D Media and Content</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Sophia Antipolis, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00282360v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01174753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NUBES : une plateforme intégrée pour la description, l'analyse, la documentation et le partage de représentations numériques d'édifices architecturaux.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards semantic-based 3D mesh modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruding Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franca Giannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Mikchevitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Falcidieno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque européen Architecture et archives numériques natives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, PARIS, France</w:t>
+              <w:t xml:space="preserve">Proceedings of FOCUS-K3D Conference on Semantic 3D Media and Content</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Sophia Antipolis, France. pp.NA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00264173v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01175963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated framework to decribe, analyze, document and share digital representations of architectural buildings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Reasoning about space-time changes: an approach for modeling the temporal dimention in architectural heritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VAST 2007: futures technologies to empower the heritage professionals.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Brigthon, United Kingdom. pp.24-27</w:t>
+              <w:t xml:space="preserve">IADIS International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Netherlands. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00264171v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00282360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation semantique et multi-représentation en architecture.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">An integrated framework to decribe, analyze, document and share digital representations of architectural buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawee Busayarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtualretrospect 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2005, Biarritz, France. pp.31-37</w:t>
+              <w:t xml:space="preserve">VAST 2007: futures technologies to empower the heritage professionals.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Brigthon, United Kingdom. pp.24-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00263501v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00264171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traiter la diversité des modèles d'entrée et préparer rapidement un modèle EF: proposition d'un ensemble de traitements contribuant à cet objectif</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fine</w:t>
+                <w:t xml:space="preserve">NUBES : une plateforme intégrée pour la description, l'analyse, la documentation et le partage de représentations numériques d'édifices architecturaux.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chawee Busayarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2005, Giens, France</w:t>
+              <w:t xml:space="preserve">Colloque européen Architecture et archives numériques natives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01812957v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00264173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic-based modelling and representation of patrimony buildings</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Modélisation semantique et multi-représentation en architecture.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SVE Worksop towards Semantic Virtual Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2005, Villars, Switzerland. pp.1-11</w:t>
+              <w:t xml:space="preserve">Virtualretrospect 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Biarritz, France. pp.31-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00264181v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00263501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Traiter la diversité des modèles d'entrée et préparer rapidement un modèle EF: proposition d'un ensemble de traitements contribuant à cet objectif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2005, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semantic-based modelling and representation of patrimony buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Florenzano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SVE Worksop towards Semantic Virtual Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Villars, Switzerland. pp.1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00264181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rétro-conception d'objets architecturaux basée sur une méthodologie de reconstruction hybride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Florenzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Colloque National AIP PRIMECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, LA PLAGNE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00264179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13606,137 +14238,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation sémantique multimodale : application au cas des grottes ornées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du MAP 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02181533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13746,340 +14378,340 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural Language Processing of Requirements for Model-Based Product Design with ENOVIA/CATIA V6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Croue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Product Lifecycle Management in the Era of Internet of Things</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 467-478, Springer International, pp.205-215, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01412520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Collaborative Requirement Mining Framework to Support OEMs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pinquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Croué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yuhua Luo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cooperative Design, Visualization, and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9320, Springer, pp.105-114, 2015, 978-3-319-24132-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-24132-6_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01315567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obtaining usable 3D models from scanned archaeological sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéovision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Edition, pp.18-25, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00188589v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14089,394 +14721,394 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributeur hydraulique, dispositif de réglage du pas de pales, aéronef muni d'un tel distributeur hydraulique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gemmati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Malburet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR 2992696. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01146981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drilling head with axial vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Rabate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2010125090. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01207407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tête de perçage à vibrations axiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Rabate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Région indéterminée, N° de brevet: 1. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tête de perçage à oscillations axiales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabate P.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Région indéterminée, N° de brevet: 02051. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14486,446 +15118,446 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting Structured Requirements from Unstructured Building Technical Specifications for Building Information Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insaf Nahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pinquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thorel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05215557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and validation of a 3D beam model of multi-stranded cables with a quasi-static robotic manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cottanceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Alochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Deligny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filling holes in meshes using a mechanical model to simulate the curvature variation minimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00761482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tool for the 3D Spatio-Temporal Structuring of Historic Building Reconstructions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Stefani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio de Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Florenzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05406472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14935,135 +15567,135 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités de modélisation géométrique en conception intégrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minica Houry Panchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LSIS.RR.2006.009, Rapport de recherche du pôle Modélisation Géométrique. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId311"/>
+      <w:footerReference w:type="default" r:id="rId324"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15131,51 +15763,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A66C69B6"/>
+    <w:nsid w:val="599F32CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15362,51 +15994,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippeveron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4062-2432" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112481841" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/191824140" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833913v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gros" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacquot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2024.105927" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339284v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Cuzin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mallet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nocentini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deguilhem" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17209279" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930231v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Croce" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Billi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Caroti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piemonte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16020301" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002242v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orph&#233; Catharia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Richard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Vignoles" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23041967" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001978v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Briard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jean" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2022.103814" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009294v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052497" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094102v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15092408" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130066v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Manuel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.05.017" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009225v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586218v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Huet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pinqui&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Segonds" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-021-00821-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128295v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacquot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13030461" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521614v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Segonds" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Guegan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2021.101419" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335318v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Kim" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Yahia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-021-00768-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287495v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20365/disegnarecon.26.2021.13" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096757v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2020.103377" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330584v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103527" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885437v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Morlet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12122051" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02489693v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berangere Bertin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Leborgne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack-Yves Deschamps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moullec" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57893-z" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161737v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vaissier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chougrani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2020.102914" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844472v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14434/sdh.v6i1.33767" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404564v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IJVR.2019.19.2.2910" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294579v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645267v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Messaoudi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Halin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.22470" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421177v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Petrov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Giannini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Falcidieno" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286207v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2019.05.022" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982887v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2017.05.017" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01977027v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Kuranda" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Jean-Alphonse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hardet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Collaud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI122372" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141155v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cottanceau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Alochet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Deligny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.10.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989778v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138688v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crou&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.03.228" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928580v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Abed" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987903v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Danglade" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507450v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2017.05.016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928571v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Hayani Mechkouri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Chaaba" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Moraru" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1012535" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412617v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongcheng Li" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-016-0302-z" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409205v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118671v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Giannnini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2013-0074" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176881v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rivest" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064132v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cohen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Peycer&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-014-0217-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447648v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/2047-4970.3.2.305" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869174v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Stefani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawee Busayarat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lombardo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2499931.2499934" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015339v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16864360.2013.863510" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756511v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maranzana" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942884v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Florenzano" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2010.11.009" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020053v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781995v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Iraqi-Houssaini" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019971v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Panchetti" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942887v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-009-0085-5" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020636v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPD.2009.023322" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020616v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020092v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-006-0092-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021897v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025217v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Chouadria" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024747v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lesage" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude L&#233;on" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218654305000785" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024775v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coma" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mascle" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025167v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s366-001-8303-6" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205547v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101489v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262909v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/dh.20253104" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244929v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Dupr&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05037083v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Camara" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62578-7_29" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106032v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164416v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.03.146" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360124v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/oa-693.33" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409542v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Cardinal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.85" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973930v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003646v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Aliakbari" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Groll" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.032" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973931v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027946v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62807-9_27" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03753108v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62807-9_19" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164928v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70566-4_53" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087028v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zynda" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-42250-9_17" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296582v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090152v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138693v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164895v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926872v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301469v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch20161391" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01490121v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377444v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33111-9_19" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01490122v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Micouin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412469v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357796v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410197v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Croue" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408945v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DigitalHeritage.2015.7419528" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410873v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410820v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207194v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408794v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033234v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410213v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20141315" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178690v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206124v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Li" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178691v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178692v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hichri" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Hamon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178696v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053287v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichri Nouha" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178697v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084785v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leclercq" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malburet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172025v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Le Moal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Rabate" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Douilly" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413883v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172010v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Mikchevitech" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171938v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171974v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336929v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawee Busarayat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Renaudin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2010.28" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175961v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stefani" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Florenzano" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175963v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Mikchevitch" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174753v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282360v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264173v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264171v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263501v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812957v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264181v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264179v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181533v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412520v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315567v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24132-6_13" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188589v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146981v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gemmati" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207407v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rabate" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488752v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488756v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabate P." TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215557v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Nahri" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bus" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thorel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973318v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761482v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Moraru" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406472v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio de Luca" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Florenzano" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488836v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Houry Panchetti" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippeveron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4062-2432" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/112481841" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/191824140" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554047v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Briard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Hidalgo-Crespo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.147345" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833913v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gros" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacquot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2024.105927" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339284v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Cuzin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mallet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Nocentini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Deguilhem" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su17209279" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930231v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Croce" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Billi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Caroti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piemonte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16020301" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551919v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ren&#233; Camara" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Yahia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-024-02015-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554175v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2024.2333195" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002242v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orph&#233; Catharia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Richard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Vignoles" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23041967" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052497" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001978v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2022.103814" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094102v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15092408" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130066v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Manuel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.05.017" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009225v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586218v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Huet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pinqui&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Segonds" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-021-00821-w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521614v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Segonds" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Guegan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aei.2021.101419" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335318v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Kim" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-021-00768-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128295v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacquot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13030461" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287495v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20365/disegnarecon.26.2021.13" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096757v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2020.103377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330584v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2021.103527" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885437v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Morlet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12122051" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02489693v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berangere Bertin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Leborgne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack-Yves Deschamps" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moullec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-57893-z" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844472v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14434/sdh.v6i1.33767" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161737v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vaissier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chougrani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2020.102914" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404564v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IJVR.2019.19.2.2910" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294579v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645267v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Messaoudi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Halin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.22470" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02286207v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2019.05.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421177v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Petrov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Giannini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Falcidieno" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01977027v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Kuranda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Jean-Alphonse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hardet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Collaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI122372" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982887v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2017.05.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141155v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cottanceau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Alochet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Deligny" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2017.10.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989778v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138688v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Crou&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2018.03.228" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928580v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Abed" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987903v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Danglade" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507450v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2017.05.016" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928571v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Hayani Mechkouri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Chaaba" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Moraru" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1012535" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412617v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongcheng Li" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-016-0302-z" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409205v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118671v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Giannnini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2013-0074" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176881v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rivest" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064132v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cohen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Peycer&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-014-0217-4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447648v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/2047-4970.3.2.305" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Stefani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawee Busayarat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lombardo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2499931.2499934" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015339v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16864360.2013.863510" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756511v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maranzana" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942884v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Florenzano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2010.11.009" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020053v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781995v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Iraqi-Houssaini" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942887v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-009-0085-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019971v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Panchetti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020636v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Martin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPD.2009.023322" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020616v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01020092v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-006-0092-5" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021897v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025217v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Chouadria" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024747v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lesage" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude L&#233;on" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218654305000785" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024775v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coma" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mascle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025167v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s366-001-8303-6" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205547v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101489v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262909v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/dh.20253104" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555480v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin de Guilhem" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bauer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-09700-2_28" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244929v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Dupr&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05037083v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62578-7_29" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554200v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.235" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106032v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164416v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2023.03.146" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409542v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Cardinal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.85" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360124v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/oa-693.33" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003646v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Aliakbari" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Groll" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.032" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973930v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973931v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027946v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62807-9_27" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164928v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-70566-4_53" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03753108v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-62807-9_19" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087028v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zynda" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-42250-9_17" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296582v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090152v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138693v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164895v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926872v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301469v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536800v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch20161391" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01490121v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377444v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-33111-9_19" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01490122v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Micouin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412469v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357796v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408945v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DigitalHeritage.2015.7419528" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410197v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Croue" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410873v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410820v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207194v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033234v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01408794v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410213v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20141315" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178690v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206124v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Li" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178696v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178692v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hichri" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Hamon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178691v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053287v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichri Nouha" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178697v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084785v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leclercq" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malburet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172025v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Le Moal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Rabate" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Douilly" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413883v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172010v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Mikchevitech" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171938v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171974v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175961v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stefani" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Florenzano" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336929v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawee Busarayat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Renaudin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2010.28" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174753v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175963v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Mikchevitch" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00282360v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264171v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264173v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263501v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812957v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264181v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00264179v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181533v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412520v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315567v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24132-6_13" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188589v2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146981v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gemmati" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207407v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rabate" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488752v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488756v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabate P." TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215557v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Nahri" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bus" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thorel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973318v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761482v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Moraru" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406472v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio de Luca" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Florenzano" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01488836v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Houry Panchetti" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>