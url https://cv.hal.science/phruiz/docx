--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -701,295 +701,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of esophageal tubing and buccal swabbing versus rumen cannula to characterize ruminal microbiota in cows fed contrasting diets</w:t>
+                <w:t xml:space="preserve">Transcriptomic analysis of the interactions between Fibrobacter succinogenes S85, Selenomonas ruminantium PC18 and a live yeast strain used as a ruminant feed additive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysiane Dunière</w:t>
+                <w:t xml:space="preserve">Pauline Desvignes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Chaucheyras-Durand</w:t>
+                <w:t xml:space="preserve">Laurie Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Silberberg</w:t>
+                <w:t xml:space="preserve">Jeanne Danon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Boudon</w:t>
+                <w:t xml:space="preserve">Alexandra Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.34582. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.721. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-18063-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-025-11894-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05310805v1</w:t>
+                <w:t xml:space="preserve">hal-05212728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic analysis of the interactions between Fibrobacter succinogenes S85, Selenomonas ruminantium PC18 and a live yeast strain used as a ruminant feed additive</w:t>
+                <w:t xml:space="preserve">Evaluation of esophageal tubing and buccal swabbing versus rumen cannula to characterize ruminal microbiota in cows fed contrasting diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Desvignes</w:t>
+                <w:t xml:space="preserve">Lysiane Dunière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Guillot</w:t>
+                <w:t xml:space="preserve">Frédérique Chaucheyras-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Danon</w:t>
+                <w:t xml:space="preserve">Mathieu Silberberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Durand</w:t>
+                <w:t xml:space="preserve">Anne Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (1), pp.721. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.34582. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-025-11894-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-18063-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05212728v1</w:t>
+                <w:t xml:space="preserve">hal-05310805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1596,51 +1596,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="04F34E33"/>
+    <w:nsid w:val="5EA1D148"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1827,51 +1827,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/phruiz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5149-9775" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168268v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kon Kam King" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05462857v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163782v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blaise" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bordron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dominguez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04643973v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Ogereau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Hiriart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Siguret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310805v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Duni&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chaucheyras-Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Silberberg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-18063-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05212728v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Desvignes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Guillot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Danon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Durand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11894-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04990599v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sapountzis Panagiotis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Vienne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Fourquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darbot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4ac81dae5fd868ea7969796dea30de32c76ff170;origin=https://hal.archives-ouvertes.fr/hal-04694918;visit=swh:1:snp:2c5d39d733f88b185b285b21578d288c1f9d9ffa;anchor=swh:1:rel:a55bc4a3ca3ff027a6ded3b1de3fb7bcff1f0bc7;path=/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229825v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221497v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/phruiz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5149-9775" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168268v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ruiz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kon Kam King" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05462857v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163782v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blaise" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bordron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dominguez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04643973v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Ogereau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Hiriart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Siguret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05212728v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Desvignes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Guillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Danon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Durand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-025-11894-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05310805v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Duni&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chaucheyras-Durand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Silberberg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boudon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-18063-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04990599v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Leroy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sapountzis Panagiotis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04694918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;na Vienne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Fourquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darbot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4ac81dae5fd868ea7969796dea30de32c76ff170;origin=https://hal.archives-ouvertes.fr/hal-04694918;visit=swh:1:snp:2c5d39d733f88b185b285b21578d288c1f9d9ffa;anchor=swh:1:rel:a55bc4a3ca3ff027a6ded3b1de3fb7bcff1f0bc7;path=/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229825v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Midoux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221497v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>