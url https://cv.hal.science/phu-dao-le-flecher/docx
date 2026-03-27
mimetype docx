--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -169,1464 +169,1464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05247236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment développer les compétences en durabilité dans la filière de l’expertise comptable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Nechelis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française de Comptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 589, pp.50-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Provisionnement par l’approche des pertes de crédit attendues et réduction de la procyclicité : les normes IFRS 9 et US GAAP ASC 326 à l’épreuve de la crise de la Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paget-Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACCRA Audit Comptabilité Contrôle : Recherches Appliquées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19, pp.67-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/accra.019.0067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration des enjeux de durabilité dans les cursus de formations universitaires des professionnels de comptabilité en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Audit &amp; société : propos et débats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04308455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action des autorités de réglementation bancaire pour limiter les effets de la crise du Covid-19. Une comparaison Union européenne et Afrique de l'Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eric Paget-Blanc</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...21 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Zaghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue du Financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 44 (249)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...95 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 589, pp.50-53</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’apport de la technologie de l'information à l'audit continu : quelques pistes de réflexion et d'action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Audit &amp; société : propos et débats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.41-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03862107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les missions d’audit des données extra-financières : un nouveau contrat de confiance avec les investisseurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Audit &amp; société : propos et débats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5</w:t>
+              <w:t xml:space="preserve">, 2021, 1, pp.45-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...95 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 44 (249)</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03632543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communication extra-financière : le rapport de l’AMF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La profession comptable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 442, pp.28-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2, pp.41-47</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le format électronique unique européen XBRL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La profession comptable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 431, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1, pp.45-51</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cadre comptable ICO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La profession comptable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 431, pp.32-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Communication extra-financière : le rapport de l’AMF</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communication financière sur la mise en œuvre d’IFRS 16 : pratiques observées chez les sociétés du CAC 40</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 442, pp.28-29</w:t>
+              <w:t xml:space="preserve">, 2019, 436-437, pp.32-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le cadre comptable ICO</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traitement des contrats à long terme selon IFRS 15 : impacts sur les comptes annuels et consolidés établis en normes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 431, pp.32-33</w:t>
+              <w:t xml:space="preserve">, 2018, 422, pp.26-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le format électronique unique européen XBRL</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Instruments financiers à terme et opérations de couverture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 431, pp.30-31</w:t>
+              <w:t xml:space="preserve">, 2018, 422, pp.28-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Communication financière sur la mise en œuvre d’IFRS 16 : pratiques observées chez les sociétés du CAC 40</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux de la clôture 2017 en normes IFRS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 436-437, pp.32-33</w:t>
+              <w:t xml:space="preserve">, 2018, 419, pp.30-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Instruments financiers à terme et opérations de couverture</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’essentiel de la nouvelle norme IFRS 17 sur les contrats d’assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 422, pp.28-30</w:t>
+              <w:t xml:space="preserve">, 2018, 424, pp.23-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’essentiel de la nouvelle norme IFRS 17 sur les contrats d’assurance</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualité des normes françaises pour l’arrêté des comptes consolidés 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 424, pp.23-25</w:t>
+              <w:t xml:space="preserve">, 2018, 419, pp.33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Actualité des normes françaises pour l’arrêté des comptes consolidés 2017</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IFRS 15 : difficultés de mise en œuvre et dispositions transitoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 419, pp.33</w:t>
+              <w:t xml:space="preserve">, 2017, 413-414, pp.28-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les enjeux de la clôture 2017 en normes IFRS</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèle de dépréciation des actifs financiers selon IFRS 9 : méthodologie simplifiée pour les créances commerciales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 419, pp.30-32</w:t>
+              <w:t xml:space="preserve">, 2017, 409, pp.32-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Traitement des contrats à long terme selon IFRS 15 : impacts sur les comptes annuels et consolidés établis en normes françaises</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classement et évaluation des passifs financiers selon IFRS 9</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 422, pp.26-27</w:t>
+              <w:t xml:space="preserve">, 2017, 410, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04316081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFRS 16 - Contrats de location : enjeux de la mise en œuvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La profession comptable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 413-414, pp.30-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04315982v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-04316064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérimentation de la certification des comptes des collectivités territoriales</w:t>
               </w:r>
@@ -1923,2198 +1923,2198 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Exploratory study of climate change disclosure practices in a historical perspective: the case of Danone Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accounting History Review Workshop (AHRWS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Accounting History Review, Sep 2025, Lipari, Sicily, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reporting de durabilité et Notation extra-financière (ESG) : problématiques et enjeux contemporains. Normes de durabilité et audit ESG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">46ème Congrès de l'Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2025, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Accounting education: towards the institutionalisation of sustainability in professional accounting curricula in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Luigi Marchini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd EIASM Interdisciplinary Workshop on Sustainability and ESG Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Institute for Advanced Studies in Management (EIASM), Apr 2025, Parma, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaping climate change disclosures through time: insights from the case of Danone Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ère édition de la Conférence Internationale de la Gouvernance et de la Durabilité (CIGD). "Gouvernance et Durabilité à la croisée du contrôle et des dynamiques corporatives"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conférence Internationale de la Gouvernance et de la Durabilité (CIGD), Oct 2025, Hammamet, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05517795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploratory study of accounting rules and practices for crypto-assets: an international evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">46ème Congrès de l’Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2025, Saint-Malo, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05247273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does XBRL enable continuous auditing? An exploration through the European Single Electronic Format (ESEF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Escaffre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45e congrès de l'Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2024, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évolutions de la normalisation ESG : quels enjeux et perspectives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45e congrès de l'Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2024, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseignement de la durabilité : proposition d’un cadre conceptuel d’intégration du développement durable dans les cursus de formation initiale des professionnels du chiffre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">45e congrès de l'Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2024, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration des enjeux écologiques dans la formation diplômante des métiers du chiffre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème Workshop Comptabilité France Master CCA 2023. "Image et Comptabilité"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), Nov 2023, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Climate change financial disclosure normalization: does one size fit all?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Mbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44ème congrès de l'Association francophone de comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accounting for crypto-assets: a comparative analysis and overview of accounting rules and practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirjhar Nigam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Mbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44ème congrès de l'Association francophone de comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accounting for crypto-assets: a comparative analysis and overview of accounting rules and practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirjhar Nigam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Mbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIFE 2023 : 4th International Conference on Digital, Innovation, Financing and Entrepreneurship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Molson School of Business, Concordia University; Jilin University (China), Jul 2023, Montréal, Québec, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Twenty years of auditing in France (2000-2020): dynamics of the audit sphere as a result of regulation modes articulation between actors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AHRWS 2023 : Accounting History Review Workshop. "Accounting [in] History over time, space, and subjects: tradition, innovation, and hybridisation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Accounting History Review; University of Messina, Sep 2023, Messina / Syracuse, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Climate change financial disclosure normalization: does one size fit all?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Mbarek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Summer Conference on Responsibility and Ethics in Business &amp; Finance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de recherche en Management, GRM (Université Côte d'Azur); Association Française de Finance (AFFI), Jul 2023, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normalisation ESG : panorama des évolutions réglementaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">44ème Congrès de l’Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intervention des régulateurs afin d’atténuer les pertes provoquées par la crise de la Covid-19 : quels effets sur la qualité de l’information financière publiée par les banques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Chassagne</w:t>
+                <w:t xml:space="preserve">Eric Paget-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, European Institute for Advanced Studies in Management (EIASM), Apr 2025, Parma, Italy</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Zaghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43ème congrès de l'Association francophone de comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2025, Saint-Malo, France</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audit of ESG information: some avenues for reflection and action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIe Congrès de l’Association Française d’Économie Politique (AFEP). "Qu'est-ce qu'un système économique et social soutenable ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française d’Économie Politique (AFEP), Jun 2022, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2025, Saint-Malo, France</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In the quest of a social identity and professional project of French auditors: a longitudinal study and discourse analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43ème congrès de l'Association francophone de comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Viet Ha Tran Vu</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action des autorités de réglementation bancaires pour limiter les effets de la crise du Covid-19. Une comparaison Union Européenne et Afrique de l'Ouest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Paget-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lejard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Conférence Internationale de la Gouvernance et de la Durabilité (CIGD), Oct 2025, Hammamet, Tunisia</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Zaghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'Etude Africaine en Comptabilité et Contrôle (JEACC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Gaston Berger de Saint-Louis, Dec 2021, Saint-Louis, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Viet Ha Tran Vu</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does it exist the social identity of auditors? What was and what is the social identity of auditors? A French case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accounting History Review 2021 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Accounting History Review, Jun 2021, Ormskirk, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of legitimacy crisis of the French auditing profession over 2000-2020 period: a critical historical analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Accounting History Review, Sep 2025, Lipari, Sicily, Italy</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">42ème congrès de l'Association francophone de comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2024, Dijon, France</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does it exist the social identity of auditors? What was and what is the social identity of auditors? A French case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41ème Congrès de l’Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), Nov 2020, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Does XBRL enable continuous auditing? An exploration through the European Single Electronic Format (ESEF)</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of legitimacy crisis of the French auditing profession over 2000-2019 period: a critical historical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2024, Dijon, France</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop d'Audit, Universités d'Eté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ordre des Experts-Comptables Paris Ile-de-France; CRCC de Paris; CRCC de Versailles, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Yulia Altukhova-Nys</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IFRS enforcement: how to measure the risk of non-compliance with IFRS?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40ème Congrès de l’Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of auditing in France : a historical perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Chassagne</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40ème Congrès de l’Association Francophone de Comptabilité (AFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Francophone de Comptabilité (AFC), May 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In the quest of legitimacy of the auditing profession in France over 2000-2020 periods: a critical historical analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phu Dao-Le Flécher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...407 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...1117 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Ha Tran Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accounting History Review Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Accounting History Review, Edge Hill University, Sep 2019, Ormskirk, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4473,51 +4473,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intervention des régulateurs afin d’atténuer les pertes provoquées par la crise de la Covid-19 – Quels effets sur la qualité de l’information financière publiée par les banques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Paget-Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lejard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4965,51 +4965,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phu Dao-Le Fl&#233;cher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302172v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Paget-Blanc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/accra.019.0067" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715010v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Altukhova-Nys" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chassagne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nechelis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308455v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03773727v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lejard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Zaghloul" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862107v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632543v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315651v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315703v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315692v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315664v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315897v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316009v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315739v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315731v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315716v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315982v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316081v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315967v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316064v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315938v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316112v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03773741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638180500378980" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050871v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Luigi Marchini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247309v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247273v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517795v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Viet Ha Tran Vu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517784v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715142v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715128v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Escaffre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715120v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302434v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirjhar Nigam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Mbarek" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302400v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309159v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Ha Tran Vu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309060v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309066v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319390v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302285v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309323v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309287v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309266v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311394v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311475v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319182v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319211v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319213v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319201v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319371v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543229v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441204v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789819821822_0002" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753609v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres-2/collections/gestion-en-liberte/ouvrage/690-reporting-et-pilotage-des-organisations-pour-une-soci%C3%A9t%C3%A9-r%C3%A9siliente.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.giord.2022.01.0229" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319381v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/International-Financial-Reporting-Standards-Critical-Perspectives-on-Business/Alexander-Nobes/p/book/9780415380973" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04354523v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247236v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phu Dao-Le Fl&#233;cher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715010v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Altukhova-Nys" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chassagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Nechelis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302172v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Paget-Blanc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/accra.019.0067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308455v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03773727v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lejard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Zaghloul" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862107v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632543v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315651v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315692v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315703v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315664v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315716v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315897v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315731v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316009v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315739v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315967v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316064v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316081v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315982v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315938v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316112v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-03773741v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638180500378980" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517784v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Viet Ha Tran Vu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247309v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050871v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Luigi Marchini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517795v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247273v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715128v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Escaffre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715142v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715120v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302285v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309060v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Mbarek" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirjhar Nigam" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302400v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309159v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Ha Tran Vu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309066v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319390v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309323v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311475v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311422v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311394v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319182v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319211v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319213v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319201v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319371v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00543229v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441204v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789819821822_0002" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753609v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ems.fr/livres-2/collections/gestion-en-liberte/ouvrage/690-reporting-et-pilotage-des-organisations-pour-une-soci%C3%A9t%C3%A9-r%C3%A9siliente.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.giord.2022.01.0229" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319381v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/International-Financial-Reporting-Standards-Critical-Perspectives-on-Business/Alexander-Nobes/p/book/9780415380973" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04354523v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>