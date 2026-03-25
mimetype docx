--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -234,1367 +234,1367 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05524323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Test-tube vinification: a methodology for high throughput oenotyping of white wines obtained from grapes harvested from single vines</w:t>
+                <w:t xml:space="preserve">Green Extraction Method: Microwave-Assisted Water Extraction Followed by HILIC-HRMS Analysis to Quantify Hydrophilic Compounds in Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Claudel</w:t>
+                <w:t xml:space="preserve">Alexandra Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dumas</w:t>
+                <w:t xml:space="preserve">Jean-François Chich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Thibon</w:t>
+                <w:t xml:space="preserve">Hadrien Chepca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Lemarquis</w:t>
+                <w:t xml:space="preserve">Isabelle Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (4), pp.223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2025.8497⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/metabo15040223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05322688v1</w:t>
+                <w:t xml:space="preserve">hal-05534523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Turnip Yellows Virus Capsid Protein Promotes Access of Its Main Aphid Vector Myzus persicae to Phloem Tissues</w:t>
+                <w:t xml:space="preserve">Test-tube vinification: a methodology for high throughput oenotyping of white wines obtained from grapes harvested from single vines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Verdier</w:t>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+                <w:t xml:space="preserve">Cécile Thibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Negrel</w:t>
+                <w:t xml:space="preserve">Gregory Lemarquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Brault</w:t>
+                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 48 (3), pp.2434-2444. </w:t>
+              <w:t xml:space="preserve">IVES Technical Reviews vine and wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pce.15303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/IVES-TR.2025.8497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04861427v1</w:t>
+                <w:t xml:space="preserve">hal-05322688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated analysis of genome, metabolome, and transcriptome reveals a bHLH transcription factor potentially regulating the accumulation of flavonoids involved in carrot resistance to Alternaria leaf blight</w:t>
+                <w:t xml:space="preserve">The Turnip Yellows Virus Capsid Protein Promotes Access of Its Main Aphid Vector Myzus persicae to Phloem Tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Emmanuel Koutouan</w:t>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Louisa Ramaroson</w:t>
+                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina El Ghaziri</w:t>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Ogé</w:t>
+                <w:t xml:space="preserve">Lise Negrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelhamid Kebieche</w:t>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (11), pp.e0336995. </w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (3), pp.2434-2444. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0336995⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pce.15303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378553v1</w:t>
+                <w:t xml:space="preserve">hal-04861427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defense responses related to mycorrhizal-induced resistance in wheat against Zymoseptoria tritici</w:t>
+                <w:t xml:space="preserve">The single-berry metabolomic clock paradigm reveals new stages and metabolic switches during grapevine berry development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Allario</w:t>
+                <w:t xml:space="preserve">Flora Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuko Krzyzaniak</w:t>
+                <w:t xml:space="preserve">Stefania Savoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joël Fontaine</w:t>
+                <w:t xml:space="preserve">Laurent Torregrosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2025.105729⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 76 (11), pp.3125-3140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eraf038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05142052v1</w:t>
+                <w:t xml:space="preserve">hal-05011841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavonoid compounds as a way to identify sources of carrot resistance to Alternaria leaf blight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrated analysis of genome, metabolome, and transcriptome reveals a bHLH transcription factor potentially regulating the accumulation of flavonoids involved in carrot resistance to Alternaria leaf blight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Emmanuel Koutouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Louisa Ramaroson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Louisa Ramaroson</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Angelina El Ghaziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patricia Claudel</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ogé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Kebieche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Breeding</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11032-025-01573-1⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (11), pp.e0336995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0336995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05114656v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The single-berry metabolomic clock paradigm reveals new stages and metabolic switches during grapevine berry development</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flavonoid compounds as a way to identify sources of carrot resistance to Alternaria leaf blight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Torregrosa</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Marie-Louisa Ramaroson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Emmanuel Koutouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina El Ghaziri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/eraf038⟩</w:t>
+              <w:t xml:space="preserve">Molecular Breeding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11032-025-01573-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05011841v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beet Chlorosis Virus Infection Mitigates Aphid‐Induced Plant Defences and Improves Plant Acceptability to Aphid Vectors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Defense responses related to mycorrhizal-induced resistance in wheat against Zymoseptoria tritici</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Allario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Armand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
+                <w:t xml:space="preserve">Yuko Krzyzaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Maia‐grondard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Véronique Brault</w:t>
+                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Tisserant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.70092⟩</w:t>
+              <w:t xml:space="preserve">Biological Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 203, pp.105729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2025.105729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05231686v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05142052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green Extraction Method: Microwave-Assisted Water Extraction Followed by HILIC-HRMS Analysis to Quantify Hydrophilic Compounds in Plants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Beet Chlorosis Virus Infection Mitigates Aphid‐Induced Plant Defences and Improves Plant Acceptability to Aphid Vectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadrien Chepca</w:t>
+                <w:t xml:space="preserve">Thomas Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Schmitz</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Alessandra Maia‐grondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (4), pp.223. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (20), pp.e70092. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/metabo15040223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.70092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05534523v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05231686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photosystem rearrangements, photosynthetic efficiency, and plant growth in far red‐enriched light</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A test-tube vinification method for high-throughput characterisation of the oenological and aromatic potential of white wines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Thibon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïté Leschevin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stefano Caffarri</w:t>
+                <w:t xml:space="preserve">Grégory Lemarquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.17127⟩</w:t>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.1.7698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04932813v1</w:t>
+                <w:t xml:space="preserve">hal-04551986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A test-tube vinification method for high-throughput characterisation of the oenological and aromatic potential of white wines</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Thibon</w:t>
+                <w:t xml:space="preserve">Photosystem rearrangements, photosynthetic efficiency, and plant growth in far red‐enriched light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Leschevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Ksas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Lemarquis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
+                <w:t xml:space="preserve">Stefano Caffarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 58 (1), </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 120 (6), pp.2536-2552. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/oeno-one.2024.58.1.7698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.17127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04551986v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04932813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CRISPR/Cas9 editing of Downy mildew resistant 6 (DMR6-1) in grapevine leads to reduced susceptibility to Plasmopara viticola</w:t>
               </w:r>
@@ -1632,51 +1632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Le-Bohec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 75 (7), pp.2100-2112. </w:t>
@@ -1842,459 +1842,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456344v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved reference of the grapevine genome reasserts the origin of the PN40024 highly homozygous genotype</w:t>
+                <w:t xml:space="preserve">The fungal metabolite 4‐hydroxyphenylacetic acid from &amp;lt;i&amp;gt;Neofusicoccum parvum&amp;lt;/i&amp;gt; modulates defence responses in grapevine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Velt</w:t>
+                <w:t xml:space="preserve">Noemi Flubacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bianca Frommer</w:t>
+                <w:t xml:space="preserve">Jochen Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Blanc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Duchêne</w:t>
+                <w:t xml:space="preserve">Eckhard Thines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/g3journal/jkad067⟩</w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (11), pp.3575-3591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.14670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04094305v1</w:t>
+                <w:t xml:space="preserve">hal-04197814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of defense-related gene expression and leaf metabolome in wheat during the early infection stages of Blumeria graminis f.sp. tritici</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Allario</w:t>
+                <w:t xml:space="preserve">An improved reference of the grapevine genome reasserts the origin of the PN40024 highly homozygous genotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Velt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Frommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Fourquez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
+                <w:t xml:space="preserve">Sophie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Siah</w:t>
+                <w:t xml:space="preserve">Daniela Holtgräwe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Gaucher</w:t>
+                <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 113 (8), pp.1537-1547. </w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-10-22-0364-R⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/g3journal/jkad067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04091467v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04094305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fungal metabolite 4‐hydroxyphenylacetic acid from &amp;lt;i&amp;gt;Neofusicoccum parvum&amp;lt;/i&amp;gt; modulates defence responses in grapevine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of defense-related gene expression and leaf metabolome in wheat during the early infection stages of Blumeria graminis f.sp. tritici</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Allario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemi Flubacher</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+                <w:t xml:space="preserve">Alice Fourquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jochen Fischer</w:t>
+                <w:t xml:space="preserve">Ali Siah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eckhard Thines</w:t>
+                <w:t xml:space="preserve">Matthieu Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 46 (11), pp.3575-3591. </w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 113 (8), pp.1537-1547. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pce.14670⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-10-22-0364-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197814v1</w:t>
+                <w:t xml:space="preserve">hal-04091467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-Localization of Resistance and Metabolic Quantitative Trait Loci on Carrot Genome Reveals Fungitoxic Terpenes and Related Candidate Genes Associated with the Resistance to Alternaria dauci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Emmanuel Koutouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Le Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2302,51 +2302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Suel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifa Hamama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.71. </w:t>
@@ -2410,51 +2410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Platel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2531,90 +2531,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic consequences of various fruit-based diets in a generalist insect species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Olazcuaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leménager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12, pp.e84370. </w:t>
@@ -2646,1877 +2646,1877 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04147561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic and Molecular Rearrangements of Sauvignon Blanc (Vitis vinifera L.) Berries in Response to Foliar Applications of Specific Dry Yeast</w:t>
+                <w:t xml:space="preserve">An Aphid-Transmitted Virus Reduces the Host Plant Response to Its Vector to Promote Its Transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Rodrigues</w:t>
+                <w:t xml:space="preserve">Célia Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristian Forestan</w:t>
+                <w:t xml:space="preserve">David Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Ravazzolo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+                <w:t xml:space="preserve">Valérie Cognat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (19), pp.3423. </w:t>
+              <w:t xml:space="preserve">Phytopathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 113 (9), pp.1745-1760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/plants12193423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/PHYTO-12-22-0454-FI⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292924v1</w:t>
+                <w:t xml:space="preserve">hal-04292923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Aphid-Transmitted Virus Reduces the Host Plant Response to Its Vector to Promote Its Transmission</w:t>
+                <w:t xml:space="preserve">Metabolic and Molecular Rearrangements of Sauvignon Blanc (Vitis vinifera L.) Berries in Response to Foliar Applications of Specific Dry Yeast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Krieger</w:t>
+                <w:t xml:space="preserve">Marta Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Halter</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Cristian Forestan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Ravazzolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvaine Boissinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytopathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 113 (9), pp.1745-1760. </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (19), pp.3423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/PHYTO-12-22-0454-FI⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants12193423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292923v1</w:t>
+                <w:t xml:space="preserve">hal-04292924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Laminarin-Based Formulation Protects Wheat Against Zymoseptoria tritici via Direct Antifungal Activity and Elicitation of Host Defense-Related Genes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bioinspired Rhamnolipid Protects Wheat Against Zymoseptoria tritici Through Mainly Direct Antifungal Activity and Without Major Impact on Leaf Physiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Platel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlon de Borba</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
+                <w:t xml:space="preserve">Ludovic Chaveriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/PDIS-08-21-1675-RE⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, 15p. / Article 878272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2022.878272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03623999v1</w:t>
+                <w:t xml:space="preserve">hal-03704459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wood degradation by Fomitiporia mediterranea M. Fischer: Physiologic, metabolomic and proteomic approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Schilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13, pp.988709. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpls.2022.988709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03791040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances in Plant Metabolomics: From Metabolic Pathways to Health Impact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Laminarin-Based Formulation Protects Wheat Against Zymoseptoria tritici via Direct Antifungal Activity and Elicitation of Host Defense-Related Genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlon de Borba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Velho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteus B. de Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreia Figueiredo</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Holvoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biology11020238⟩</w:t>
+              <w:t xml:space="preserve">Plant Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (5), pp.1408-1418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/PDIS-08-21-1675-RE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006283v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03623999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Color recycling: metabolization of apocarotenoid degradation products suggests carbon regeneration via primary metabolic pathways</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative Metabolomic Analysis of Four Fabaceae and Relationship to In Vitro Nematicidal Activity against Xiphinema index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Demangeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Koschmieder</w:t>
+                <w:t xml:space="preserve">Françoise Le Bohec-Dorner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saleh Alseekh</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Veronica Maurino</w:t>
+                <w:t xml:space="preserve">Camille Rustenholz Russell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00299-022-02831-8⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (10), pp.3052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27103052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03681040v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03704460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Metabolomic Analysis of Four Fabaceae and Relationship to In Vitro Nematicidal Activity against Xiphinema index</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent Advances in Plant Metabolomics: From Metabolic Pathways to Health Impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreia Figueiredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Durazzo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules27103052⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (2), pp.238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology11020238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03704460v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinspired Rhamnolipid Protects Wheat Against Zymoseptoria tritici Through Mainly Direct Antifungal Activity and Without Major Impact on Leaf Physiology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Color recycling: metabolization of apocarotenoid degradation products suggests carbon regeneration via primary metabolic pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Koschmieder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saleh Alseekh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzieh Shabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Chaveriat</w:t>
+                <w:t xml:space="preserve">Veronica Maurino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, 15p. / Article 878272. </w:t>
+              <w:t xml:space="preserve">Plant Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41, pp.961 - 977. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2022.878272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00299-022-02831-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03704459v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe Stunting Symptoms upon Nepovirus Infection Are Reminiscent of a Chronic Hypersensitive-like Response in a Perennial Woody Fruit Crop</w:t>
+                <w:t xml:space="preserve">Ancestral chemotypes of cultivated grapevine with resistance to Botryosphaeriaceae‐related dieback allocate metabolism towards bioactive stilbenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle R. Martin</w:t>
+                <w:t xml:space="preserve">Islam M. Khattab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Vigne</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Shahinez Garcia</w:t>
+                <w:t xml:space="preserve">Vaidurya P. Sahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v13112138⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 229 (2), pp.1133-1146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.16919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03640837v1</w:t>
+                <w:t xml:space="preserve">hal-03199774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant apocarotenoid metabolism utilizes defense mechanisms against reactive carbonyl species and xenobiotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julian Koschmieder</w:t>
+                <w:t xml:space="preserve">Severe Stunting Symptoms upon Nepovirus Infection Are Reminiscent of a Chronic Hypersensitive-like Response in a Perennial Woody Fruit Crop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle R. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Wüst</w:t>
+                <w:t xml:space="preserve">Jean-Michel Hily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Schaub</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Danika Maria Trautmann</w:t>
+                <w:t xml:space="preserve">Shahinez Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiaa033⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (11), pp.2138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v13112138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03151722v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Algal Polysaccharide Ulvan Induces Resistance in Wheat Against Zymoseptoria tritici Without Major Alteration of Leaf Metabolome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plant apocarotenoid metabolism utilizes defense mechanisms against reactive carbonyl species and xenobiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Koschmieder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Wüst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlon C. de Borba</w:t>
+                <w:t xml:space="preserve">Daniel Álvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline C. Velho</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
+                <w:t xml:space="preserve">Danika Maria Trautmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.703712. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 185 (2), pp.331-351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2021.703712⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiaa033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03640842v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03151722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancestral chemotypes of cultivated grapevine with resistance to Botryosphaeriaceae‐related dieback allocate metabolism towards bioactive stilbenes</w:t>
+                <w:t xml:space="preserve">The Algal Polysaccharide Ulvan Induces Resistance in Wheat Against Zymoseptoria tritici Without Major Alteration of Leaf Metabolome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Islam M. Khattab</w:t>
+                <w:t xml:space="preserve">Marlon C. de Borba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaidurya P. Sahi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Aline C. Velho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 229 (2), pp.1133-1146. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.703712. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.16919⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2021.703712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03199774v1</w:t>
+                <w:t xml:space="preserve">hal-03640842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The wild grape genome sequence provides insights into the transition from dioecy to hermaphroditism during grape domestication</w:t>
+                <w:t xml:space="preserve">Functional diversification in the Nudix hydrolase gene family drives sesquiterpene biosynthesis in Rosa × wichurana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène E Badouin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amandine Velt</w:t>
+                <w:t xml:space="preserve">Pulu Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gindraud</w:t>
+                <w:t xml:space="preserve">Clément Dégut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Flutre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dumas</w:t>
+                <w:t xml:space="preserve">Stéphane Réty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Caissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Hibrand-Saint Oyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-020-02131-y⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104 (1), pp.185-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.14916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02946414v1</w:t>
+                <w:t xml:space="preserve">hal-02990985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional diversification in the Nudix hydrolase gene family drives sesquiterpene biosynthesis in Rosa × wichurana</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The wild grape genome sequence provides insights into the transition from dioecy to hermaphroditism during grape domestication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Réty</w:t>
+                <w:t xml:space="preserve">Hélène E Badouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Claude Caissard</w:t>
+                <w:t xml:space="preserve">François Gindraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Hibrand-Saint Oyant</w:t>
+                <w:t xml:space="preserve">Timothée Flutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 104 (1), pp.185-199. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.14916⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-020-02131-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02990985v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrot resistance against Alternaria leaf blight: potential involvement of terpenes and flavonoids</w:t>
               </w:r>
@@ -4630,1241 +4630,1241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Link between carrot leaf secondary metabolites and resistance to Alternaria dauci</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Aphid-Transmitted Turnip yellows virus Differentially Affects Volatiles Emission and Subsequent Vector Behavior in Two Brassicaceae Plants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Koutouan</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celia Krieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-31700-2⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms19082316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02516664v1</w:t>
+                <w:t xml:space="preserve">hal-01930967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation, classification, genomic organization and expression of the Vitis vinifera CYPome</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Link between carrot leaf secondary metabolites and resistance to Alternaria dauci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Tavares</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eric Duchêne</w:t>
+                <w:t xml:space="preserve">Claude Koutouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0199902⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.13746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-31700-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269561v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02516664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grapevine fatty acid hydroperoxide lyase generates actin-disrupting volatiles and promotes defence-related cell death</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Annotation, classification, genomic organization and expression of the Vitis vinifera CYPome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Ilc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Akaberi</w:t>
+                <w:t xml:space="preserve">Gautier Arista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hao Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patricia Claudel</w:t>
+                <w:t xml:space="preserve">Raquel Tavares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Riemann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bettina Hause</w:t>
+                <w:t xml:space="preserve">Nicolas Navrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/ery133⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (6), pp.e0199902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0199902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621240v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oak genome reveals facets of long lifespan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Plomion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Plomion</w:t>
+                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
+                <w:t xml:space="preserve">Joelle Amselem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelle Amselem</w:t>
+                <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4 (7), pp.440-452. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41477-018-0172-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01820559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of lipid markers of &amp;lt;em&amp;gt;Plasmopara viticola&amp;lt;/em&amp;gt; infection in grapevine using a non-targeted metabolomic approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Halter</w:t>
+                <w:t xml:space="preserve">Grapevine fatty acid hydroperoxide lyase generates actin-disrupting volatiles and promotes defence-related cell death</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Akaberi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Merdinoglu-Wiedemann</w:t>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rustenholz</w:t>
+                <w:t xml:space="preserve">Michael Riemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
+                <w:t xml:space="preserve">Bettina Hause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.1-11. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69 (12), pp.2883-2896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ery133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623572v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Aphid-Transmitted Turnip yellows virus Differentially Affects Volatiles Emission and Subsequent Vector Behavior in Two Brassicaceae Plants.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Claudel</w:t>
+                <w:t xml:space="preserve">Identification of lipid markers of &amp;lt;em&amp;gt;Plasmopara viticola&amp;lt;/em&amp;gt; infection in grapevine using a non-targeted metabolomic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+                <w:t xml:space="preserve">Sabine Merdinoglu-Wiedemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Fouché</w:t>
+                <w:t xml:space="preserve">Camille Rustenholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia Krieger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Halter</w:t>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 19 (5), </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms19082316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01930967v1</w:t>
+                <w:t xml:space="preserve">hal-02623572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">My way: noncanonical biosynthesis pathways for plant volatiles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pulu Sun</w:t>
+                <w:t xml:space="preserve">A grapevine cytochrome P450 generates the precursor of wine lactone, a key odorant in wine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Ilc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert C. Schuurink</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+                <w:t xml:space="preserve">Laurence Miesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Baudino</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florian Lauvoisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Kriegshauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tplants.2016.07.007⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 213 (1), pp.264-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.14139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02637403v1</w:t>
+                <w:t xml:space="preserve">hal-01602735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsenite response in Coccomyxa sp. Carn explored by transcriptomic and non-targeted metabolomic approaches</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Koechler</w:t>
+                <w:t xml:space="preserve">My way: noncanonical biosynthesis pathways for plant volatiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pulu Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe N. Bertin</w:t>
+                <w:t xml:space="preserve">Robert C. Schuurink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Caissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Plewniak</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvie Baudino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13227⟩</w:t>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (10), pp.884-894. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2016.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02084513v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A grapevine cytochrome P450 generates the precursor of wine lactone, a key odorant in wine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Halter</w:t>
+                <w:t xml:space="preserve">Arsenite response in Coccomyxa sp. Carn explored by transcriptomic and non-targeted metabolomic approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Koechler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe N. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Miesch</w:t>
+                <w:t xml:space="preserve">Frédéric Plewniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Lauvoisard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Kriegshauser</w:t>
+                <w:t xml:space="preserve">Corinne Casiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (4), pp.1289--1300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.14139⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01602735v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02084513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosynthesis of monoterpene scent compounds in roses</w:t>
               </w:r>
@@ -5876,77 +5876,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Roccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulu Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 349 (6243), pp.81-83. </w:t>
@@ -5997,51 +5997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic diversity of stilbene metabolism in Vitis sylvestris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dong  Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6112,566 +6112,566 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02634190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specificity of Ocimum basilicum geraniol synthase modified by its expression in different heterologous systems</w:t>
+                <w:t xml:space="preserve">Specificity of Ocimum basilicum geraniol synthase modified by its expression in different heterologous systems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.J.C. Fischer</w:t>
+                <w:t xml:space="preserve">Marc Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Meyer</w:t>
+                <w:t xml:space="preserve">Sophie Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Claude</w:t>
+                <w:t xml:space="preserve">Mireille M. Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Perrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.F. Ginglinger</w:t>
+                <w:t xml:space="preserve">Jean François Ginglinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 163, pp.24-29</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 163 (1), pp.24-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2012.10.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01254054v1</w:t>
+                <w:t xml:space="preserve">hal-02650206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis of the biosynthesis of 2-methoxy-3-isobutylpyrazine, a major grape-derived aroma compound impacting wine quality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Specificity of Ocimum basilicum geraniol synthase modified by its expression in different heterologous systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Ilg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Réty</w:t>
+                <w:t xml:space="preserve">M.J.C. Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Brette</w:t>
+                <w:t xml:space="preserve">S. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Trossat-Magnin</w:t>
+                <w:t xml:space="preserve">P. Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.F. Ginglinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 163, pp.24-29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647779v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01254054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of amino-acidic positions important for Ocimum basilicum geraniol synthase activity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic analysis of the biosynthesis of 2-methoxy-3-isobutylpyrazine, a major grape-derived aroma compound impacting wine quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Meyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patricia Claudel</w:t>
+                <w:t xml:space="preserve">Sabine Guillaumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Steyer</w:t>
+                <w:t xml:space="preserve">Andrea Ilg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Réty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Bergdoll</w:t>
+                <w:t xml:space="preserve">Maxime Brette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Trossat-Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Bioscience and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4236/abb.2013.42033⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 162 (2), pp.604-615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.113.218313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644032v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specificity of Ocimum basilicum geraniol synthase modified by its expression in different heterologous systems.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId263" w:history="1">
+                <w:t xml:space="preserve">Determination of amino-acidic positions important for Ocimum basilicum geraniol synthase activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean François Ginglinger</w:t>
+                <w:t xml:space="preserve">Damien Steyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bergdoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2012.10.012⟩</w:t>
+              <w:t xml:space="preserve">Advances in Bioscience and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013 (4), pp.242-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4236/abb.2013.42033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02650206v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural, functional and evolutionary analysis of the unusually large stilbene synthase gene family in grapevine (Vitis vinifera)</w:t>
               </w:r>
@@ -6795,64 +6795,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural, Functional, and Evolutionary Analysis of the Unusually Large Stilbene Synthase Gene Family in Grapevine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Parage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Tavares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Réty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6920,51 +6920,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic mechanisms underlying the methylation level of anthocyanins in grape (Vitis vinifera L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Fournier-Level</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Verries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7037,51 +7037,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel cation-dependent o-methyltransferase involved in anthocyanin methylation in grapevine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Provenzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7197,51 +7197,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Chong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Poutaraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 177 (3), pp.143-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7313,51 +7313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Schmidlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Poutaraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pere Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7460,51 +7460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Piola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jean Douady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Réty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7549,432 +7549,432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The grapevine genome sequence suggests ancestral hexaploidization in major angiosperm phyla.</w:t>
+                <w:t xml:space="preserve">Both the adaxial and abaxial epidermal layers of the rose petal emit volatile scent compounds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Jaillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
+                <w:t xml:space="preserve">V. Bergougnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Noel</w:t>
+                <w:t xml:space="preserve">J.C. Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Policriti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Clepet</w:t>
+                <w:t xml:space="preserve">Florence Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 226 (4), pp.853-866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00425-007-0531-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature06148⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00180136v1</w:t>
+                <w:t xml:space="preserve">hal-00189101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production and Emission of Volatile Compounds by Petal Cells.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The grapevine genome sequence suggests ancestral hexaploidization in major angiosperm phyla.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Bergougnoux</w:t>
+                <w:t xml:space="preserve">Olivier Jaillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Jullien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
+                <w:t xml:space="preserve">Benjamin Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Policriti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Clepet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 449 (7161), pp.463-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature06148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00188391v1</w:t>
+                <w:t xml:space="preserve">inria-00180136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Both the adaxial and abaxial epidermal layers of the rose petal emit volatile scent compounds.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Jullien</w:t>
+                <w:t xml:space="preserve">Production and Emission of Volatile Compounds by Petal Cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Baudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Caissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bergougnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planta</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2 (6), pp.525-526</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00189101v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00188391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Petal-specific Orcinol O-methyltransferases in the Evolution of Rose Scent.</w:t>
               </w:r>
@@ -8085,90 +8085,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secretion mechanisms of volatile organic compounds in specialized cells of aromatic plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bergougnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Mauriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8236,64 +8236,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noellie Journot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8387,51 +8387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judit Szécsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 515 (1-3), pp.35-38. </w:t>
@@ -8495,51 +8495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain d'Harlingue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8754,484 +8754,484 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovating a targeted chitosan-derived biocontrol solution to induce grapevine resistance against downy and powdery mildews</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoît Darblade</w:t>
+                <w:t xml:space="preserve">Identification of CaMV and TuYV proteins responsible for the manipulation of host plant phenotype and aphid vector behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PlantBioProTech &amp; IOBC-IR 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Castellon de la Plana, Spain</w:t>
+              <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024 Kyoto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070645v1</w:t>
+                <w:t xml:space="preserve">hal-05202012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of plant virus proteins responsible for the manipulation of host phenotype and vector behavior</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Brault</w:t>
+                <w:t xml:space="preserve">Innovating a targeted chitosan-derived biocontrol solution to induce grapevine resistance against downy and powdery mildews</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphnée Brulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Heloir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Roudaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Darblade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st European EPG Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">PlantBioProTech &amp; IOBC-IR 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Castellon de la Plana, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05202001v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomarker-based phenotyping of grapevine (vitis spp.) resistance to plasmopara viticola reveals interactions between pyramided resistance loci</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Identification of plant virus proteins responsible for the manipulation of host phenotype and vector behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th World Congress of Vine and Wine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OIV, Oct 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">1st European EPG Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283718v1</w:t>
+                <w:t xml:space="preserve">hal-05202001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grape development revisited through the single-berry metabolomic clock paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Savoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Torregrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open GPB 2024 - Open Conference on Grapevine Physiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Logrono La Riora, Spain. </w:t>
@@ -9263,355 +9263,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The grapevine single-berry clock, practical tools and outcomes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Daviet</w:t>
+                <w:t xml:space="preserve">Biomarker-based phenotyping of grapevine (vitis spp.) resistance to plasmopara viticola reveals interactions between pyramided resistance loci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyrone Possamai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Céline Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Annick Dorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open GPB 2024 - Open Conference on Grapevine Physiology and Biotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">45th World Congress of Vine and Wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OIV, Oct 2024, Dijon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04677520v1</w:t>
+                <w:t xml:space="preserve">hal-05283718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of CaMV and TuYV proteins responsible for the manipulation of host plant phenotype and aphid vector behavior</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hugueney</w:t>
+                <w:t xml:space="preserve">The grapevine single-berry clock, practical tools and outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengyao Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Tavernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Lesbats-Sichel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Savoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Daviet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII International Congress of Entomology (ICE2024 Kyoto)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Open GPB 2024 - Open Conference on Grapevine Physiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Logrono La Riora, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58233/aleZezo4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05202012v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroxycinnamic acid amide accumulation and PR-protein encoding gene expression are major responses of wheat during the early stages of powdery mildew infection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Hydroxycinnamic acid amide accumulation and PR-protein encoding gene expressionare major responses of wheat during the early stages of powdery mildew infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Allario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fourquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Siah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9653,103 +9653,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CaMV and TuYV modify the post-acquisition behavior of aphids with consequences on virus transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Drucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII European Congress of Entomology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hellenic Entomological Society, Oct 2023, Heraklion (CR), Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9800,51 +9800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Platel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca Lucau-Danila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9899,103 +9899,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mycorrhizal fungi as biocontrol agents of septoria tritici blotch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Allario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuko Krzyzaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fourquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Tisserant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">72nd International Symposium on Crop Protection (ISCP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Ghent (BE), Belgium</w:t>
@@ -10024,103 +10024,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Criblage d’inducteurs de résistance d’origine naturelle pour le biocontrôle de maladies foliaires du blé : étude sur la septoriose et l’oïdium du blé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fourquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlon de Borba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Allario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Randoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PHLOEME, 2èmes biennales de la recherche et de l’innovation dans le domaine des céréales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ARVALIS, Jan 2020, Cité des Sciences de l'Industrie, Paris, France. pp.279-280</w:t>
@@ -10149,103 +10149,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of naturally occurring resistance inducers for biocontrol of two wheat leaf diseases: Septoria Tritici Blotch and powdery mildew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fourquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlon de Borba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Allario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Randoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Magnin-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Bioprotech - 2nd International Symposium on Plant Bioprotection Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Reims university; IAR-The French Bioeconomy Cluster; INRA Morocco, Nov 2019, Marrakech, Morocco</w:t>
@@ -10274,103 +10274,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic determinism of the 'Muscat' flavour in grapevine (&amp;lt;em&amp;gt;Vitis vinifera&amp;lt;/em&amp;gt; L.) cultivars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisele Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Jaegli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Grapevine Physiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, La Serena, Chile. pp.5, </w:t>
@@ -10402,359 +10402,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining genetic, high-throughput transcriptomic and biochemical approaches to identify methoxypyrazine biosynthetic genes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
+                <w:t xml:space="preserve">La biosynthèse des arômes dans la baie de raisin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Ilg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Guillaumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claudine Trossat</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisele Butterlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Symposium on Grapevine Physiology and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, La Serena, Chile</w:t>
+              <w:t xml:space="preserve">1ère Rencontre du Nouveau Réseau Vigne et Vins Septentrional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Colmar, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803976v1</w:t>
+                <w:t xml:space="preserve">hal-02810525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biosynthèse des arômes dans la baie de raisin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
+                <w:t xml:space="preserve">Combining genetic, high-throughput transcriptomic and biochemical approaches to identify methoxypyrazine biosynthetic genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Guillaumie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Ilg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Raymonde Baltenweck-Guyot</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Brette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Decroocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Trossat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Rencontre du Nouveau Réseau Vigne et Vins Septentrional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Colmar, France</w:t>
+              <w:t xml:space="preserve">9. International Symposium on Grapevine Physiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, La Serena, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02810525v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic determinism of geraniol and linalool concentrations in grapevine berries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisele Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oeno 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, BORDEAUX, France</w:t>
@@ -10822,51 +10822,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Le Cunff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Doligez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marc J. M. Souquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10908,103 +10908,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parfum de rose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bergougnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis Magnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Caissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jardins de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Lyon, France</w:t>
@@ -11078,64 +11078,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des lipides cuticulaires des raisins par spectrométrie de masse à haute résolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Ledieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Saint - Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11173,64 +11173,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotyping by sequencing and genetic mapping of phenology-relevant and berry quality traits from two grapevine mapping populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Obert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Thibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Lafargue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11285,77 +11285,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic modifications in Arabidopsis plants induced by Turnip yellows virus and consequences on aphid behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Fouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baldenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11404,734 +11404,734 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résistance de la vigne au mildiou : Approche métabolomique sur 3 facteurs de résistance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Approche métabolomique de la résistance de la vigne au mildiou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Poutaraud Naidenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilce Prado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Joseph Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Merdinoglu-Wiedemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Rencontre du Nouveau Réseau Vigne et Vins Septentrional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Colmar, France. 2013</w:t>
+              <w:t xml:space="preserve">7èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02810873v1</w:t>
+                <w:t xml:space="preserve">hal-02811349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment créer une variété de type Muscat à partir du Riesling et du Gewurztraminer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Genetic determinism of the Muscat flavour in grapevine (Vitis vinifera L.) varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisele Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Rencontre du Nouveau Réseau Vigne et Vins Septentrional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Colmar, France. 2013</w:t>
+              <w:t xml:space="preserve">IX International Symposium on Grapevine Physiology and Biotechnology, La Serena, Chile, 21-26 April 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Santiago, Chile. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02811406v1</w:t>
+                <w:t xml:space="preserve">hal-04789748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of the Muscat flavour in grapevine (Vitis vinifera L.) varieties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
+                <w:t xml:space="preserve">Résistance de la vigne au mildiou : Approche métabolomique sur 3 facteurs de résistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Poutaraud Naidenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Negrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilce Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Joseph Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IX International Symposium on Grapevine Physiology and Biotechnology, La Serena, Chile, 21-26 April 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Santiago, Chile. 2013</w:t>
+              <w:t xml:space="preserve">1ère Rencontre du Nouveau Réseau Vigne et Vins Septentrional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Colmar, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789748v1</w:t>
+                <w:t xml:space="preserve">hal-02810873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic determinism of the Muscat flavour in grapevine varieties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Comment créer une variété de type Muscat à partir du Riesling et du Gewurztraminer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisele Butterlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Claudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dumas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. International Symposium on Grapevine Physiology and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, La Serena, Chile. 2013</w:t>
+              <w:t xml:space="preserve">1ère Rencontre du Nouveau Réseau Vigne et Vins Septentrional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Colmar, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02802906v1</w:t>
+                <w:t xml:space="preserve">hal-02811406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche métabolomique de la résistance de la vigne au mildiou</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sabine Merdinoglu-Wiedemann</w:t>
+                <w:t xml:space="preserve">Genetic determinism of the Muscat flavour in grapevine varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisele Butterlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Jaegli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Amiens, France. 2013</w:t>
+              <w:t xml:space="preserve">9. International Symposium on Grapevine Physiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, La Serena, Chile. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02811349v1</w:t>
+                <w:t xml:space="preserve">hal-02802906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional genomics of aroma compounds biosynhtesis in grape berries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Guillaumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Ilg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Brette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Decroocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macrowine "Macrovision of viticulture, wine making and markets"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bordeaux, France. 2012</w:t>
@@ -12218,51 +12218,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Łukasz P Tarkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hammel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GiESCO 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Geisenheim, Germany. International Viticulture and Enology Society, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12328,77 +12328,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of scent genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Caissard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Natalia Dudareva; Eran Pichersky. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of plant volatiles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRC press, 2020, 9781138316492. </w:t>
@@ -12449,77 +12449,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model Plants and Functional Genomic Approaches Applied to the Characterization of Genes Involved in Floral Scent Biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Scalliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mark Cock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Floriculture, ornamental and plant biotechnology: advances and topical issue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12576,77 +12576,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1-­deoxy-­D-­xylulose 5-‑phosphate synthase alleles responsible for enhanced terpene biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : PCT/EP2011/005283. 2012, pp.-73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12696,90 +12696,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variétés résistantes aux maladies. Le point sur les actions en cours du CIVB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Audeguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12840,467 +12840,467 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative assessment of genomic, phenomic, and metabolomic prediction models in biparental grapevine breeding populations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elsa Chedid</w:t>
+                <w:t xml:space="preserve">Breeding for durable resistance in crops: defeated loci may act as Trojan horses compromising the effectiveness of major resistance genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyrone Possamai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Wiedemann-Merdinoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Céline Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Annick Dorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Griem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05428154v1</w:t>
+                <w:t xml:space="preserve">hal-05279598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic biomarker-based phenotyping unveils quantitative effects of plant resistance and pathogen aggressiveness in the grapevine (Vitis spp.) -downy mildew (Plasmopara viticola) pathosystem</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Annick Dorne</w:t>
+                <w:t xml:space="preserve">Comparative assessment of genomic, phenomic, and metabolomic prediction models in biparental grapevine breeding populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Borrelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Chepca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Calcaterra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Chedid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05289416v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05428154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding for durable resistance in crops: defeated loci may act as Trojan horses compromising the effectiveness of major resistance genes</w:t>
+                <w:t xml:space="preserve">Metabolic biomarker-based phenotyping unveils quantitative effects of plant resistance and pathogen aggressiveness in the grapevine (Vitis spp.) -downy mildew (Plasmopara viticola) pathosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tyrone Possamai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Wiedemann-Merdinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Céline Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Annick Dorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05279598v1</w:t>
+                <w:t xml:space="preserve">hal-05289416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The single-berry metabolomic clock paradigm reveals new stages and metabolic switches during grapevine berry development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Savoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Torregrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hugueney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymonde Baltenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -13491,51 +13491,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524323v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrone Possamai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wiedemann-Merdinoglu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Lacombe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Dorne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Griem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2026.114800" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322688v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Claudel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thibon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Lemarquis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jaegli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2025.8497" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861427v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Boissinot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Negrel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15303" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05378553v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emmanuel Koutouan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Louisa Ramaroson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina El Ghaziri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Og&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Kebieche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0336995" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142052v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allario" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Krzyzaniak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105729" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114656v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louisa Ramaroson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11032-025-01573-1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011841v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Tavernier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Savoi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hugueney" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf038" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231686v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Armand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia&#8208;grondard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70092" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534523v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Louis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chich" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Chepca" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo15040223" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932813v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Leschevin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ksas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caffarri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.17127" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551986v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lemarquis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.1.7698" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348013v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Djennane" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gersch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le-Bohec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Piron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad487" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456344v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Brul&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire H&#233;loir" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Roudaire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Villette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Bonnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1360254" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094305v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Frommer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blanc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Holtgr&#228;we" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkad067" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091467v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fourquez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siah" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-10-22-0364-R" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197814v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Flubacher" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Fischer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Thines" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14670" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923129v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Clerc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Suel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Hamama" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13010071" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979567v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Platel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trapet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1074447" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147561v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Olazcuaga" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lem&#233;nager" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.84370" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292924v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rodrigues" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Forestan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ravazzolo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12193423" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292923v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Krieger" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Halter" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cognat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-22-0454-FI" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623999v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon de Borba" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Velho" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteus B. de Freitas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Holvoet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-08-21-1675-RE" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791040v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Robert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.988709" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006283v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Figueiredo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Durazzo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11020238" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681040v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Koschmieder" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Alseekh" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzieh Shabani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Maurino" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00299-022-02831-8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704460v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Demangeat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Bohec-Dorner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz Russell" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103052" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704459v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chaveriat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.878272" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640837v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R. Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vigne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hily" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahinez Garcia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13112138" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151722v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian W&#252;st" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schaub" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel &#193;lvarez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danika Maria Trautmann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaa033" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640842v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon C. de Borba" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline C. Velho" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.703712" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199774v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam M. Khattab" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaidurya P. Sahi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16919" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946414v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne E Badouin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gindraud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02131-y" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990985v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulu Sun" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#233;gut" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;ty" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hibrand-Saint Oyant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14916" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915477v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Koutouan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baltenweck" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Claudel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Halter" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1264.23" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516664v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Koutouan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31700-2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269561v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Ilc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Arista" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Tavares" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Navrot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0199902" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621240v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Akaberi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Riemann" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Hause" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery133" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820559v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Amselem" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0172-3" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623572v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Merdinoglu-Wiedemann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00360" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930967v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fouch&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Krieger" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19082316" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637403v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Schuurink" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2016.07.007" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084513v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Koechler" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe N. Bertin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13227" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HMVPRD5Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602735v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Miesch" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lauvoisard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kriegshauser" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14139" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210018v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Magnard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Roccia" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vergne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aab0696" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634190v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong&#160; Duan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck-Guyot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tisch" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria Tr&#246;ster" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv137" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254054v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J.C. Fischer" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meyer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Claude" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ginglinger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647779v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Guillaumie" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ilg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Brette" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Trossat-Magnin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.218313" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644032v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fischer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Meyer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Steyer" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bergdoll" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/abb.2013.42033" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650206v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Perrin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Ginglinger" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2012.10.012" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W9SHMQ30-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753657v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Parage" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tavares" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. R&#233;ty" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baltenweck-Guyot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poutaraud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642825v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parage" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Poutaraud Naidenov" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651150v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier-Level" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Verries" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P. This" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Ageorges" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-179" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659192v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Provenzano" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ferrandino" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.140376" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669226v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chong" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poutaraud" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2009.05.012" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQ3W7T8C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666123v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schmidlin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Mestre" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilce Prado" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.108.126003" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662642v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Scalliet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jean Douady" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0711551105" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00180136v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jaillon" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Policriti" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Clepet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature06148" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00188391v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bergougnoux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jullien" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189101v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bergougnoux" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Caissard" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jullien" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-007-0531-1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B26BK47B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092536v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Scalliet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lionnet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Bechec" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dutronc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Magnard" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00081423v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Joly" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauriat" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925579v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noellie Journot" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925580v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Channeli&#232;re" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#235;phane Riviere" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Sz&#233;csi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(02)02413-4" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698161v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouvier" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain d'Harlingue" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Marin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.271.46.28861" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698850v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Marin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quesada" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Gonneau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070645v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Heloir" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darblade" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202001v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283718v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677525v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/CM69PEhY" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677520v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengyao Shi" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lesbats-Sichel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Daviet" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/aleZezo4" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202012v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309318v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753808v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309371v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052942v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055601v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Randoux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052927v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738163v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Butterlin" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1157.14" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803976v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Decroocq" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Trossat" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810525v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809953v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arnold" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820511v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier Level" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le Cunff" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Doligez" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Souquet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447141v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Magnard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jullien" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763377v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Ledieu" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736102v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Obert" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lafargue" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Hilbert" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947549v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baldenweck" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Cherqui" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810873v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gros" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joseph Schneider" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811406v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789748v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802906v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811349v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805676v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05281725v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz P Tarkowski" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hammel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/giesco2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695825v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429455612-14" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441707v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789739v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620628v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Audeguin" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428154v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Borrelli" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Delannoy" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Calcaterra" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chedid" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289416v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279598v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279589v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524323v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrone Possamai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wiedemann-Merdinoglu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;line Lacombe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Dorne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Griem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2026.114800" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05534523v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Louis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Chepca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schmitz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hugueney" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo15040223" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Claudel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Thibon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Lemarquis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jaegli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2025.8497" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861427v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Boissinot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Negrel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011841v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Tavernier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Savoi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraf038" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05378553v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emmanuel Koutouan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Louisa Ramaroson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina El Ghaziri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Og&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Kebieche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0336995" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114656v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louisa Ramaroson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11032-025-01573-1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142052v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allario" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Krzyzaniak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Magnin-Robert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105729" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231686v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Armand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia&#8208;grondard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70092" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551986v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lemarquis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2024.58.1.7698" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932813v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Leschevin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Ksas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Caffarri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.17127" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348013v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Djennane" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gersch" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le-Bohec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Piron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erad487" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456344v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Brul&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire H&#233;loir" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Roudaire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Villette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Bonnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1360254" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197814v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Flubacher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Fischer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Thines" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14670" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094305v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Frommer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blanc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Holtgr&#228;we" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duch&#234;ne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkad067" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091467v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fourquez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Siah" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaucher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-10-22-0364-R" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923129v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Clerc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Suel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Hamama" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13010071" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979567v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Platel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Lucau-Danila" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trapet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1074447" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147561v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Olazcuaga" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lem&#233;nager" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.84370" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292923v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Krieger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Halter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cognat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-22-0454-FI" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292924v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rodrigues" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Forestan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ravazzolo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12193423" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704459v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chaveriat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.878272" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791040v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schilling" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Robert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.988709" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623999v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon de Borba" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Velho" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteus B. de Freitas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Holvoet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-08-21-1675-RE" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704460v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Demangeat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Bohec-Dorner" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz Russell" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103052" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006283v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Figueiredo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Durazzo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11020238" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681040v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Koschmieder" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Alseekh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzieh Shabani" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Maurino" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00299-022-02831-8" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199774v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam M. Khattab" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaidurya P. Sahi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16919" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640837v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R. Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vigne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hily" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahinez Garcia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13112138" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151722v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian W&#252;st" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schaub" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel &#193;lvarez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danika Maria Trautmann" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaa033" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640842v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon C. de Borba" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline C. Velho" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.703712" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990985v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulu Sun" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#233;gut" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;ty" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Caissard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hibrand-Saint Oyant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14916" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946414v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne E Badouin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gindraud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02131-y" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02915477v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Koutouan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baltenweck" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Claudel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Halter" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1264.23" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930967v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fouch&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Krieger" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19082316" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516664v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Koutouan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31700-2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269561v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Ilc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Arista" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Tavares" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Navrot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0199902" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820559v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Amselem" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0172-3" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621240v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Akaberi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Riemann" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Hause" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery133" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623572v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Merdinoglu-Wiedemann" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merdinoglu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00360" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602735v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Miesch" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lauvoisard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kriegshauser" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14139" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637403v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Schuurink" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2016.07.007" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084513v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Koechler" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe N. Bertin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plewniak" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Casiot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13227" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HMVPRD5Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210018v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Magnard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Roccia" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vergne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aab0696" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634190v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong&#160; Duan" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baltenweck-Guyot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tisch" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoria Tr&#246;ster" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv137" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650206v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fischer" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Meyer" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M. Perrin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Ginglinger" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2012.10.012" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W9SHMQ30-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254054v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J.C. Fischer" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meyer" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Claude" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perrin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ginglinger" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647779v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Guillaumie" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ilg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Brette" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Trossat-Magnin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.218313" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644032v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Steyer" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bergdoll" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/abb.2013.42033" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753657v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Parage" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Tavares" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. R&#233;ty" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baltenweck-Guyot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poutaraud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642825v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parage" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Poutaraud Naidenov" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651150v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier-Level" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Verries" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice P. This" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Ageorges" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-11-179" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659192v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Provenzano" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ferrandino" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.140376" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669226v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chong" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Poutaraud" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2009.05.012" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQ3W7T8C-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666123v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schmidlin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Mestre" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilce Prado" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.108.126003" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662642v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Scalliet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jean Douady" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0711551105" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189101v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bergougnoux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Caissard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jullien" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-007-0531-1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-B26BK47B-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00180136v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jaillon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Policriti" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Clepet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature06148" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00188391v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bergougnoux" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jullien" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092536v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Scalliet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lionnet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Bechec" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dutronc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Magnard" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00081423v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Joly" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauriat" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925579v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noellie Journot" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01925580v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Channeli&#232;re" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#235;phane Riviere" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Sz&#233;csi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(02)02413-4" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698161v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouvier" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain d'Harlingue" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Marin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.271.46.28861" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698850v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Marin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nussaume" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quesada" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Gonneau" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202012v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070645v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Heloir" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Darblade" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202001v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677525v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/CM69PEhY" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283718v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677520v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengyao Shi" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lesbats-Sichel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Daviet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/aleZezo4" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309318v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753808v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309371v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052942v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055601v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Randoux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052927v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738163v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Butterlin" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2017.1157.14" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810525v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803976v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Decroocq" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Trossat" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809953v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arnold" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820511v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fournier Level" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le Cunff" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Doligez" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Souquet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447141v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Magnard" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jullien" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763377v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Ledieu" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736102v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Obert" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lafargue" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Hilbert" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947549v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Baldenweck" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Cherqui" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811349v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gros" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Joseph Schneider" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789748v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810873v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811406v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802906v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805676v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05281725v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz P Tarkowski" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hammel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/giesco2025" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695825v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429455612-14" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441707v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mark Cock" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789739v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620628v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Audeguin" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279598v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428154v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Borrelli" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Delannoy" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Calcaterra" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chedid" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289416v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279589v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>