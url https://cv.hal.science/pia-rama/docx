--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -4540,277 +4540,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effects of Alpha-2 Agonist, Medetomidine and its Antagonist, Atipamezole on Reaction and Movement Times in a Visual Choice Reaction Time Task in Monkeys</w:t>
+                <w:t xml:space="preserve">Visuospatial mnemonic load modulates event-related slow potentials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Rämä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kari Kesseli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kalevi Reinikainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouni Kekoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heikki Hämäläinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0361-9230(97)00108-1⟩</w:t>
+              <w:t xml:space="preserve">NeuroReport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 8 (4), pp.871-876. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/00001756-199703030-00011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407829v1</w:t>
+                <w:t xml:space="preserve">hal-05516981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visuospatial mnemonic load modulates event-related slow potentials</w:t>
+                <w:t xml:space="preserve">The Effects of Alpha-2 Agonist, Medetomidine and its Antagonist, Atipamezole on Reaction and Movement Times in a Visual Choice Reaction Time Task in Monkeys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Rämä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilkka Linnankoski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synnöve Carlson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroReport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 44 (2), pp.171-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0361-9230(97)00108-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/00001756-199703030-00011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05516981v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of prefrontal intracortical microinjections of an alpha-2 agonist, alpha-2 antagonist and lidocaine on the delayed alternation performance of aged rats</w:t>
               </w:r>
@@ -5080,64 +5080,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pia Rämä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synnöve Carlson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jouni Kekoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heikki Hämäläinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electroencephalography and clinical neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 94 (5), pp.371-380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7168,51 +7168,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625739v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Raynal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cl&#233;ment" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goyet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia R&#228;m&#228;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sander" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2024.105984" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767172v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cydney Chiball" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumisay Rukoz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2024.101214" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767165v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Montgomery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_02218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290757v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Potdevin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parvaneh Adibpour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Garric" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Somogyi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Dehaene-Lambertz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15050989" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03662912v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oytun Ayg&#252;n" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2021.101055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03859714v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Helo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Guerra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Julia Coloma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Aravena-Bravo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.796459" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848143v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisella Decarli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Granjon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Veggiotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores de Hevia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12111480" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443156v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Antonia Reyes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15475441.2021.1977643" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413839v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onkar Krishna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiyoharu Aizawa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511639v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Leminen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satu Koskenoja-Vainikka" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miika Leminen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Alho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2018.03.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413780v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louah Sirri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2018.04.012" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01650322v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Meur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coutrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Liu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Roch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2017.2722238" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511640v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Helo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azaiez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87565641.2017.1396604" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511681v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrien van Ommen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pannasch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Danteny-Dordoigne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2017.09.008" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569887v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#233;ary" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0952523816000110" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511683v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2015.01.003" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQ1MZLCX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511685v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2014.08.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511686v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fagard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00355" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511687v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Serres" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2013.01.009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5841KL9J-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511690v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Relander-Syrj&#228;nen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synn&#246;ve Carlson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oili Salonen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teija Kujala" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2012.04.018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQK27BM3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511696v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha &#214;hman" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Laakso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto N&#228;&#228;t&#228;nen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2010.03.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSDQ6TMP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baccino" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0952523810000283" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3TRP0TRH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511699v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Relander" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn.2009.21127" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534737v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2008.11.050" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQC97KL0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511698v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maikku Toivonen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/wnr.0b013e32832ff26f" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534729v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-007-0182-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4J8BVR5V-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534727v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Courtney" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2004.08.024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-263VTX2P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534725v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Poremba" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jb Sala" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Yee" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Malloy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhh037" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534716v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Pertovaara" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka Linnankoski" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Artchakov" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbb.2004.06.009" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VDVZPL6B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534722v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Sala" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0028-3932(02)00166-5" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZQ5MTFP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534575v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sala" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gillen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pekar" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courtney" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/cabn.1.2.161" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534577v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Martinkauppi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha Koivisto" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannu Aronen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nimg.2001.0777" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3Z8T7G2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534569v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa Paavilainen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Anourova" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalevi Reinikainen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0028-3932(00)00019-1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFC7KGRG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516995v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salla Koivusalo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko Kahnari" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199911260-00015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413666v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virve Vuontela" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Raninen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199908020-00002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516979v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heikki Tanila" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heikki Mansikka" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.1997.77.2.761" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407828v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199709080-00010" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407829v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0361-9230(97)00108-1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8GLX1L7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516981v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kari Kesseli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouni Kekoni" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heikki H&#228;m&#228;l&#228;inen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199703030-00011" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407824v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0361-9230(96)00026-3" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXH4X762-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407826v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0091-3057(96)00111-6" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSZ1HFVJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407822v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4694(94)00289-W" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3P357063-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407817v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Carlson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Tanila" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Mecke" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pertovaara" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0163-1047(92)90327-Z" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLJZCDR7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347393v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rioux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Farineaux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascaro" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409631v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03266957v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Levier Goyet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443188v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354752v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03439624v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Habib" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01651125v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01651151v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348108v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Peykarjou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439450v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Lyuki Nishibayashi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nazzi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hall&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767181v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/CG8XW" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767192v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Guellec" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/S3AVN" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341138v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625739v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Raynal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Cl&#233;ment" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goyet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia R&#228;m&#228;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Sander" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2024.105984" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767172v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cydney Chiball" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumisay Rukoz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2024.101214" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767165v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Montgomery" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Guella&#239;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_02218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290757v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Potdevin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parvaneh Adibpour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Garric" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Somogyi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Dehaene-Lambertz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15050989" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03662912v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oytun Ayg&#252;n" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2021.101055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03859714v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Helo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Guerra" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Julia Coloma" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Aravena-Bravo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.796459" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848143v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisella Decarli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Granjon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Veggiotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores de Hevia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12111480" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443156v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Antonia Reyes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15475441.2021.1977643" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413839v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onkar Krishna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiyoharu Aizawa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511639v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Leminen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satu Koskenoja-Vainikka" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miika Leminen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Alho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2018.03.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413780v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louah Sirri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2018.04.012" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01650322v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Meur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Coutrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Liu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Le Roch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2017.2722238" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511640v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Helo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azaiez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87565641.2017.1396604" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511681v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrien van Ommen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pannasch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Danteny-Dordoigne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infbeh.2017.09.008" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569887v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M&#233;ary" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0952523816000110" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511683v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroling.2015.01.003" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SQ1MZLCX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511685v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2014.08.006" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511686v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Fagard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2014.00355" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511687v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Serres" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2013.01.009" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5841KL9J-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511690v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Relander-Syrj&#228;nen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synn&#246;ve Carlson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oili Salonen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teija Kujala" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2012.04.018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQK27BM3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511696v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha &#214;hman" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Laakso" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto N&#228;&#228;t&#228;nen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2010.03.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VSDQ6TMP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baccino" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0952523810000283" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-3TRP0TRH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511699v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Relander" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn.2009.21127" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534737v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2008.11.050" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQC97KL0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511698v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maikku Toivonen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/wnr.0b013e32832ff26f" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534729v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-007-0182-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4J8BVR5V-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534727v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Courtney" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2004.08.024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-263VTX2P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534725v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Poremba" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jb Sala" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Yee" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Malloy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhh037" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534716v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Pertovaara" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka Linnankoski" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Artchakov" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbb.2004.06.009" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VDVZPL6B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534722v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Sala" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0028-3932(02)00166-5" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZQ5MTFP-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534575v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sala" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gillen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pekar" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courtney" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/cabn.1.2.161" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534577v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Martinkauppi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha Koivisto" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannu Aronen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/nimg.2001.0777" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V3Z8T7G2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534569v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liisa Paavilainen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Anourova" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalevi Reinikainen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0028-3932(00)00019-1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFC7KGRG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516995v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salla Koivusalo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaakko Kahnari" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199911260-00015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413666v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virve Vuontela" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Raninen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199908020-00002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516979v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heikki Tanila" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heikki Mansikka" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.1997.77.2.761" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407828v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199709080-00010" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516981v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kari Kesseli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouni Kekoni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heikki H&#228;m&#228;l&#228;inen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00001756-199703030-00011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407829v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0361-9230(97)00108-1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8GLX1L7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407824v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0361-9230(96)00026-3" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXH4X762-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407826v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0091-3057(96)00111-6" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSZ1HFVJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407822v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0013-4694(94)00289-W" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3P357063-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407817v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Carlson" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Tanila" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Mecke" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pertovaara" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0163-1047(92)90327-Z" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLJZCDR7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347393v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rioux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Farineaux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascaro" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409631v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03266957v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Levier Goyet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443188v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354752v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03439624v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Habib" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01651125v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01651151v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348108v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Peykarjou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439450v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Lyuki Nishibayashi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nazzi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hall&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767181v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/CG8XW" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767192v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Guellec" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17605/OSF.IO/S3AVN" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341138v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>