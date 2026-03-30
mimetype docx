--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -839,575 +839,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03746104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels besoins de connaissances pour le futur des forêts en France ? Au-delà du plan de relance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using Model Analysis to Unveil Hidden Patterns in Tropical Forest Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mortier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Leroy</w:t>
+                <w:t xml:space="preserve">Pierre Ploton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingjing Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Daniel Bontemps</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Michel Forget</w:t>
+                <w:t xml:space="preserve">Géraldine Derroire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/revforfr.2021.4992⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2021.599200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03423711v1</w:t>
+                <w:t xml:space="preserve">hal-03514396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Model Analysis to Unveil Hidden Patterns in Tropical Forest Structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Mortier</w:t>
+                <w:t xml:space="preserve">Quels besoins de connaissances pour le futur des forêts en France ? Au-delà du plan de relance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Bontemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brahic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Ploton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jingjing Liang</w:t>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Derroire</w:t>
+                <w:t xml:space="preserve">Pierre-Michel Forget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, </w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73 (1), pp.7-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fevo.2021.599200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/revforfr.2021.4992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514396v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03423711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altitudinal filtering of large-tree species explains above-ground biomass variation in an Atlantic Central African rain forest</w:t>
+                <w:t xml:space="preserve">Could REDD plus mechanisms induce logging companies to reduce forest degradation in Central Africa?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Gonmadje</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Picard</w:t>
+                <w:t xml:space="preserve">Vivien Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Florian Claeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Freycon</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guizol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Tropical Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0266467416000602⟩</w:t>
+              <w:t xml:space="preserve">Journal of Forest Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, pp.107-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfe.2017.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01557563v1</w:t>
+                <w:t xml:space="preserve">hal-02627644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Could REDD plus mechanisms induce logging companies to reduce forest degradation in Central Africa?</w:t>
+                <w:t xml:space="preserve">Altitudinal filtering of large-tree species explains above-ground biomass variation in an Atlantic Central African rain forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivien Rossi</w:t>
+                <w:t xml:space="preserve">Christelle Gonmadje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Claeys</w:t>
+                <w:t xml:space="preserve">Maxime Réjou-Méchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Bastin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Guizol</w:t>
+                <w:t xml:space="preserve">Vincent Freycon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Forest Economics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Tropical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (02), pp.143 - 154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0266467416000602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfe.2017.10.001⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627644v1</w:t>
+                <w:t xml:space="preserve">hal-01557563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liocourt’s law for tree diameter distribution in forest stands</w:t>
               </w:r>
@@ -1778,51 +1778,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ervan Rutishauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ploton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Ngomanda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1920,51 +1920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dakis-Yaoba Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Claeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahlet G. Tadesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2138,295 +2138,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01259922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling the effect of size and competition: a growth model for Aucoumea klaineana</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GlobAllomeTree: international platform for tree allometric equations to support volume, biomass and carbon assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nestor Engone Obiang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alfred Ngomanda</w:t>
+                <w:t xml:space="preserve">Antonio Bombelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lee White</w:t>
+                <w:t xml:space="preserve">Carlo Trotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathryn Jeffery</w:t>
+                <w:t xml:space="preserve">Alfredo Alessandrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Chézeaux</w:t>
+                <w:t xml:space="preserve">Luca Birigazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 70 (3), pp.241-249. </w:t>
+              <w:t xml:space="preserve">iForest: Biogeosciences and Forestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6, pp.E1-E5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13595-012-0255-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3832/ifor0901-006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01201471v1</w:t>
+                <w:t xml:space="preserve">hal-01195066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GlobAllomeTree: international platform for tree allometric equations to support volume, biomass and carbon assessment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Disentangling the effect of size and competition: a growth model for Aucoumea klaineana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Bombelli</w:t>
+                <w:t xml:space="preserve">Nestor Engone Obiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred Ngomanda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlo Trotta</w:t>
+                <w:t xml:space="preserve">Lee White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfredo Alessandrini</w:t>
+                <w:t xml:space="preserve">Kathryn Jeffery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Birigazzi</w:t>
+                <w:t xml:space="preserve">Éric Chézeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iForest: Biogeosciences and Forestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 6, pp.E1-E5. </w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 70 (3), pp.241-249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3832/ifor0901-006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13595-012-0255-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195066v1</w:t>
+                <w:t xml:space="preserve">hal-01201471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating Tree Biomass of Sub-Saharan African Forests: a Review of Available Allometric Equations</w:t>
               </w:r>
@@ -2438,51 +2438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Trotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Manlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3133,51 +3133,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grouping species for predicting mixed tropical forest dynamics: looking for a strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3210,108 +3210,99 @@
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Dick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 62 (8), pp.785-796. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 62 (8), pp.785-796</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01032060v1</w:t>
+                <w:t xml:space="preserve">hal-00883950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grouping species for predicting mixed tropical forest dynamics: looking for a strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3344,69 +3335,78 @@
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Dick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 62 (8), pp.785-796</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 62 (8), pp.785-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/forest:2005084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00883950v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01032060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approximating spatial interactions in a model of forest dynamics</w:t>
               </w:r>
@@ -3500,51 +3500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plinio Sist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 60 (8), pp.803-814. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3720,51 +3720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Baraloto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4388,51 +4388,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une introduction à la modélisation des forêts hétérogènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4772,230 +4772,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02792950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manual for tree allometric equations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Field work: example from case studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gael Sola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, India. pp.20 slides</w:t>
+              <w:t xml:space="preserve">Training Workshop on Tree Allometric Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Colombo, Sri Lanka. pp.47 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02798999v1</w:t>
+                <w:t xml:space="preserve">hal-02791839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field work: example from case studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manual for tree allometric equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Picard</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Sola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Training Workshop on Tree Allometric Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Colombo, Sri Lanka. pp.47 slides</w:t>
+              <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, India. pp.20 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791839v1</w:t>
+                <w:t xml:space="preserve">hal-02798999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Practical cases and issues related to model fitting</w:t>
               </w:r>
@@ -5208,557 +5208,570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des modèles et prédiction</w:t>
+                <w:t xml:space="preserve">Manual for tree allometric equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gael Sola</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Picard</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Solà</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation aux Equations Allométriques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Brazzaville, Congo-Brazzaville. pp.19 slides</w:t>
+              <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Turialba, Costa Rica. pp.18 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02808564v1</w:t>
+                <w:t xml:space="preserve">hal-02806709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allometry – Carbon allocation and partitioning</w:t>
+                <w:t xml:space="preserve">Utilisation des modèles et prédiction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Sola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General overview - Allometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, pp.44 slides</w:t>
+              <w:t xml:space="preserve">Formation aux Equations Allométriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Brazzaville, Congo-Brazzaville. pp.19 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804089v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02808564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manual for tree allometric equations</w:t>
+                <w:t xml:space="preserve">Allometry – Carbon allocation and partitioning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Solà</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Turialba, Costa Rica. pp.18 slides</w:t>
+              <w:t xml:space="preserve">General overview - Allometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, pp.44 slides</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02806709v1</w:t>
+                <w:t xml:space="preserve">hal-02804089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building tree allometric equation to assess volume and biomass : from the field to the prediction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Practical cases and issues related to model fitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Training Material - Building tree allometric equation to assess volume and biomass : from the field to the prediction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 26 p</w:t>
+              <w:t xml:space="preserve">National technical staff training on allometric equations (ae) under the UN-REDD Programme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA.; Programme des Nations Unies pour l'Environnement (UNEP). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA., Jun 2012, Hanoi, Vietnam. 35 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803584v1</w:t>
+                <w:t xml:space="preserve">hal-02803674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use and prediction</w:t>
+                <w:t xml:space="preserve">Fast calibration of robust biomass equations. From the conceptual framework to the application using the Carboafrica database on allometric equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Genet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Trotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Training on tree allometric equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). CHE.; Food and Agriculture Organization (FAO). ITA.; Programme des Nations Unies pour l'Environnement (UNEP). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; United Nations Development Programme (UNDP). USA., Dec 2012, Lusaka, Zambia. 19 p</w:t>
+              <w:t xml:space="preserve">Conference Biomass Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Food and Agriculture Organization (FAO). ITA.; Institut National de la Recherche Agronomique (INRA). FRA.; United Nations Development Programme (UNDP). USA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA., Nov 2012, Guadalajara, Mexico. 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02804504v1</w:t>
+                <w:t xml:space="preserve">hal-02804859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphical analysis and first data interpretation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5787,558 +5800,545 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations and biomass expansion factors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02803115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical cases and issues related to model fitting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Building tree allometric equation to assess volume and biomass : from the field to the prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">National technical staff training on allometric equations (ae) under the UN-REDD Programme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA.; Programme des Nations Unies pour l'Environnement (UNEP). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA., Jun 2012, Hanoi, Vietnam. 35 p</w:t>
+              <w:t xml:space="preserve">Training Material - Building tree allometric equation to assess volume and biomass : from the field to the prediction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 26 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02803674v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast calibration of robust biomass equations. From the conceptual framework to the application using the Carboafrica database on allometric equations</w:t>
+                <w:t xml:space="preserve">Use and prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Sola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C Trotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference Biomass Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Food and Agriculture Organization (FAO). ITA.; Institut National de la Recherche Agronomique (INRA). FRA.; United Nations Development Programme (UNDP). USA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA., Nov 2012, Guadalajara, Mexico. 20 p</w:t>
+              <w:t xml:space="preserve">Training on tree allometric equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). CHE.; Food and Agriculture Organization (FAO). ITA.; Programme des Nations Unies pour l'Environnement (UNEP). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; United Nations Development Programme (UNDP). USA., Dec 2012, Lusaka, Zambia. 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804859v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Field work: example from case studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manual for tree allometric equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matieu Henry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations and biomass expansion factors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 47 p</w:t>
+              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803736v1</w:t>
+                <w:t xml:space="preserve">hal-02804741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the biology to the Allometric Equation (AE)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Field work: example from case studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Saint-André</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Training Material Biology To AE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 18 p</w:t>
+              <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations and biomass expansion factors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 47 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803588v1</w:t>
+                <w:t xml:space="preserve">hal-02803736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manual for tree allometric equations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From the biology to the Allometric Equation (AE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matieu Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matieu Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert meeting on tree volume, biomass allometric equations and biomass expansion factors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 11 p</w:t>
+              <w:t xml:space="preserve">Training Material Biology To AE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UN-Reducing Emissions from Deforestation and forest Degradation (UN-REDD). Genève, CHE.; Food and Agriculture Organization (FAO). ITA., Jun 2012, Hanoi, Vietnam. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02804741v1</w:t>
+                <w:t xml:space="preserve">hal-02803588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling strategy and stratification</w:t>
               </w:r>
@@ -6891,51 +6891,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth behaviour of trees and relationship with some descriptors of the environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gourlet-Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7179,51 +7179,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="46055B93"/>
+    <w:nsid w:val="4430C510"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7410,51 +7410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/picnic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5548-9171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05307661v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Besic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modeste Meliho" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sainte-Marie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mortier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2025.111355" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797372v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidong Mo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crowther" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Maynard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van den Hoogen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haozhi Ma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02564-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807910v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Liang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier G. P. Gamarra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo Zhou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Pijanowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-022-01831-x" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03554126v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cazzolla Gatti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Reich" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Gamarra" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Crowther" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cang Hui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2115329119" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746104v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Esposito" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Abulaila" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Aleksic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Alia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-022-00169-8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03423711v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bontemps" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Forget" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2021.4992" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514396v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ploton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Derroire" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.599200" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557563v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gonmadje" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gourlet-Fleury" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime R&#233;jou-M&#233;chain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Freycon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0266467416000602" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-324DFKNK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627644v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Rossi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Claeys" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bastin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guizol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfe.2017.10.001" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasparotto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-016-0563-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607784v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing J. Liang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. Crowther" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Wiser" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaf8957" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01983471v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Djomo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fayolle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matieu Henry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Ngomanda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/forestry/cpw025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02091120v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ervan Rutishauser" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2015.05.035" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03WB3S8Z-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203839v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mortier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dakis-Yaoba Ouedraogo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahlet G. Tadesse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cornu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.2320" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/90E071810551AFC287EB57A507CD76549DC7EB70/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Emily" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2015.07.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor Engone Obiang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee White" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Jeffery" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ch&#233;zeaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-012-0255-7" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195066v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bombelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Trotta" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Alessandrini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Birigazzi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3832/ifor0901-006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651041v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Manlay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Valentini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099593v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B Palla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Abernethy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tharcisse Ukizintambara" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth White" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5091/plecevo.2011.478" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530370v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Mitashi Kimvula" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Lubini Ayingweu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Nshimba Seya" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657400v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Mortier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655442v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9469.2008.00612.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VC20JZVN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197524v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Chagneau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2009.02.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032060v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Blanc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plinio Sist" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dick" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2005084" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883950v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676696v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883755v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2003075" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00827463v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1127(02)00653-9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JBCXD54-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883329v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferment" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Baraloto" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2001171" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237352v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vega" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schwartz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788323v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Wazen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Garavaglia" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Besacier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00147063v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick L. Sylla" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703725v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Appora" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811488v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/docrep/018/i3058e/i3058e.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842333v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ecole Nationale Du G&#233;nie Rural, Des Eaux Et Des For&#234;ts" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627395v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/ZENODO.1308577" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792950v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Sola" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798999v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791839v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793398v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269126v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Genet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Wernsdorfer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ablo Paul Igor Hounzandji" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vialphe Mouyengo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808564v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804089v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806709v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sol&#224;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803584v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804504v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803115v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803674v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804859v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Genet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Trotta" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803736v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803588v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804741v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804111v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805406v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386734v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Bacro" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197537v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197550v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gateway.isiknowledge.com/gateway/Gateway.cgi?&amp;amp;GWVersion=2&amp;amp;SrcAuth=INRA&amp;amp;SrcApp=INRA&amp;amp;DestLinkType=FullRecord&amp;amp;DestApp=WOS&amp;amp;KeyUT=000288481100029" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-2322-3_29" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/07E77B084CEA82CF328B3082C1F884599E87ABD5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830648v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gip-ecofor.org/?q=node/381" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00145095v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/picnic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5548-9171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05307661v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Besic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modeste Meliho" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sainte-Marie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mortier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2025.111355" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797372v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidong Mo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crowther" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Maynard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van den Hoogen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haozhi Ma" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02564-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807910v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing Liang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier G. P. Gamarra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo Zhou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Pijanowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-022-01831-x" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03554126v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cazzolla Gatti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Reich" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Gamarra" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Crowther" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cang Hui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2115329119" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03746104v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Esposito" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Abulaila" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Aleksic" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Alia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40725-022-00169-8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514396v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ploton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Derroire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.599200" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03423711v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leroy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bontemps" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Forget" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2021.4992" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627644v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Rossi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Claeys" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bastin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gourlet-Fleury" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guizol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfe.2017.10.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557563v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gonmadje" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime R&#233;jou-M&#233;chain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Freycon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0266467416000602" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-324DFKNK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasparotto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-016-0563-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607784v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingjing J. Liang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. Crowther" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Wiser" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaf8957" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01983471v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Djomo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Fayolle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matieu Henry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Ngomanda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/forestry/cpw025" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02091120v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ervan Rutishauser" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2015.05.035" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-03WB3S8Z-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203839v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mortier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dakis-Yaoba Ouedraogo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahlet G. Tadesse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cornu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.2320" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/90E071810551AFC287EB57A507CD76549DC7EB70/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Emily" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2015.07.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195066v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bombelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Trotta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Alessandrini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Birigazzi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3832/ifor0901-006" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201471v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor Engone Obiang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee White" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Jeffery" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Ch&#233;zeaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-012-0255-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651041v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Manlay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Valentini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099593v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B Palla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Abernethy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tharcisse Ukizintambara" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth White" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5091/plecevo.2011.478" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530370v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Mitashi Kimvula" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Lubini Ayingweu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Nshimba Seya" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657400v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Mortier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel J. Chadoeuf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655442v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9469.2008.00612.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VC20JZVN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197524v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Chagneau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2009.02.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883950v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Blanc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Plinio Sist" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dick" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032060v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2005084" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676696v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Franc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883755v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2003075" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00827463v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1127(02)00653-9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JBCXD54-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883329v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferment" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Baraloto" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2001171" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237352v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Vega" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schwartz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788323v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Wazen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Garavaglia" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Besacier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00147063v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick L. Sylla" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703725v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Appora" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811488v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/docrep/018/i3058e/i3058e.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842333v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ecole Nationale Du G&#233;nie Rural, Des Eaux Et Des For&#234;ts" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627395v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/ZENODO.1308577" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792950v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Sola" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791839v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798999v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793398v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269126v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Genet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Wernsdorfer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ablo Paul Igor Hounzandji" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vialphe Mouyengo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806709v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sol&#224;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808564v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804089v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803674v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804859v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Genet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Trotta" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803115v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803584v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804504v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804741v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803736v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803588v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804111v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805406v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386734v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Bacro" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197537v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197550v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gateway.isiknowledge.com/gateway/Gateway.cgi?&amp;amp;GWVersion=2&amp;amp;SrcAuth=INRA&amp;amp;SrcApp=INRA&amp;amp;DestLinkType=FullRecord&amp;amp;DestApp=WOS&amp;amp;KeyUT=000288481100029" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-2322-3_29" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/07E77B084CEA82CF328B3082C1F884599E87ABD5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830648v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gip-ecofor.org/?q=node/381" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00145095v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>