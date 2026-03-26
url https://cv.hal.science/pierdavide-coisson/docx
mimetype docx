--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -160,295 +160,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global occurrences of whistlers detected in the Extremely Low Frequencies during Absolute Scalar Magnetometer burst mode acquisition campaigns of the Swarm mission</w:t>
+                <w:t xml:space="preserve">Swarm absolute scalar magnetometer burst mode: observed ELF signals and their origins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Adam Emsley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciaran Beggan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimee Callow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn Whaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Space Weather and Space Climate</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 15, pp.58. </w:t>
+              <w:t xml:space="preserve">, 2025, 15, pp.37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/swsc/2025048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/swsc/2025028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05411102v1</w:t>
+                <w:t xml:space="preserve">hal-05388243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swarm absolute scalar magnetometer burst mode: observed ELF signals and their origins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global occurrences of whistlers detected in the Extremely Low Frequencies during Absolute Scalar Magnetometer burst mode acquisition campaigns of the Swarm mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Emsley</w:t>
+                <w:t xml:space="preserve">Louis Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ciaran Beggan</w:t>
+                <w:t xml:space="preserve">Martin Jenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aimee Callow</w:t>
+                <w:t xml:space="preserve">Robin Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathryn Whaler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Space Weather and Space Climate</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 15, pp.37. </w:t>
+              <w:t xml:space="preserve">, 2025, 15, pp.58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/swsc/2025028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/swsc/2025048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05388243v1</w:t>
+                <w:t xml:space="preserve">hal-05411102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Total Root Electron Content: A New Metric for the Ionosphere Below Low Earth Orbiting Satellites</w:t>
               </w:r>
@@ -1009,51 +1009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Pezzopane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Nava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 10, p.1535-1581. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1113,51 +1113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zié Tuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vafi Doumbia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N’guessan Kouassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1878,51 +1878,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyasse Azzouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yenca Migoya-Orué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Amory-Mazaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1990,51 +1990,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global statistical maps of extreme-event magnetic observatory 1 min first differences in horizontal intensity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey J. Love</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antti Pulkkinen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2219,51 +2219,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 2015 International Geomagnetic Reference Field (IGRF) candidate model based on Swarm’s experimental absolute magnetometer vector mode data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Olsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2859,51 +2859,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsunami signature in the ionosphere: A simulation of OTH radar observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Occhipinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3228,831 +3228,997 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2011GL047860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01390103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent Developments in the IPGP Variometer Stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Bergerard-Timofeeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lesur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Heumez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Telali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXth IAGA WORKSHOP on Geomagnetic Observatory Instruments, Data Acquisition and Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Vassouras, Brazil. Even3, pp.72-75, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.29327/1737054.20-16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of 1-minute values from historical paper magnetograms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreina Garcia-Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Heumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Parmentier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAGA / IASPEI Joint Scientific Meeting 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NanoMagSat, a 16U nanosatellite constellation high-precision magnetic project to initiate permanent low-cost monitoring of the Earth’s magnetic field and ionospheric environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lasse B. N. Clausen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Deconinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU21 - The EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-14660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03343593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a LEO Nanosatellite Constellation for Permanent Monitoring of the Earth's Magnetic Field and Ionosphere: The NanoMagSat Nanosatellite Constellation High-Precision Magnetic Project.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. B. N. Clausen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03141370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The NanoMagSat (Swarm Delta) nanosatellite high-precision magnetic project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03141553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">0+ whistlers in the ELF band recorded by Swarm satellites used to reconstruct the ionosphere below the satellite height</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Deram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st EGU General Assembly, EGU2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03141549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Ionospheric Sounding to the Study of Large Subduction Earthquakes, the Case of the Mw 7.8 Pedernales Earthquake (2016, Ecuador)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Zedek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mikesell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Sladen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4062,262 +4228,262 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Starting a variometer station network in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Heumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Telali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P Rivierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Parmentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IAGA workshop on Geomagnetic Observatory Instruments, Data Acquisition and Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Tihany, Hungary. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A software to extract time series from historical magnetograms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreina Garcia-Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lesur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Heumez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IAGA workshop on Geomagnetic Observatory Instruments, Data Acquisition and Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Tihany, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4327,273 +4493,273 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éruption du volcan Hunga Tonga -Hunga Ha'apai le 15 janvier 2022 : un ébranlement du système Terre à l'échelle planétaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Le Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constantino Listowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Abbassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Astafyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Groupe Thématique Atmosphère d'ALLENVI. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03925853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating Lightning Generated ELF Whistlers to improve ionospheric models (ILGEW) Deliverable 08: Updated ILGEW Dataset User Manual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Brocco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Madelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut de physique du Globe de Paris (IPGP), 1 rue Jussieu, 75005 Paris. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05183397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4603,154 +4769,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sismologie ionosphérique et GNSS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Sladen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Rakoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Occhipinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resif-Epos newsletter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03596719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4760,114 +4926,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-instruments detection of ionospheric perturbations generated by tsunami propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdavide Coïsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Geophysics [physics.geo-ph]. Ecole doctorale, 2012. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012GLOB0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04664355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId178"/>
+      <w:footerReference w:type="default" r:id="rId182"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4935,51 +5101,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7062D9A5"/>
+    <w:nsid w:val="83D3C123"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5166,51 +5332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierdavide-coisson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4155-2111" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411102v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdavide Co&#239;sson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jenner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Deborde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hulot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2025048" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388243v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Emsley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciaran Beggan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Callow" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Whaler" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2025028" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669919v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jenner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Co&#239;sson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buresova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Truhlik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL110559" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Astafyeva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maletckii" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D. Mikesell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Munaibari" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravanelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL098827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zedek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dylan Mikesell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.06.011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896688v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Pignalberi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pezzopane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Themens" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haris Haralambous" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Nava" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2986683" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03584467v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-73886-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03171037v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi&#233; Tuo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vafi Doumbia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;guessan Kouassi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Aziz Kassamba" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01305-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373837v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mikesell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M Rolland" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Lee" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdavide Coisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos10080443" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03589369v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zakharenkova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hozumi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alken" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JA024981" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Rakoto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coisson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JA024654" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748883v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yu. Lukianova" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Uvarov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2016.10.010" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7RF4ND8D-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02305942v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Telali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Heumez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lalanne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gi-6-311-2017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01311361v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyasse Azzouzi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yenca Migoya-Oru&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Amory-Mazaudier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolland Fleury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748797v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey J. Love" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Pulkkinen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL068664" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01311390v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01412648v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vigneron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Olsen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;ger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jager" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0265-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362395v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Walwer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rolland" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014EA000054" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01412375v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Th&#233;bault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Finlay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciar&#225;n D Beggan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alken" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J Aubert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0228-9" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815460v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Kherani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#233;bert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05617.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02527677v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Occhipinti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Makela" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Allgeyer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alam Kherani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5047/eps.2011.06.051" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02564116v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Molini&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010RS004603" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933039v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Makela" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gehrels" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047860" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01390103v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Makela" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lognonn&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H H&#233;bert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Gehrels" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Rolland" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481674v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Garcia-Reyes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Parmentier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03343593v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse B. N. Clausen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Deconinck" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-14660" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141370v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Leger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. B. N. Clausen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vigneron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141553v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141549v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deram" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378614v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zedek" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mikesell" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Nocquet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816219v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Heumez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Telali" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Rivierre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Parmentier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791633v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925853v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lac" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Pichon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Listowski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Abbassi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Astafyeva" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183397v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chauvet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brocco" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Madelon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596719v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rakoto" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Occhipinti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04664355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GLOB0009" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierdavide-coisson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4155-2111" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388243v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Emsley" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciaran Beggan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Callow" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Whaler" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdavide Co&#239;sson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2025028" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411102v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chauvet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Jenner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Deborde" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Hulot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2025048" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669919v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jenner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Co&#239;sson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hulot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buresova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Truhlik" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL110559" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03688502v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Astafyeva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Maletckii" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D. Mikesell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Munaibari" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravanelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL098827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zedek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dylan Mikesell" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.06.011" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896688v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Pignalberi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pezzopane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Themens" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haris Haralambous" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Nava" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2986683" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03584467v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-73886-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03171037v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zi&#233; Tuo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vafi Doumbia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;guessan Kouassi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Aziz Kassamba" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-020-01305-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373837v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mikesell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie M Rolland" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Lee" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdavide Coisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos10080443" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03589369v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zakharenkova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hozumi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Alken" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JA024981" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Rakoto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coisson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JA024654" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748883v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yu. Lukianova" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Uvarov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2016.10.010" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7RF4ND8D-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02305942v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Telali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Heumez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lalanne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gi-6-311-2017" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01311361v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyasse Azzouzi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yenca Migoya-Oru&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Amory-Mazaudier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolland Fleury" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748797v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey J. Love" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti Pulkkinen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL068664" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01311390v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01412648v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vigneron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Olsen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;ger" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jager" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0265-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362395v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Walwer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rolland" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014EA000054" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01412375v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Th&#233;bault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Finlay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciar&#225;n D Beggan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Alken" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J Aubert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-015-0228-9" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815460v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. Kherani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Lognonn&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. H&#233;bert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05617.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02527677v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Occhipinti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Makela" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Allgeyer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alam Kherani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5047/eps.2011.06.051" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02564116v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Molini&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010RS004603" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933039v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Makela" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gehrels" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011GL047860" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01390103v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J J Makela" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lognonn&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H H&#233;bert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Gehrels" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Rolland" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552055v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bergerard-Timofeeva" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Heumez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Telali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29327/1737054.20-16" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481674v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreina Garcia-Reyes" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Parmentier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03343593v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Leger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse B. N. Clausen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Deconinck" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-14660" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141370v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Leger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. B. N. Clausen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vigneron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141553v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03141549v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Deram" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378614v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zedek" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mikesell" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Nocquet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816219v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Telali" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Rivierre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Parmentier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791633v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925853v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lac" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Pichon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantino Listowski" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Abbassi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Astafyeva" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183397v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chauvet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brocco" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Madelon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596719v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rakoto" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Occhipinti" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04664355v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GLOB0009" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>