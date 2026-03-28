--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -229,308 +229,308 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des liens entre les caractéristiques instrumentales et les différents types de motivations des participants dans un MOOC</w:t>
+                <w:t xml:space="preserve">L’engagement et la persistance dans les dispositifs de formation en ligne : regards croisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Molinari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Poellhuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert J. Vallerand</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elise Lavoué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Sutter Widmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18162/ritpu-2016-v13n23-07⟩</w:t>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.1332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01479426v1</w:t>
+                <w:t xml:space="preserve">hal-01294803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’engagement et la persistance dans les dispositifs de formation en ligne : regards croisés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Molinari</w:t>
+                <w:t xml:space="preserve">Étude des liens entre les caractéristiques instrumentales et les différents types de motivations des participants dans un MOOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Poellhuber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Heutte</w:t>
+                <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Lavoué</w:t>
+                <w:t xml:space="preserve">Fabien Fenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denise Sutter Widmer</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert J. Vallerand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 13, </w:t>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (2-3), pp.94-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/dms.1332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18162/ritpu-2016-v13n23-07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01294803v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ARTEFACTS MALLÉABLES ET PERMÉABLES (AMP) POUR MENER DES ACTIVITÉS PÉDAGOGIQUES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renáta Varga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -581,51 +581,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying Model Driven Engineering Techniques and Tools to the Planets Game Learning Scenario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Nodenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -928,51 +928,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'informatique, objets d'enseignements -enjeux epistémologiques, didactiques et de formation. Editorial des actes du colloque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fluckiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1049,51 +1049,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nidification dans un dispositif de formation à distance pour adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Proust-Androwkha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1131,64 +1131,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre l'usage que les professeurs des écoles font des TNI et du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Strasbourg, France. pp.341-352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1252,51 +1252,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Laroussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain (EIAH 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Agadir, Maroc. pp.435-437</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1321,77 +1321,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moocs : regards croisés sur les apprenants, retours vers les concepteurs, Colloque e-Formation des Adultes et des Jeunes Adultes, Lille, 3-5 juin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Poellhuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Jézégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Roland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1429,51 +1429,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction à l'atelier : évaluation des apprentissages dans le domaine des EIAH. L'évaluation des apprentissages par les autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Conférence sur les Environnements Informatiques d’Apprentissage Humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Agadir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1511,64 +1511,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A typology and dimensions of a description framework for MOOCs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyne Rosselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European MOOCs Stakeholders Summit 2014, eMOOCs 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Lausanne, France. pp.130-139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1606,51 +1606,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs de formation et Serious Game, Analyse des porosités, Les jeux sérieux : situations, environnements ou artefacts pour l'apprentissage ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e congrès de l'ACFAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Sherbrooke, QC, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1688,51 +1688,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation à distance et présentiel, analyse comparative de dispositifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Tarrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1878,51 +1878,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités, postures, interaction : l'interprétation des traces au sein d'une plateforme à distance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Rethoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2012,51 +2012,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Teutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EIAH 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2081,51 +2081,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse quantitative des traces d'activités sur un artefact dédié aux échanges pédagogiques, Lien entre instrumentation et usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2189,51 +2189,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EIAH adaptatif et style d'apprentissage : les possibilités du web2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Laroussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique "Conception des EIAH à l'ère du web2.0 et à l'aube du web3.0"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Amiens, France. pp.39-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2258,51 +2258,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle artisanal de la formation à distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2353,51 +2353,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse quantitatives des traces d'activités sur un artefact dédié aux échanges pédagogiques: lien entre instrumentation et usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2461,51 +2461,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PERSISTANCE DES CONNAISSANCES CONSTRUITES ET PERMEABILITE DES RESEAUX SOCIAUX : CONSTRUIRE UN LIEN ENTRE LES PLATEFORMES DE FORMATION ET LES ENVIRONNEMENTS PRIVES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renata Varga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPAL 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Stendhal, Grenoble 3, Jun 2009, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2543,51 +2543,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'informatique omniprésente pour les communautés de pratique autour de contenus pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Bouzeghoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2651,51 +2651,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de web services Moodle pour l'instrumentation automatisée de Moodle. Application à un dispositif de suivi de projet pédagogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2772,51 +2772,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Kaddouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Bouzeghoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lecoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3022,51 +3022,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment concilier en enseignement la perméabilité des applications Web 2.0 et l'identification d’un espace institutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renáta Varga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3098,761 +3098,761 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01310145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Web services plug-in to implement 'Dispositives' on Web 2.0 applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P.-A. Caron</w:t>
+                <w:t xml:space="preserve">Bricoles: une approche dispositive des applications Web 2.0 utilisables pour enseigner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EC-TEL 07 Second European Conference on Technology Enhanced Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Crete, Greece, France</w:t>
+              <w:t xml:space="preserve">Actes de la conférence EIAH 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, France. pp.137-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00731390v1</w:t>
+                <w:t xml:space="preserve">hal-00161480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Web services plug-in to implement complex pedagogical set on LMS and Web application</w:t>
+                <w:t xml:space="preserve">Contextualisation de dispositifs pédagogiques sur des applications Web 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-A. Caron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Vantroys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TENCompetence Open Workshop on Service Oriented Approaches and Lifelong Competence Development Infrastructures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, undef, France</w:t>
+              <w:t xml:space="preserve">Actes du colloque AREF : Actualité de la Recherche et de l'éducation en Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Strasbourg, Université Louis Pasteur, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00731410v1</w:t>
+                <w:t xml:space="preserve">hal-00731396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire des dispositifs sur la plateforme Moodle application de l'ingénierie Bricoles</w:t>
+                <w:t xml:space="preserve">Web services plug-in to implement complex pedagogical set on LMS and Web application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-A. Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Warin</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vantroys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Moodlemoot 2007</w:t>
+              <w:t xml:space="preserve">TENCompetence Open Workshop on Service Oriented Approaches and Lifelong Competence Development Infrastructures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, undef, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731413v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00731410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scénarios et Dispositifs de formations spécialisés : Application de la Démarche d'Ingénierie BRICOLE pour une Instanciation sur MOODLE</w:t>
+                <w:t xml:space="preserve">Web services plug-in to implement 'Dispositives' on Web 2.0 applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-A. Caron</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque scénario 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Montreal, Canada, France</w:t>
+              <w:t xml:space="preserve">EC-TEL 07 Second European Conference on Technology Enhanced Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Crete, Greece, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00731395v1</w:t>
+                <w:t xml:space="preserve">hal-00731390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet Metawep, Ingénierie dirigée par les modèles de dispositifs web support à l'apprentissage par projet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scénarios et Dispositifs de formations spécialisés : Application de la Démarche d'Ingénierie BRICOLE pour une Instanciation sur MOODLE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-A. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Derycke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Pallec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Warin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">poster, EIAH 2007, Lausanne, Suisse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, undef, France</w:t>
+              <w:t xml:space="preserve">Colloque scénario 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Montreal, Canada, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731412v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00731395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumentation de l'apprentissage en ligne par l'échange pour le suivi de projets étudiant</w:t>
+                <w:t xml:space="preserve">Construire des dispositifs sur la plateforme Moodle application de l'ingénierie Bricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-A. Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Pallec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Warin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Echanger Pour Apprendre en Ligne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Grenoble, France, France</w:t>
+              <w:t xml:space="preserve">Moodlemoot 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, undef, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00731394v1</w:t>
+                <w:t xml:space="preserve">hal-00731413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bricoles: une approche dispositive des applications Web 2.0 utilisables pour enseigner</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-André Caron</w:t>
+                <w:t xml:space="preserve">Le projet Metawep, Ingénierie dirigée par les modèles de dispositifs web support à l'apprentissage par projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Warin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-A. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Pallec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la conférence EIAH 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, France. pp.137-142</w:t>
+              <w:t xml:space="preserve">poster, EIAH 2007, Lausanne, Suisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, undef, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00161480v1</w:t>
+                <w:t xml:space="preserve">hal-00731412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextualisation de dispositifs pédagogiques sur des applications Web 2.0</w:t>
+                <w:t xml:space="preserve">Instrumentation de l'apprentissage en ligne par l'échange pour le suivi de projets étudiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-A. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Warin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du colloque AREF : Actualité de la Recherche et de l'éducation en Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Strasbourg, Université Louis Pasteur, France</w:t>
+              <w:t xml:space="preserve">Colloque Echanger Pour Apprendre en Ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Grenoble, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00731396v1</w:t>
+                <w:t xml:space="preserve">hal-00731394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3883,51 +3883,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de cas : schèmes et invariants opératoires chez les professionnels de la formation par et pour le numérique – Projet Interreg - Teach Transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elfi Casanave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Fribourg, Suisse. 10e Conférence sur les Environnements Informatiques pour l’Apprentissage Humain, pp.385-388, 2021, Transformations dans le domaine des EIAH : innovations technologiques et d’usage(s)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3997,64 +3997,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du Colloque e-Formation 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Jézégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4072,51 +4072,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes des 5ièmes rencontres jeunes chercheurs en EIAH: RJC-EIAH 2014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Champagnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4235,51 +4235,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes des secondes rencontres jeunes chercheurs en Environnements Informatiques pour l'Apprentissage Humain, 2008, 160 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4368,51 +4368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Huin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bergheaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Codina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4474,294 +4474,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04141929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A typology and dimensions of a description framework for MOOCs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MOOC User Persistence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Heutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Kaplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Fenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyne Rosselle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">In U. Cress &amp; C. Delgado Kloos (dir.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In L. Uden, J. Sinclair, Y.-H. Tao, &amp; D. Liberona (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the European MOOC Stakeholder Summit 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, P.A.U. Education, pp.130-139, 2014, 978-84-8294-689-4</w:t>
+              <w:t xml:space="preserve">Communications in Computer and Information Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 446, Springer, pp.13-24, 2014, Learning Technology for Education in Cloud. MOOC and Big Data (LTEC'14), 978-3-319-10671-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133656v1</w:t>
+                <w:t xml:space="preserve">halshs-02553984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOOC User Persistence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A typology and dimensions of a description framework for MOOCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Rosselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">In L. Uden, J. Sinclair, Y.-H. Tao, &amp; D. Liberona (dir.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">In U. Cress &amp; C. Delgado Kloos (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Computer and Information Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 446, Springer, pp.13-24, 2014, Learning Technology for Education in Cloud. MOOC and Big Data (LTEC'14), 978-3-319-10671-7</w:t>
+              <w:t xml:space="preserve">Proceedings of the European MOOC Stakeholder Summit 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P.A.U. Education, pp.130-139, 2014, 978-84-8294-689-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02553984v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs de formation et environnements numériques : enjeux pédagogiques et contraintes informatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Varga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hoogstoel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4816,51 +4816,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir des environnements numériques malléables avec et pour les enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renáta Varga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Hoogstoel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4898,77 +4898,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 6 : Du Web initial au Web des objets, quand l'intelligence devient ambiante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sous la direction de Gilles Leclerq, Renata Varga. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dispositif de formation et environnements numériques: enjeux pédagogiques et contraintes informatiques (Livre)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermes / Lavoisier, pp 173-190, 2010</w:t>
@@ -5036,51 +5036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Nodenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claus Pahl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Architecture Solutions for E-learning Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, IGI Global, pp.116-136, 2007, Information Science Reference, 978-159904633-4</w:t>
@@ -5154,51 +5154,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide de l’apprentissage en ligne. Construire, analyser et améliorer : l'apport de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Musin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Proust-Androwkha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5266,51 +5266,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activity analysis for instructional design and use of Serious Games, 7th CNRS School on Technology Enhanced Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5367,51 +5367,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Session de recherche Serious Game</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Becerril Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5461,51 +5461,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de design, d’ingénierie et de recherche : construction du Diplôme NUMEFA, projet Teach-Transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Lille. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5523,51 +5523,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de design en ingénierie de formation et ingénierie pédagogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Gabès (Tunisie). 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5598,51 +5598,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude diagnostique de faisabilité d’espaces numériques de travail (ENT) dans quelques institutions d’enseignement supérieur de Conakry, Guinée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Saliou Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Saïdou, Aliou Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5677,51 +5677,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'activité Ludo Ergo Sum Instrumentation des pratiques d'accompagnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université de lille; Laboratoire CIREL. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -5743,51 +5743,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de design, d'ingénierie et de recherche : « Construction de la Licence LATICE »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] université de Lille. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -5809,64 +5809,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">eEduc-Eval Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Univ. Lille, EA 4354 - CIREL - Centre Interuniversitaire de Recherche en Education de Lille, F-59000 Lille, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -5888,64 +5888,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'Expertise et Accompagnement par la recherche du dispositif expérimental MOOC iNum.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marilyne Rosselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6012,51 +6012,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingénierie dirigée par les modèles pour la construction de dispositifs pédagogiques sur des plateformes de formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cs.OH]. Université des Sciences et Technologie de Lille - Lille I, 2007. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6173,51 +6173,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F0C2F77D"/>
+    <w:nsid w:val="E75368A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6404,51 +6404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-andre-caron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2556-9637" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/117452181" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/204931721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479426v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Heutte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Caron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fenouillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. Vallerand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2016-v13n23-07" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294803v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Molinari" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Poellhuber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lavou&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Sutter Widmer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1332" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228805v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#225;ta Varga" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nodenot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Pallec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laforcade" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731357v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Caron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blay-Fornarino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696401v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Adam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Bessagnet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bouzeghoub" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andre Caron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Carron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02462392v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Peter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Secq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515801v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Proust-Androwkha" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544818v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405983v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Class" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schneider" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Laroussi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-01819756v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569341v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Rosselle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817356v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817271v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Tarrit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rethor&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692009v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817272v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Vandermeulen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492751v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril-Ortega" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Carlier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teutsch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997774v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502262v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817343v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817273v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228814v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Varga" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731379v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecoq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rouillard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731408v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hoogstoel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Warin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731376v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Kaddouci" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825977v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731380v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Varga" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01310145v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731390v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731410v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vantroys" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731413v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731395v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Derycke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731412v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731394v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161480v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731396v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290767v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfi Casanave" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982615v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710806v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Champagnat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797578v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Andr&#233; Caron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04141929v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Huin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bergheaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Codina" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Disson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.soton.ac.uk/388541/1/proceedings-emoocs2016.pdf#page=27" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133656v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02553984v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kaplan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731369v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226577v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Hoogstoel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825982v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leclercq" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372442v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Choquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515976v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Musin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Balancier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Cornillie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817353v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bailly" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817355v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168782v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174048v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229806v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Saliou Diallo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sa&#239;dou, Aliou Diallo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878851v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866825v3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444351v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950766v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00156376v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-andre-caron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2556-9637" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/117452181" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/204931721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294803v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Molinari" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Poellhuber" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Heutte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lavou&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Sutter Widmer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1332" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479426v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Caron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Fenouillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J. Vallerand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2016-v13n23-07" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228805v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#225;ta Varga" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Nodenot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Pallec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laforcade" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731357v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Caron" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blay-Fornarino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696401v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Adam" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Bessagnet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bouzeghoub" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andre Caron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Carron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02462392v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Peter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Secq" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515801v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Proust-Androwkha" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544818v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405983v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Class" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schneider" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Laroussi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-01819756v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie J&#233;z&#233;gou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roland" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569341v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957025v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Rosselle" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817356v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817271v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Tarrit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rethor&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692009v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817272v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Vandermeulen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492751v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril-Ortega" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Carlier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Teutsch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997774v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502262v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817343v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817273v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228814v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Varga" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731379v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lecoq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rouillard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731408v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hoogstoel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Warin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731376v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Kaddouci" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825977v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731380v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Varga" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-01310145v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161480v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731396v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731410v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vantroys" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731390v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731395v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Derycke" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731413v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731412v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731394v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290767v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfi Casanave" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982615v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710806v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Champagnat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797578v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Andr&#233; Caron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00345596v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien George" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04141929v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Huin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bergheaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Codina" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Disson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eprints.soton.ac.uk/388541/1/proceedings-emoocs2016.pdf#page=27" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02553984v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kaplan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133656v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731369v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226577v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Hoogstoel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825982v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leclercq" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372442v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Choquet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515976v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Musin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Balancier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Cornillie" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817353v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bailly" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817355v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168782v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174048v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229806v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Saliou Diallo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sa&#239;dou, Aliou Diallo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878851v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866825v3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444351v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950766v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00156376v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>