--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1143,440 +1143,440 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic action of rapid chilling and nisin on the inactivation of Escherichia coli</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Cao‐hoang</w:t>
+                <w:t xml:space="preserve">Fluorescent probes to evaluate the physiological state and activity of microbial biocatalysts: a guide for prokaryotic and eukaryotic investigation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lan Cao-Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Le‐thanh</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai Lê-Thanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Waché</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-008-1402-9⟩</w:t>
+              <w:t xml:space="preserve">Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3 (7), pp.890-903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/biot.200700206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668036v1</w:t>
+                <w:t xml:space="preserve">hal-00368183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassava starch processing at small scale in North Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Da</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Marouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Thanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Starch/Stärke</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 60 (7), pp.358--372. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/star.200800202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescent probes to evaluate the physiological state and activity of microbial biocatalysts: a guide for prokaryotic and eukaryotic investigation.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lan Cao-Hoang</w:t>
+                <w:t xml:space="preserve">Synergistic action of rapid chilling and nisin on the inactivation of Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cao‐hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mai Lê-Thanh</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le‐thanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Waché</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 3 (7), pp.890-903. </w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 79 (1), pp.105--109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/biot.200700206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00253-008-1402-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00368183v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rates of chilling to 0°C: Implications for the survival of microorganisms and relationship with membrane fluidity modifications</w:t>
               </w:r>
@@ -1601,51 +1601,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Le‐thanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2255,457 +2255,457 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osmotic destruction of Saccharomyces cerevisiae is not related to a high water flow rate across the membrane</w:t>
+                <w:t xml:space="preserve">The effect of osmotic pressure on the membrane fluidity of Saccharomyces cerevisiae at different physiological temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Céline Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Moundanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Engineering Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 56 (1-2), pp.249--254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s002530000583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s1369-703x(01)00145-0⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668045v1</w:t>
+                <w:t xml:space="preserve">hal-01668043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of osmotic pressure on the membrane fluidity of Saccharomyces cerevisiae at different physiological temperatures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Coupling effects of osmotic pressure and temperature on the viability of Saccharomyces cerevisiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 56 (1-2), pp.249--254. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s002530000583⟩</w:t>
+              <w:t xml:space="preserve">, 2001, 56 (3-4), pp.513--516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s002530100619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668043v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling effects of osmotic pressure and temperature on the viability of Saccharomyces cerevisiae</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Osmotic destruction of Saccharomyces cerevisiae is not related to a high water flow rate across the membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Marti\\'Nez De Marañón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Moundanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 56 (3-4), pp.513--516. </w:t>
+              <w:t xml:space="preserve">Biochemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 9 (3), pp.205-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s002530100619⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s1369-703x(01)00145-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668044v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of thermal and osmotic stresses on the viability of the yeast Saccharomyces cerevisiae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iñigo Marti\\'Nez De Marañón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2777,51 +2777,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of rehydration intensity on the viability of yeast Saccharomyces cerevisiae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3133,251 +3133,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survie des bactéries lactiques soumises à la déshydratation : importance de la cinétique de déshydratation</w:t>
+                <w:t xml:space="preserve">Escherichia coli and Lactobacillus plantarum responses to osmotic stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Lait</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 50 (6), pp.704-709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s002530051354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00929577v1</w:t>
+                <w:t xml:space="preserve">hal-01668051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escherichia coli and Lactobacillus plantarum responses to osmotic stress</w:t>
+                <w:t xml:space="preserve">Survie des bactéries lactiques soumises à la déshydratation : importance de la cinétique de déshydratation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 78 (1), pp.173-180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01668051v1</w:t>
+                <w:t xml:space="preserve">hal-00929577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viability of lactic bacteria submitted to dehydration: Importance of the dehydration kinetics</w:t>
               </w:r>
@@ -3556,411 +3556,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic study of starch gelatinization under high hydrostatic pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water relations of solid state fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Douzals</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrick Gervais</w:t>
+                <w:t xml:space="preserve">Paul Molin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Scientific and Industrial Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 55 (5-6), pp.343--357</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01668056v1</w:t>
+                <w:t xml:space="preserve">hal-01668054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of thermal and high pressure treatments upon wheat starch suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Douzals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Coquille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 13 (C), pp.433-438. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0921-0423(06)80075-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water relations of solid state fermentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopic study of starch gelatinization under high hydrostatic pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Douzals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Coquille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Molin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Scientific and Industrial Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 44 (6), pp.1403-1408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf950239c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668054v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamics of yeast cell osmoregulation: Passive mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4174,51 +4174,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-André Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.M. De Marañon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gervais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5162,51 +5162,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="90831F0A"/>
+    <w:nsid w:val="6BC498EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5393,51 +5393,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-andre-marechal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2698-7467" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/09085909X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173665v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Anchieta C&#226;mara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Marechal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.12.008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173093v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.04.059" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668030v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Da" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dufour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giraldo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-012-0810-0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M.N. Ta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cao&#8208;hoang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romero&#8208;guido" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lourdin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Phan&#8208;thi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3537-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TP2LXF18-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668034v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Da" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Thanh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marouze" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.05.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDHTZ30L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668033v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-010-0555-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2BVHH8T6-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668032v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Ngoc Ta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.D. Tran" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Souffou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-010-2560-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6BQJ5XG5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668036v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le&#8208;thanh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-008-1402-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-08QC7CC5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668037v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dufour" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marouz&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/star.200800202" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8S4TT6MM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368183v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Cao-Hoang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai L&#234;-Thanh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biot.200700206" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DQQTFKC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-007-1279-z" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KZ3H80R3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668038v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.2.1330-1335.2006" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668039v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan H. Cao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2006.10.068" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W6VMPWV7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668040v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Chu-Ky" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guzzo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2005.09.015" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668041v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.1.268-272.2004" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668042v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0011-2240(02)00161-x" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B7FDJVP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668045v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;igo Marti\\'Nez De Mara&#241;&#243;n" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moundanga" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1369-703x(01)00145-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-96JP6R21-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668043v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laroche" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002530000583" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-42R28S4M-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668044v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002530100619" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HB2HP53B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668046v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0168-1605(00)00203-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TTTBCQMN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02294190v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1095-6433(00)80023-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVMLFJ33-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668048v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poirier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2672.1999.00638.x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668047v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mart&#237;nez De Marna&#241;&#243;n" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-2244(99)00012-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D200A83028C42D21A6449E068F5663FEC0BAB12/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929577v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668051v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Evrard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002530051354" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0A556B67BACF667CD9E8F99AA8E1EE659FFA705A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668050v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.1997.tb03303.x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668056v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Douzals" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Coquille" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf950239c" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-L12N5389-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668057v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-0423(06)80075-4" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668054v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Molin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herail&#8208;foussereau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00954456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C60405AD9CBFE74B91FD9DF3424D4F0A84BE3272/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668053v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. de Mara&#241;on" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1996.1539" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8FE67EE16CD392EB83AC3080FFF3E9D0D11017B2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668058v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. De Mara&#241;on" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-1605(95)00063-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6BV5JTJH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668059v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-1656(95)00052-r" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTN9NRFV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668061v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0260-8774(94)90042-6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPTFQ9VC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668060v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00173929" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-KCJZ8X50-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668062v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Voirin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.1993.tb06180.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZCQ18J27-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668063v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.260401119" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.260380714" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JZ3PB3RS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608358v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Aubry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benavent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Beudon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordes" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Briand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-andre-marechal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2698-7467" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/09085909X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173665v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Anchieta C&#226;mara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Marechal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2018.12.008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173093v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Tourdot-Mar&#233;chal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.04.059" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668030v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Da" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dufour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giraldo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tran" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-012-0810-0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668031v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M.N. Ta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cao&#8208;hoang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Romero&#8208;guido" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lourdin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Phan&#8208;thi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3537-3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TP2LXF18-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668034v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Da" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Thanh" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marouze" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2010.05.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GDHTZ30L-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668033v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gervais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00203-010-0555-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2BVHH8T6-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668032v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Ngoc Ta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.D. Tran" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Souffou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-010-2560-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6BQJ5XG5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368183v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Cao-Hoang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai L&#234;-Thanh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Wach&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/biot.200700206" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8DQQTFKC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668037v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dufour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Marouz&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/star.200800202" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8S4TT6MM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668036v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le&#8208;thanh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-008-1402-9" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-08QC7CC5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668035v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-007-1279-z" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KZ3H80R3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668038v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.2.1330-1335.2006" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668039v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan H. Cao" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2006.10.068" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W6VMPWV7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668040v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Son Chu-Ky" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guzzo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2005.09.015" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668041v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.1.268-272.2004" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668042v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0011-2240(02)00161-x" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B7FDJVP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668043v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beney" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002530000583" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-42R28S4M-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668044v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002530100619" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HB2HP53B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668045v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;igo Marti\\'Nez De Mara&#241;&#243;n" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moundanga" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1369-703x(01)00145-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-96JP6R21-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668046v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0168-1605(00)00203-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TTTBCQMN-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02294190v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1095-6433(00)80023-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVMLFJ33-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668048v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Poirier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2672.1999.00638.x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668047v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mart&#237;nez De Marna&#241;&#243;n" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-2244(99)00012-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D200A83028C42D21A6449E068F5663FEC0BAB12/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668051v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Evrard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s002530051354" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0A556B67BACF667CD9E8F99AA8E1EE659FFA705A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929577v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668050v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668052v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.1997.tb03303.x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668054v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Molin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668057v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Douzals" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Coquille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-0423(06)80075-4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668056v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf950239c" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-L12N5389-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herail&#8208;foussereau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00954456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C60405AD9CBFE74B91FD9DF3424D4F0A84BE3272/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668053v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. de Mara&#241;on" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1996.1539" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8FE67EE16CD392EB83AC3080FFF3E9D0D11017B2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668058v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. De Mara&#241;on" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-1605(95)00063-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6BV5JTJH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668059v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Perrier-Cornet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-1656(95)00052-r" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTN9NRFV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668061v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0260-8774(94)90042-6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MPTFQ9VC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668060v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00173929" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-KCJZ8X50-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668062v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Voirin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.1993.tb06180.x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZCQ18J27-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668063v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.260401119" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.260380714" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JZ3PB3RS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608358v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Aubry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benavent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Beudon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordes" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Briand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>