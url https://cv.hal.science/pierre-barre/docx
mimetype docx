--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,597 +66,597 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From organo-mineral interactions to soil and carbon policies: bridging science and policy for soil health and climate action</w:t>
+                <w:t xml:space="preserve">Data from long-term experiments in temperate croplands to evaluate soil organic carbon models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Chenu</w:t>
+                <w:t xml:space="preserve">Kenji Fujisaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Bispo</w:t>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Fantappie</w:t>
+                <w:t xml:space="preserve">Elisa Bruni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Rabot</w:t>
+                <w:t xml:space="preserve">Christian Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Science and Plant Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00380768.2025.2610235⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-026-06863-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05514375v1</w:t>
+                <w:t xml:space="preserve">hal-05546924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid and liquid fractions of digestate: manure or slurry just like any others?</w:t>
+                <w:t xml:space="preserve">From organo-mineral interactions to soil and carbon policies: bridging science and policy for soil health and climate action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Vautrin</w:t>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Cannavacciuolo</w:t>
+                <w:t xml:space="preserve">Antonio Bispo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Chauvin</w:t>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Piveteau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+                <w:t xml:space="preserve">Maria Fantappie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2026.106788⟩</w:t>
+              <w:t xml:space="preserve">Soil Science and Plant Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00380768.2025.2610235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05489220v1</w:t>
+                <w:t xml:space="preserve">hal-05514375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsoils, but not toeslopes, store millennia-old PyC in a gently sloping catchment under temperate climate after centuries of cultivation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Solid and liquid fractions of digestate: manure or slurry just like any others?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippa Ascough</w:t>
+                <w:t xml:space="preserve">Florian Vautrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Doetterl</w:t>
+                <w:t xml:space="preserve">Mario Cannavacciuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negar Haghipour</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Camille Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-23-155-2026⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 219, pp.106788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2026.106788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05453893v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of soil organic carbon stabilization indicators to 24 years of land-use change across soil depth</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Subsoils, but not toeslopes, store millennia-old PyC in a gently sloping catchment under temperate climate after centuries of cultivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristiina Karhu</w:t>
+                <w:t xml:space="preserve">Johanne Lebrun Thauront</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salonen Anna-Reetta</w:t>
+                <w:t xml:space="preserve">Philippa Ascough</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riitta Lemola</w:t>
+                <w:t xml:space="preserve">Sebastian Doetterl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helena Soinne</w:t>
+                <w:t xml:space="preserve">Negar Haghipour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 463, </w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 23, pp.155 - 179. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117573⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-23-155-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05353994v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prolonged warming leads to carbon depletion and increases nutrient availability in alpine soils</w:t>
               </w:r>
@@ -681,51 +681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Münkemüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -770,4206 +770,4206 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metha-BioSol : Impact des digestats de méthanisation sur la qualité biologique des sols agricoles</w:t>
+                <w:t xml:space="preserve">Soil carbon sequestration, climate change mitigation, nitrogen pollution and agro-food supply: navigating trade-offs in future cropland management strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Sadet-Bourgeteau</w:t>
+                <w:t xml:space="preserve">Qi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Mora-Salguero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Chauvin</w:t>
+                <w:t xml:space="preserve">Ouping Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Barre</w:t>
+                <w:t xml:space="preserve">Ting Lan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
+                <w:t xml:space="preserve">Min Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 107, pp.68-82. </w:t>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (4), 044004 [12 p.]. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art06⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/adbc04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05372517v1</w:t>
+                <w:t xml:space="preserve">hal-05160292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil carbon sequestration, climate change mitigation, nitrogen pollution and agro-food supply: navigating trade-offs in future cropland management strategies</w:t>
+                <w:t xml:space="preserve">Metha-BioSol : Impact des digestats de méthanisation sur la qualité biologique des sols agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qi Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+                <w:t xml:space="preserve">Sophie Sadet-Bourgeteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouping Deng</w:t>
+                <w:t xml:space="preserve">Daniela Mora-Salguero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ting Lan</w:t>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Min Zeng</w:t>
+                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (4), 044004 [12 p.]. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 107, pp.68-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/adbc04⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol107-art06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160292v1</w:t>
+                <w:t xml:space="preserve">hal-05372517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple pedotransfer function to estimate fine fraction organic carbon contents of surface horizons in French soils</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensitivity of soil organic carbon stabilization indicators to 24 years of land-use change across soil depth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amicie Delahaie</w:t>
+                <w:t xml:space="preserve">Eva Kanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel P Martin</w:t>
+                <w:t xml:space="preserve">Kristiina Karhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salonen Anna-Reetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riitta Lemola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Soinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 459, pp.117366. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117366⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 463, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05093858v1</w:t>
+                <w:t xml:space="preserve">hal-05353994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the proportion of centennially stable soil organic carbon using mid-infrared spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marija Stojanova</w:t>
+                <w:t xml:space="preserve">A simple pedotransfer function to estimate fine fraction organic carbon contents of surface horizons in French soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Rabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Roudier</w:t>
+                <w:t xml:space="preserve">Amicie Delahaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Arbelet</w:t>
+                <w:t xml:space="preserve">Manuel P Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 462, pp.117536. </w:t>
+              <w:t xml:space="preserve">, 2025, 459, pp.117366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117536⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300722v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes, interactions and drivers of soil chemical, physical and biological properties after repeated application of organic waste products in two contrasted long-term field experiments in France</w:t>
+                <w:t xml:space="preserve">Predicting the proportion of centennially stable soil organic carbon using mid-infrared spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haotian Chen</w:t>
+                <w:t xml:space="preserve">Lorenza Pacini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Levavasseur</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sophie Sadet-Bourgeteau</w:t>
+                <w:t xml:space="preserve">Marcus Schiedung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Stojanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Arbelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-9326/ae16bb⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 462, pp.117536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05332759v1</w:t>
+                <w:t xml:space="preserve">hal-05300722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of snow cover and microclimate on soil organic carbon stability in European mountain grasslands</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Changes, interactions and drivers of soil chemical, physical and biological properties after repeated application of organic waste products in two contrasted long-term field experiments in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haotian Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Levavasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sadet-Bourgeteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CATENA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (11), pp.114090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/ae16bb⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.catena.2025.108744⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04931949v1</w:t>
+                <w:t xml:space="preserve">hal-05332759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of soil organic carbon stocks and stability along elevation gradients</w:t>
+                <w:t xml:space="preserve">Influence of snow cover and microclimate on soil organic carbon stability in European mountain grasslands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bonfanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117452⟩</w:t>
+              <w:t xml:space="preserve">CATENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 250, pp.108744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catena.2025.108744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05212883v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil Carbon Dynamics Reshaped by Ancient Carbon Quantification</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Drivers of soil organic carbon stocks and stability along elevation gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Choler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.70482⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 461, pp.117452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2025.117452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05272764v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05212883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial biases reduce the ability of Earth system models to simulate soil heterotrophic respiration fluxes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soil Carbon Dynamics Reshaped by Ancient Carbon Quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Orliac</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Yoann Copard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Hatté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laura Sereni</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-21-657-2024⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (9), pp.e70482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675621v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05272764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevance of the organic carbon to clay ratio as a national soil health indicator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Rabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas P. A. Saby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel P Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 443, pp.116829. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.116829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is the stability of additional organic carbon stored thanks to alternative cropping systems and organic waste product application? A multi-method evaluation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatial biases reduce the ability of Earth system models to simulate soil heterotrophic respiration fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Houot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Baudin</w:t>
+                <w:t xml:space="preserve">Bertrand Guenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Plessis</w:t>
+                <w:t xml:space="preserve">Jérémie Orliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Sereni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/soil-10-533-2024⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (2), pp.657-669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-21-657-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04676078v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the complementarity of thermal and physical soil organic carbon fractions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Arbelet</w:t>
+                <w:t xml:space="preserve">What is the stability of additional organic carbon stored thanks to alternative cropping systems and organic waste product application? A multi-method evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tchodjowiè P I Kpemoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 10 (2), pp.795 - 812. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/soil-10-795-2024⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 10 (2), pp.533 - 549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/soil-10-533-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04787802v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04676078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical note: A validated correction method to quantify organic and inorganic carbon in soils using Rock-Eval® thermal analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Investigating the complementarity of thermal and physical soil organic carbon fractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amicie A Delahaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Stojanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Abiven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Arbelet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Caria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (2), pp.795 - 812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/soil-10-795-2024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-21-4229-2024⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04719699v1</w:t>
+                <w:t xml:space="preserve">hal-04787802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cover crops do increase soil organic carbon stocks—A critical comment on Chaplot and Smith (2023)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Axel Don</w:t>
+                <w:t xml:space="preserve">Technical note: A validated correction method to quantify organic and inorganic carbon in soils using Rock-Eval® thermal analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Stojanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Arbelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daria Seitz</w:t>
+                <w:t xml:space="preserve">Nicolas Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara de Notaris</w:t>
+                <w:t xml:space="preserve">Giovanni Caria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (1), </w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (18), pp.4229 - 4237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.17128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-21-4229-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04441387v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04719699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing soil functioning: What is the added value of soil organic carbon quality measurements alongside total organic carbon content?</w:t>
+                <w:t xml:space="preserve">Cover crops do increase soil organic carbon stocks—A critical comment on Chaplot and Smith (2023)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guusje J Koorneef</w:t>
+                <w:t xml:space="preserve">Christopher Poeplau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirjam M Pulleman</w:t>
+                <w:t xml:space="preserve">Zhi Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rob Nj Comans</w:t>
+                <w:t xml:space="preserve">Axel Don</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Q van Rijssel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+                <w:t xml:space="preserve">Daria Seitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara de Notaris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2024.109507⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.17128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05350684v1</w:t>
+                <w:t xml:space="preserve">hal-04441387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current controversies on mechanisms controlling soil carbon storage: implications for interactions with practitioners and policy-makers. A review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Assessing soil functioning: What is the added value of soil organic carbon quality measurements alongside total organic carbon content?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guusje J Koorneef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirjam M Pulleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rob Nj Comans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Q van Rijssel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abad Chabbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13593-023-00876-x⟩</w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 196, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2024.109507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032123v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05350684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elemental stoichiometry and Rock-Eval® thermal stability of organic matter in French topsoils</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Current controversies on mechanisms controlling soil carbon storage: implications for interactions with practitioners and policy-makers. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antonio Bispo</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abad Chabbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (1), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-023-00876-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/soil-9-209-2023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04131832v1</w:t>
+                <w:t xml:space="preserve">hal-04032123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The AMG model coupled with Rock-Eval® analysis accurately predicts cropland soil organic carbon dynamics in the Tuojiang River Basin, Southwest China</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Elemental stoichiometry and Rock-Eval® thermal stability of organic matter in French topsoils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amicie Delahaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arrouays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Bispo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.118850⟩</w:t>
+              <w:t xml:space="preserve">Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (1), pp.209-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/soil-9-209-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04188444v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04131832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil organic matter changes under experimental pedoclimatic modifications in mountain grasslands of the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norine Khedim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 429, pp.116238. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03865385v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Réseau de Mesures de la Qualité des Sols pour l’ étude du carbone organique des sols en France métropolitaine. Avancées scientifiques et applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Arrouays</w:t>
+                <w:t xml:space="preserve">The AMG model coupled with Rock-Eval® analysis accurately predicts cropland soil organic carbon dynamics in the Tuojiang River Basin, Southwest China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Barré</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 345, pp.118850. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.118850⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03796732v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04188444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust initialization method for accurate soil organic carbon simulations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Le Réseau de Mesures de la Qualité des Sols pour l’ étude du carbone organique des sols en France métropolitaine. Avancées scientifiques et applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arrouays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line Boulonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cecillon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.327-349</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-19-375-2022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03546659v1</w:t>
+                <w:t xml:space="preserve">hal-03796732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partitioning soil organic carbon into its centennially stable and active fractions with machine-learning models based on Rock-Eval® thermal analysis (PARTYSOCv2.0 and PARTYSOCv2.0EU)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">A robust initialization method for accurate soil organic carbon simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Kanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Uwe Franko</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.375-387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-19-375-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-14-3879-2021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03288119v1</w:t>
+                <w:t xml:space="preserve">hal-03546659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topsoil organic matter build‐up in glacier forelands around the world</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Partitioning soil organic carbon into its centennially stable and active fractions with machine-learning models based on Rock-Eval® thermal analysis (PARTYSOCv2.0 and PARTYSOCv2.0EU)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Franko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (6), pp.3879-3898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-14-3879-2021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.15496⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03125455v1</w:t>
+                <w:t xml:space="preserve">hal-03288119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term bare-fallow soil fractions reveal thermo-chemical properties controlling soil organic carbon dynamics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+                <w:t xml:space="preserve">Topsoil organic matter build‐up in glacier forelands around the world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norine Khedim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Abiven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (8), pp.1662-1677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15496⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-18-1703-2021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03166107v1</w:t>
+                <w:t xml:space="preserve">hal-03125455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and soil management effects on carbon fluxes and priming effect intensity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term bare-fallow soil fractions reveal thermo-chemical properties controlling soil organic carbon dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naoise Nunan</w:t>
+                <w:t xml:space="preserve">Mathieu Chassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Raynaud</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Barot</w:t>
+                <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Abiven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2020.108103⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (5), pp.1703 - 1718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-18-1703-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03086435v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03166107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial dynamics and soil physicochemical properties explain large-scale variations in soil organic carbon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature and soil management effects on carbon fluxes and priming effect intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guttières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoise Nunan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haicheng Zhang</w:t>
+                <w:t xml:space="preserve">Xavier Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel S. Goll</w:t>
+                <w:t xml:space="preserve">Gérard Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ying-Ping Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">William R. Wieder</w:t>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.14994⟩</w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 153, pp.108103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2020.108103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02904478v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03086435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La séquestration de carbone dans les sols agricoles, forestiers et urbains : état des lieux des méthodes d’évaluation et de quantification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claire Chenu</w:t>
+                <w:t xml:space="preserve">Microbial dynamics and soil physicochemical properties explain large-scale variations in soil organic carbon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haicheng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel S. Goll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Martin</w:t>
+                <w:t xml:space="preserve">Ying-Ping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Vidal Beaudet</w:t>
+                <w:t xml:space="preserve">Philippe Ciais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William R. Wieder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (4), pp.2668-2685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.14994⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02902947v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring the impact of earthworms on the stability of organo-mineral associations, by Rock-Eval thermal analysis and 13C NMR spectroscopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Justine Barthod</w:t>
+                <w:t xml:space="preserve">La séquestration de carbone dans les sols agricoles, forestiers et urbains : état des lieux des méthodes d’évaluation et de quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-France Dignac</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Baudin</w:t>
+                <w:t xml:space="preserve">Manuel Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vidal Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic Geochemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27, pp.305-320</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02905673v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02902947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biologically influenced gas fluxes revealed by high‐resolution monitoring of unsaturated soil columns</w:t>
+                <w:t xml:space="preserve">Inferring the impact of earthworms on the stability of organo-mineral associations, by Rock-Eval thermal analysis and 13C NMR spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Alibert</w:t>
+                <w:t xml:space="preserve">Guillaume Le Mer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pili</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barre</w:t>
+                <w:t xml:space="preserve">Justine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Massol</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-France Dignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/vzj2.20018⟩</w:t>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.104016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2020.104016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03978747v1</w:t>
+                <w:t xml:space="preserve">hal-02905673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneity of the chemical composition and thermal stability of particulate organic matter in French forest soils</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biologically influenced gas fluxes revealed by high‐resolution monitoring of unsaturated soil columns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Alibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Baudin</w:t>
+                <w:t xml:space="preserve">Eric Pili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Nicolas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florent Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2019.02.008⟩</w:t>
+              <w:t xml:space="preserve">Vadose Zone Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/vzj2.20018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02019197v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">National estimation of soil organic carbon storage potential for arable soils: A data-driven approach coupled with carbon-landscape zones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Songchao Chen</w:t>
+                <w:t xml:space="preserve">Increasing organic stocks in agricultural soils: Knowledge gaps and potential innovations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Denis A. Angers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dominique Arrouays</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 666, pp.355-367. </w:t>
+              <w:t xml:space="preserve">Soil and Tillage Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 188, </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.02.249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.still.2018.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051584v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01789417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidecadal persistence of organic matter in soils: multiscale investigations down to the submicron scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5040,4010 +5040,4144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02094523v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing organic stocks in agricultural soils: Knowledge gaps and potential innovations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Heterogeneity of the chemical composition and thermal stability of particulate organic matter in French forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Arrouays</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil and Tillage Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.still.2018.04.011⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 342, pp.65-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2019.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01789417v1</w:t>
+                <w:t xml:space="preserve">hal-02019197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the Rock-Eval signature of soil organic carbon upon extreme soil warming and chemical oxidation - A comparison</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">National estimation of soil organic carbon storage potential for arable soils: A data-driven approach coupled with carbon-landscape zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songchao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Arrouays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Angers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2018.09.025⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 666, pp.355-367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.02.249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882550v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyrogenic carbon content and dynamics in top and subsoil of French forests</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Changes in the Rock-Eval signature of soil organic carbon upon extreme soil warming and chemical oxidation - A comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Poeplau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjarni Sigurdsson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 337, pp.181 - 190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2018.09.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2019.02.013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02966965v1</w:t>
+                <w:t xml:space="preserve">hal-01882550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is Rock-Eval 6 thermal analysis a good indicator of soil organic carbon lability? – A method-comparison study in forest soils</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">Pyrogenic carbon content and dynamics in top and subsoil of French forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Reisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 117, pp.108-116. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2017.10.025⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 133, pp.12-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2019.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01654067v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02966965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental factors controlling soil organic carbon stability in French forest soils</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">Is Rock-Eval 6 thermal analysis a good indicator of soil organic carbon lability? – A method-comparison study in forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-018-3613-x⟩</w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 117, pp.108-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2017.10.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744147v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial and plant-derived compounds both contribute to persistent soil organic carbon in temperate soils</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Environmental factors controlling soil organic carbon stability in French forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bent T. Christensen</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Guenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 140 (1), pp.81-92. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 426 (1-2), pp.267-286. </w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10533-018-0475-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-018-3613-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01852142v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model based on Rock-Eval thermal analysis to quantify the size of the centennially persistent organic carbon pool in temperate soils</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Microbial and plant-derived compounds both contribute to persistent soil organic carbon in temperate soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katell Quénéa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Romain Jolivet</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-2018-15⟩</w:t>
+              <w:t xml:space="preserve">Biogeochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 140 (1), pp.81-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10533-018-0475-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01708615v1</w:t>
+                <w:t xml:space="preserve">hal-01852142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ideas and perspectives: Can we use the soil carbon saturation deficit to quantitatively assess the soil carbon storage potential, or should we explore other strategies?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cecillon Lauric</w:t>
+                <w:t xml:space="preserve">A model based on Rock-Eval thermal analysis to quantify the size of the centennially persistent organic carbon pool in temperate soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, pp.1 - 12. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-2017-395⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 15 (9), pp.2835-2849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-2018-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01795292v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01708615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model for field-based evidences of the impact of irrigation on carbonates in the tilled layer of semi-arid Mediterranean soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabel de Soto</w:t>
+                <w:t xml:space="preserve">Ideas and perspectives: Can we use the soil carbon saturation deficit to quantitatively assess the soil carbon storage potential, or should we explore other strategies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iñigo Virto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+                <w:t xml:space="preserve">Angers Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Bispo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Antón</w:t>
+                <w:t xml:space="preserve">Cecillon Lauric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.03.005⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1 - 12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-2017-395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03978772v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geological control of soil organic carbon and nitrogen stocks at the landscape scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A model for field-based evidences of the impact of irrigation on carbonates in the tilled layer of semi-arid Mediterranean soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel de Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Virto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Meunier</w:t>
+                <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Montagne</w:t>
+                <w:t xml:space="preserve">Rodrigo Antón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 285, pp.50-56. </w:t>
+              <w:t xml:space="preserve">, 2017, 297 (1), pp.48-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.09.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2017.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413565v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing soil carbon storage: mechanisms, effects of agricultural practices and proxies. A review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+                <w:t xml:space="preserve">Geological control of soil organic carbon and nitrogen stocks at the landscape scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13593-017-0421-2⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 285, pp.50-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01595533v1</w:t>
+                <w:t xml:space="preserve">hal-01413565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyrogenic Carbon Lacks Long-Term Persistence in Temperate Arable Soils</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bent T. Christensen</w:t>
+                <w:t xml:space="preserve">Increasing soil carbon storage: mechanisms, effects of agricultural practices and proxies. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2017.00096⟩</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37:14 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-017-0421-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01646885v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil organic matter stabilization at the pluri-decadal scale: Insight from bare fallow soils with contrasting physicochemical properties and macrostructures</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Pyrogenic Carbon Lacks Long-Term Persistence in Temperate Arable Soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Abiven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Billiou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel B. Wiedemeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T. Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 275, pp.48-54. </w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (96), </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.04.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feart.2017.00096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01532543v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01646885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The energetic and chemical signatures of persistent soil organic matter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Soil organic matter stabilization at the pluri-decadal scale: Insight from bare fallow soils with contrasting physicochemical properties and macrostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remigio Paradelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Folkert van Oort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Billiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10533-016-0246-0⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 275, pp.48-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2016.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01391517v1</w:t>
+                <w:t xml:space="preserve">hal-01532543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stocker du C dans les sols : quels mécanismes, quelles pratiques agricoles, quels indicateurs ?</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">The energetic and chemical signatures of persistent soil organic matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain F. Plante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biogeochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 130 (1-2), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10533-016-0246-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01595612v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale evidence of contrasted processes for root-derived organic matter stabilization by mineral interactions depending on soil depth</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Stocker du C dans les sols : quels mécanismes, quelles pratiques agricoles, quels indicateurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Dignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 23 (1), pp.193-223</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2015.02.017⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01175892v1</w:t>
+                <w:t xml:space="preserve">hal-01595612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase in soil stable carbon isotope ratio relates to loss of organic carbon: results from five long-term bare fallow experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoscale evidence of contrasted processes for root-derived organic matter stabilization by mineral interactions depending on soil depth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Rumpel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Menichetti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Folkert van Oort</w:t>
+                <w:t xml:space="preserve">Karen Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Katterer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bent T. Christensen</w:t>
+                <w:t xml:space="preserve">Laurent Remusat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 177 (3), pp.811-821. </w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 85, pp.82-88. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00442-014-3114-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2015.02.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192513v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01175892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher temperature sensitivity for stable than for labile soil organic carbon - Evidence from incubations of long- term bare fallow soils</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increase in soil stable carbon isotope ratio relates to loss of organic carbon: results from five long-term bare fallow experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando E. Moyano</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
+                <w:t xml:space="preserve">Lorenzo Menichetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Folkert van Oort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Katterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bent T. Christensen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bardoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 20 (2), pp.633-640. </w:t>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 177 (3), pp.811-821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.12402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00442-014-3114-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01015942v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of short-term clay evolution in soils under human impact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Higher temperature sensitivity for stable than for labile soil organic carbon - Evidence from incubations of long- term bare fallow soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie S. Cornu</w:t>
+                <w:t xml:space="preserve">Fernando E. Moyano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David D. Montagne</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gérard Bardoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2012.09.005⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (2), pp.633-640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.12402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001351v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01015942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon input differences as the main factor explaining the variability in soil organic C storage in no-tilled compared to inversion tilled agrosystems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Barré</w:t>
+                <w:t xml:space="preserve">Evidence of short-term clay evolution in soils under human impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David D. Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Burlot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Chenu</w:t>
+                <w:t xml:space="preserve">Pierre P. Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Caner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10533-011-9600-4⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 344 (11-12), pp.747-757. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2012.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01567158v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of mineral control of soil aggregation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Carbon input differences as the main factor explaining the variability in soil organic C storage in no-tilled compared to inversion tilled agrosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Virto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Girardin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurelien Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macla</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biogeochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 108 (1-3), pp.17--26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10533-011-9600-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01588601v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01567158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying and isolating stable soil organic carbon using long-term bare fallow experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Evidence of mineral control of soil aggregation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sabine Houot</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Virto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Macla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.118-119</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00576270v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How element translocation by plants may stabilize illitic clays in the surface of temperate soils</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quantifying and isolating stable soil organic carbon using long-term bare fallow experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruce Velde</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. T. Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2010 (7), pp.3839-3850. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-7-3839-2010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00390413v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00576270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clay minerals as a soil potassium reservoir: observation and quantification through X-ray diffraction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">How element translocation by plants may stabilize illitic clays in the surface of temperate soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Velde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 302, pp.213-220</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 151 (1-2), pp.22-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00341620v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00390413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which 2 : 1 clay minerals are involved in the soil potassium reservoir? Insights from potassium addition or removal experiments on three temperate grassland soil clay assemblages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Velde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Catel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abbadie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 146, pp.216-223</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">bioemco-00341616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of organic carbon in deep soil layers controlled by fresh carbon supply</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Clay minerals as a soil potassium reservoir: observation and quantification through X-ray diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Montagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Bdioui</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luc Abbadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Velde</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 302, pp.213-220</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02667862v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00341620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of organic carbon in deep soil layers controlled by fresh carbon supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bdioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, sous presse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">bioemco-00176100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic role of &amp;quot;illite-like&amp;quot; clay minerals in temperate soils: facts and hypotheses</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stability of organic carbon in deep soil layers controlled by fresh carbon supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bdioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 450 (7167), pp.277-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature06275⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">bioemco-00160384v1</w:t>
+                <w:t xml:space="preserve">hal-02667862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil-plant potassium transfer: impact of plant activity on clay minerals as seen from X-ray diffraction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Dynamic role of &amp;quot;illite-like&amp;quot; clay minerals in temperate soils: facts and hypotheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Velde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abbadie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, pp.137-146</w:t>
+              <w:t xml:space="preserve">Biogeochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.77-88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00160016v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00160384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of organic carbon in deep soil layers controlled by fresh carbon supply</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil-plant potassium transfer: impact of plant activity on clay minerals as seen from X-ray diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Fontaine</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicole Catel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Velde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Abbadie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 450, pp.277-281</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, pp.137-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00321884v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00160016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stability of organic carbon in deep soil layers controlled by fresh carbon supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadja Bidoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 450, pp.277-281</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00321884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact of subterranean fungus-growing termites (Isoptera, Macrotermitiane) on chosen soil properties in a West African savanna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Jouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Velde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology and Fertility of Soils</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 41 (5), pp.365-370</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">bioemco-00396318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9053,104 +9187,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Support d'enseignement sur la dynamique du carbone dans les terres cultivées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Van Quynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05426125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9160,8019 +9294,8019 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsoils, but not toeslopes, store millennia-old PyC in a gently sloping catchment under temperate climate after centuries of fire suppression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Lebrun Thauront</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippa Ascough</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Doetterl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Negar Haghipour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05149101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proposition for a prototype of MRV tool for cropland C stock change assessment at high resolution over large regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ainhoa Ihasusta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taeken Wijmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Al Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Ferrarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUSS conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Firenze (Florence), Italy. 33 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05115398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Storing additional carbon in soil: different practices, different stabilities of the organic matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israel Tchodovie Kpemoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Cardinael</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SoilCET 2024 International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFPEN; INRAE, Jan 2024, Rueil Malmaison, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">About some current controversies on mechanisms controlling carbon storage in soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abad Chabbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soil Carbon in the Ecological Transition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Rueil-Malmaison, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements, interactions et déterminants des propriétés chimiques, physiques et biologiques du sol après l'application répétée de PRO à QualiAgro et PROspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haotian Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Levavasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sadet-Bourgeteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assemblée Générale annuelle du SOERE PRO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE UMR SAS Rennes, Oct 2024, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04784945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new framework to estimate soil organic carbon targets in European croplands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenza Pacini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Arbelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Songchao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bacq-Labreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Calvaruso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Science Days 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Riga (Latvia), Latvia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04128379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Applying the AMG Soil Organic Carbon model to assess the carbon trends within French forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mojtaba Houballah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Le Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05149101v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienna, Austria. 1p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-8046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sols stockant du carbone sont-ils plus sensibles au changement climatique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tchodjowiè Panaewazou Israël Kpemoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Pouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16èmes Journées d'Etude des Sols "Les sols et les systèmes alimentaires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFES, ASsociation Française d'Etude des Sols; Conservatoire d'Espaces Naturels Normandie Seine; Université de Rouen, Jun 2023, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Increasing soil organic C storage and persistence in soils: levers associated with microbial and physical controls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tchodjowiè P.I. Kpemoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soil Science Society of America Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SSSA, Nov 2022, Baltimore (on-line), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04536971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améliorer la précision des modèles de dynamique du carbone organique du sol à l'aide d'une méthode d'initialisation robuste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Kanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JES 2021 - 15èmes Journées d’Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFES, Jun 2021, Online, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the potential of organic carbon storage in soils by a statistical data-driven approach at the scale of a small agricultural region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Crème</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Vaudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arrouays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne C Richer-De-Forges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUROSOIL2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUROSOIL 2021 Geneva virtual congress, Aug 2021, Geneva, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04189483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving the accuracy of soil organic carbon models by initializing their pool partitioning using Rock-Eval thermal analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Kanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurosoil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Geneva, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving the accuracy of soil carbon models using a Rock-Eval-based initialization method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Kanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-10442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Initializing the stable pool of soil carbon models using Rock-Eval thermal analysis to improve their accuracy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Clivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food security and climate change: 4 per 1000 initiative new tangible global challenges for the soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les jachères nues de longue durée: une plateforme pour analyser la dynamique du carbone dans les sols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Macdonald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux sur le sol : les dispositifs de longue durée pour répondre aux questions d’aujourd’hui et de demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRA EcoSys, Nov 2018, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soil organic matter evolution with time in glacier forefields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Ficetola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gielly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric L. Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ième Journées d'Etudes des sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01891095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolutions pédologiques centenaires et bilans géochimiques contemporains : intérêt de l’essai de longue durée en sol nu des 42 parcelles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Folkert van Oort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Breuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Baize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux sur le sol : les dispositifs de longue durée pour répondre aux questions d’aujourd’hui et de demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRA EcoSys, Nov 2018, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04608175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The contribution of deep soil horizons to persistent organic carbon sequestration in French forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Geosciences Union, Apr 2018, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peut-on calculer la valeur de paramètres Rock-Eval pour la couche 0-50 cm à partir des valeurs mesurées sur les couches 0-30 et 30-50 cm ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Kanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Savignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lille (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étudier le carbone organique persistant des sols à l'aide des jachères nues de longue durée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux sur le sol : les dispositifs de longue durée pour répondre aux questions d’aujourd’hui et de demain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRA EcoSys, Nov 2018, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rock-Eval analysis of French forest soils: the influence of depth, soil and vegetation types on SOC thermal stability and bulk chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cecchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is Rock-Eval 6 thermal analysis a good indicator of soil organic carbon lability? – A method comparison study in forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Symposium on Soil Organic Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Harpenden, United Kingdom. pp.151</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprendre la dynamique des matières organiques dans les sols forestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dignac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25 ans Renecofor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Beaune, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03656792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Research on microbial microenvironments in soils: Convergence of approaches and a look ahead</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.EGU2017-13652</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The energetic and chemical fingerprints of persistent soil organic carbon. Soil 6th International Symposium on Soil Organic Matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent T. Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Symposium on Soil Organic Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Harpenden, United Kingdom. pp.208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal analysis based models to quantify the centennially persistent and bi-decadally labile organic carbon pools in temperate soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Symposium on Soil Organic Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Harpenden, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing SOC labile fractions through respiration test, density-size fractionation and thermal analysis – A comparison of methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2017, European Geophysical Union General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.EGU2017-10672</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multidecadal persistence of organic matter in soils: Insights from STXM-NEXAFS and nano-SIMS investigations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Symposium on Soil Organic Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Harpenden, United Kingdom. pp.117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of depth, soil and vegetation types on indicators of soil organic carbon lability in forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Guenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Symposium on Soil Organic Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Harpenden, France. pp.142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of elevated CO2 and temperature on abiotic and biologically-driven basalt weathering and C sequestration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Juarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katerina Dontsova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Le Galliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Llavata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> European Geosciences Union General Assembly 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01409658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment une meilleure prise en compte des mécanismes de stabilisation des matières organiques des sols (via des indicateurs ou via la modélisation) peut permettre d’améliorer les prévisions d’évolution de stock de carbone du sol ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cécillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Guenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katja Klumpp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Atelier du collectif « SoilMécaSeqC »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multidecadal persistence of organic matter in soils: insights from spatially resolved investigations at the submicrometer scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Alléon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2016 Conference Abstracts, European Geophysical Union</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Geosciences Union (EGU). AUT., 2016, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining long term field experiments and nanoscale analysis to enhance process understanding of root litter stabilization by mineral interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abad Chabbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remusat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU 2015, European Geophysical Union General Assembly 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01547525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stable soil carbon decomposition is more sensitive to temperature. Evidence from long term bare fallow experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bardoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent Tolstrup Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goldschmidt 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Florence, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01620714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To what extent clay mineralogy affect soil aggregation? Insights from fractionation analyses conducted on soils under different land-uses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Virto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU2012. European Geosciences Union General Assembly 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Geosciences Union (EGU). AUT., 2012, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01595553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does the sensitivity of the soil oragnic matter mineralization to a change of temperature depend on its quality?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bardoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Symposium of Interactions of Soil Minerals with Organic Components and Microorganisms (ISMOM) Soil Interfaces in a Changing World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carbon dynamics in soils: insights from six long term bare fallow experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent Tolstrup Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kätterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Soil Organic Matter Dynamics: Land Use, Management and Global Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Colorado, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lecture on soil clay minerals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International workshop on « integrative strategy for the understanding of ecological processes and functions in soil »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, China. pp.sans objet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">bioemco-00175037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation de l'évolution des stocks de carbone organique dans les sols : travaux et perspectives de recherche autour du modèle AMG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Séminaire du Réseau des Matières Organiques (ResMO)</w:t>
+              <w:t xml:space="preserve">5ème Séminaire du Réseau des Matières Organiques (ResMO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Semur-en-Auxois, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new machine-learning model to partition soil organic carbon into its centennially stable and active fractions based on Rock-Eval(r) thermal analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Stojanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Barré</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. p. EGU24-11107, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementarity and drivers of thermal and physical soil organic carbon fractions at the scale of mainland France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amicie Delahaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Arrouays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Boulonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, VIENNA, Austria. , pp.EGU23-6849, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04488656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le carbone organique additionnel stocké grâce à des pratiques agroécologiques est-il stable à l'échelle de la décennie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tchodjowiè Panaewazou Israël Kpemoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16èmes Journées d'Etude des Sols "Les sols et les systèmes alimentaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Dijon, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04851827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation du modèle STICS pour prédire les évolutions du carbone organique des sols : comparaison avec AMG et initialisation du carbone stable par analyse thermique Rock-Eval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e Rencontres Comifer-Gemas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03451212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can we calculate the value of Rock-Eval parameters for the 0-50 layer from the measured values on the layers 0-30 and 30-50 cm?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Kanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Soucémarianadin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienna, Austria. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initializing the stable pool of soil carbon models using Rock-Eval thermal analysis to improve their accuracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Cecillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Barré</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hugues Clivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food security and climate change: 4 per 1000 initiative new tangible global challenges for the soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of microbiological indicators and indices of soil organic matter pools to assess impacts of agricultural practices on soil fertility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Manneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katja Klumpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on soil organic matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Harpenden, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03008083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil pyrogenic C lacks long term persistence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Abiven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wiedemeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bent T. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Vienne, Austria. European Geosciences Union, Geophysical Research Abstracts, 17, 2015, Geophysical Research Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charbons sont ils une fraction récalcitrante des matières organiques des sols? Mise en évidence d’une décroissance rapide du stock de charbons dans le sol d’un essai de longue durée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Abiven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wiedemeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Journées Nationales d’Etude des Sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Bourget du Lac, France. , 382 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La minéralogie des argiles influence-t-elle la dynamique du C dans les sols ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iñigo Virto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruce Velde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées d'Etude des Sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France. 2014, 12. Journées d'Etude des Sols : le sol en héritage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01618999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sensibilité des communautés microbiennes à une augmentation de la température augmente quand la biodégradabilité de la ressource organique baisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Maron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel S. Dequiedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Terrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées d'Etude des Sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France. 2014, 12. Journées d'Etude des Sols : le sol en héritage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of rapid depletion of Black Carbon stocks in soils from a long term field experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Abiven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Wiedemeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Organic Matter Stabilization Conference, SOM 6</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Kiawah Island, United States. 90 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the evolution of the chemical nature of SOM through stabilization thanks to long term field experiments and state-of-the-art synchrotron-based NEXAFS spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quelle relation entre la stabilité du C des sols et son âge? Apport d’une chronoséquence de sol en jachère nue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B.T. Christensen</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadezda A. Vasilyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Trumbore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Schrumpf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Organic Matter Stabilization conference, SOM 6</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Kiawah, Island, United States. 90 p., 2014</w:t>
+              <w:t xml:space="preserve">12. Journées d'Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France. 2014, 12. Journées d'Etude des Sols : le sol en héritage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01629850v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01617666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle relation entre la stabilité du C des sols et son âge? Apport d’une chronoséquence de sol en jachère nue</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Investigating the evolution of the chemical nature of SOM through stabilization thanks to long term field experiments and state-of-the-art synchrotron-based NEXAFS spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lutfalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marion Schrumpf</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.T. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées d'Etude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France. 2014, 12. Journées d'Etude des Sols : le sol en héritage</w:t>
+              <w:t xml:space="preserve">Soil Organic Matter Stabilization conference, SOM 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Kiawah, Island, United States. 90 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01617666v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01629850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil organic matter and environmental impacts of Integrated Crop-livestock: What do we know?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abad Chabbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Rumpel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Remusat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Symposium on Soil Organic Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Nanjing, China. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining longterm field experiments and nanoscale analysis to enhance process understanding of organic matter stabilization in subsoil horizons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornélia Rumpel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Baumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Remusat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Dignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Symposium on Soil Organic Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Nanjing, China. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans quelle mesure la minéralogie des argiles affecte-t-elle l’agrégation du sol ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">Does carbonates precipitation interact with aggregation in semi-arid soils? Insights from microscopy and natural isotopic abundance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Virto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cyril Girardin</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées d'Etude des Sols (JES)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Versailles, France. 2012, Le sol face aux changements globaux</w:t>
+              <w:t xml:space="preserve">4th International Congress EUROSOIL 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012, Soil Science for the benefit of making and environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01615936v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does carbonates precipitation interact with aggregation in semi-arid soils? Insights from microscopy and natural isotopic abundance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Dans quelle mesure la minéralogie des argiles affecte-t-elle l’agrégation du sol ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iñigo Virto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">I Martinez</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Congress EUROSOIL 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012, Soil Science for the benefit of making and environment</w:t>
+              <w:t xml:space="preserve">11. Journées d'Etude des Sols (JES)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Versailles, France. 2012, Le sol face aux changements globaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01616612v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La modification des entrées de C est le principal facteur expliquant la variation du stock de C d’un agrosystème converti au non-labour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inigo Virto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Burlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées d'Etude des Sols (JES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Versailles, France. 2012, Le sol face aux changements globaux</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01615940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the sensitivity of the soil organic matter mineralization to a change of temperature depends on its quality ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bardoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bent Tolstrup Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International congress EUROSOIL 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012, Soil Science for the benefit of making and environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01616613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the sensitivity of the soil organic matter mineralization to a change of temperature depend on its quality?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">To what extent clay mineralogy affect soil aggregation? A quantitative approach based on X-ray patterns modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oihane Fernández-Ugalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cyril Girardin</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iñigo Virto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées d’Etude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Versailles, France. 2012</w:t>
+              <w:t xml:space="preserve">4th International Congress EUROSOIL 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012, Soil Science for the benefit of making and environment</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190676v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To what extent clay mineralogy affect soil aggregation? A quantitative approach based on X-ray patterns modelling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Does the sensitivity of the soil organic matter mineralization to a change of temperature depend on its quality?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Claire Chenu</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bardoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bent Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Congress EUROSOIL 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italy. 2012, Soil Science for the benefit of making and environment</w:t>
+              <w:t xml:space="preserve">11èmes Journées d’Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Versailles, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01616624v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of organic carbon quality on the temperature sensitivity of soil respiration observed in long-term bare fallow soil incubations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Moyano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bardoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.T. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second Conference on Mechanisms of Soil Organic Matter Stabilization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Monte Verita, Switzerland. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon dynamics in soils: insights from six long term bare fallow experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bent Tolstrup Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Katterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Soil Organic Matter Dynamics: Land Use, Management and Global Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Colorado Springs, United States. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192387v1</w:t>
-              </w:r>
-[...4566 lines deleted...]
-                <w:t xml:space="preserve">bioemco-00175037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pinay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Abcha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ackerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId429" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05045026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17182,164 +17316,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods for studying soil organic matter: nature, dynamics, spatial accessibility, and interactions with minerals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cornelia Rumpel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Védère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Barré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E.A. Paul and S.D Frey. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Microbiology, Ecology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.369-406, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-822941-5.00013-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId433"/>
+      <w:footerReference w:type="default" r:id="rId438"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17486,51 +17620,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fantappie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Rabot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00380768.2025.2610235" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489220v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vautrin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cannavacciuolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chauvin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Piveteau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2026.106788" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453893v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Lebrun Thauront" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa Ascough" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Doetterl" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Haghipour" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-23-155-2026" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353994v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kanari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Karhu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salonen Anna-Reetta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riitta Lemola" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Soinne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117573" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105389v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonfanti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106239" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05372517v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sadet-Bourgeteau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Mora-Salguero" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art06" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160292v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Wang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouping Deng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Lan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Zeng" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/adbc04" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093858v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amicie Delahaie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117366" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300722v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Pacini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Schiedung" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Stojanova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roudier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arbelet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117536" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05332759v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haotian Chen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Levavasseur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ae16bb" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931949v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2025.108744" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212883v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117452" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272764v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hatt&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric C&#233;cillon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Colin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70482" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675621v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Guenet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Orliac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Torres" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sereni" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-657-2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474285v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.116829" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676078v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P I Kpemoua" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plessis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-10-533-2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787802v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amicie A Delahaie" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Abiven" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-10-795-2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719699v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Caria" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4229-2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04441387v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Poeplau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Liang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Don" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Seitz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara de Notaris" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17128" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350684v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guusje J Koorneef" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam M Pulleman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Nj Comans" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Q van Rijssel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109507" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032123v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00876-x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131832v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arrouays" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-9-209-2023" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188444v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.118850" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865385v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norine Khedim" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116238" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796732v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P. Martin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Boulonne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546659v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-375-2022" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03288119v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent T Christensen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Franko" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-14-3879-2021" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125455v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15496" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166107v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lutfalla" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-1703-2021" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gutti&#232;res" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise Nunan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raynaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lacroix" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2020.108103" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904478v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haicheng Zhang" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S. Goll" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Ping Wang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William R. Wieder" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14994" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902947v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Martin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905673v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Mer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Barthod" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2020.104016" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03978747v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Alibert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pili" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Massol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chollet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vzj2.20018" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019197v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Souc&#233;marianadin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nicolas" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2019.02.008" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051584v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songchao Chen" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arrouays" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Angers" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.02.249" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02094523v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Guillou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien All&#233;on" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-16-1401-2019" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789417v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A. Angers" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.still.2018.04.011" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882550v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjarni Sigurdsson" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2018.09.025" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966965v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Reisser" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2019.02.013" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654067v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2017.10.025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744147v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-018-3613-x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852142v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Qu&#233;n&#233;a" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Vidal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent T. Christensen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-018-0475-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708615v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2018-15" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795292v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angers Denis" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecillon Lauric" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2017-395" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03978772v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel de Soto" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;igo Virto" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oihane Fern&#225;ndez-Ugalde" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Ant&#243;n" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.03.005" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413565v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Durand" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meunier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montagne" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.09.029" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595533v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-017-0421-2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646885v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B. Wiedemeier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2017.00096" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532543v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigio Paradelo" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folkert van Oort" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Billiou" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.04.009" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391517v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain F. Plante" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-016-0246-0" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595612v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175892v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Baumann" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remusat" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.02.017" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBPZMF04-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192513v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Menichetti" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Katterer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-3114-4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015942v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lefevre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando E. Moyano" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bardoux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.12402" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QNBCH7PB-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001351v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Cornu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Montagne" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Hubert" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Barr&#233;" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Caner" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2012.09.005" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDLJTWV7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01567158v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Burlot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-011-9600-4" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/80C7C20A9B3CF116A714151C02D9611603BD39AC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588601v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hubert" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Girardin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00576270v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. T. Christensen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-7-3839-2010" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00390413v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berger" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Velde" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00341620v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montagnier" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00341616v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Catel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667862v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontaine" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bdioui" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Mary" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature06275" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-NP2L9PVQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00176100v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bdioui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mary" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00160384v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00160016v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00321884v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Bidoui" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00396318v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Page" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426125v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Van Quynh" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149101v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534024v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612125v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11107" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04488656v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6849" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851827v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; Panaewazou Isra&#235;l Kpemoua" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03451212v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981214v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796665v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03008083v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petitjean" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Reynaud" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Manneville" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595682v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wiedemeier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629851v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618999v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595580v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Dequiedt" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Terrat" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741287v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629850v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Guillou" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T. Christensen" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617666v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda A. Vasilyeva" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Trumbore" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schrumpf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827926v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805652v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Rumpel" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615936v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616612v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Martinez" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615940v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inigo Virto" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Burlot" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616613v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent Tolstrup Christensen" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190676v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent Christensen" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616624v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806840v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Moyano" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192387v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05115398v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhoa Ihasusta" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taeken Wijmer" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Bitar" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ferrarini" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764471v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Tchodovie Kpemoua" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cardinael" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299712v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784945v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Baudin" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04209620v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Houballah" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le No&#233;" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8046" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128379v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bacq-Labreuil" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calvaruso" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04500987v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leclerc" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pouteau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04536971v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P.I. Kpemoua" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981424v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189483v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cr&#232;me" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vaudour" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981397v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981359v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10442" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796636v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604649v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Macdonald" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891095v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric L. Cecillon" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501209v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04608175v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Delarue" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Breuil" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baize" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981305v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Savignac" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604630v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607051v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecchini" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608148v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03656792v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606364v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607974v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604909v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608687v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607213v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604925v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604673v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garnier" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01409658v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Juarez" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Dontsova" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le Galliard" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Llavata" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594995v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547525v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620714v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lef&#232;vre" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595553v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189715v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192405v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K&#228;tterer" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00175037v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126660v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-822941-5.00013-2" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05546924v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Fujisaki" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bruni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-026-06863-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514375v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fantappie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Rabot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00380768.2025.2610235" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489220v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Vautrin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cannavacciuolo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chauvin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Piveteau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2026.106788" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453893v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Lebrun Thauront" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa Ascough" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Doetterl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Haghipour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-23-155-2026" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105389v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonfanti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2025.106239" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160292v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Wang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouping Deng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Lan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Zeng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/adbc04" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05372517v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sadet-Bourgeteau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Mora-Salguero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art06" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353994v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kanari" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiina Karhu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salonen Anna-Reetta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riitta Lemola" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Soinne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117573" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093858v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amicie Delahaie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117366" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300722v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Pacini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Schiedung" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Stojanova" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roudier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arbelet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117536" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05332759v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haotian Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Levavasseur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ae16bb" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931949v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Clement" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2025.108744" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212883v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2025.117452" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272764v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hatt&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric C&#233;cillon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Colin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70482" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474285v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas P. A. Saby" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.116829" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04675621v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Guenet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Orliac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Torres" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sereni" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-657-2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676078v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P I Kpemoua" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Plessis" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-10-533-2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787802v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amicie A Delahaie" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Abiven" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-10-795-2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719699v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouton" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Caria" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4229-2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04441387v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Poeplau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Liang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Don" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Seitz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara de Notaris" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17128" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350684v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guusje J Koorneef" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam M Pulleman" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Nj Comans" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Q van Rijssel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2024.109507" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032123v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00876-x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131832v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arrouays" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-9-209-2023" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865385v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norine Khedim" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116238" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188444v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.118850" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796732v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel P. Martin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Boulonne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546659v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-375-2022" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03288119v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent T Christensen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Franko" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-14-3879-2021" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125455v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15496" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166107v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lutfalla" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-1703-2021" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gutti&#232;res" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise Nunan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raynaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lacroix" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2020.108103" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904478v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haicheng Zhang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S. Goll" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Ping Wang" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William R. Wieder" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14994" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902947v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Martin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vidal Beaudet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02905673v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Mer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Barthod" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dignac" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2020.104016" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03978747v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Alibert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pili" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Massol" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chollet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vzj2.20018" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01789417v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A. Angers" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arrouays" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.still.2018.04.011" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02094523v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Guillou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien All&#233;on" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-16-1401-2019" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019197v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Souc&#233;marianadin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nicolas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2019.02.008" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051584v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Songchao Chen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Angers" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.02.249" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882550v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjarni Sigurdsson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2018.09.025" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02966965v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Reisser" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2019.02.013" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654067v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2017.10.025" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744147v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-018-3613-x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852142v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Qu&#233;n&#233;a" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Vidal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent T. Christensen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-018-0475-5" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708615v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2018-15" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795292v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angers Denis" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecillon Lauric" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-2017-395" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03978772v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel de Soto" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;igo Virto" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oihane Fern&#225;ndez-Ugalde" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Ant&#243;n" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.03.005" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413565v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Durand" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meunier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montagne" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.09.029" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595533v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-017-0421-2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646885v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B. Wiedemeier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2017.00096" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532543v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigio Paradelo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folkert van Oort" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Billiou" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.04.009" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391517v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain F. Plante" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-016-0246-0" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595612v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175892v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Baumann" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remusat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.02.017" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBPZMF04-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192513v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Menichetti" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Katterer" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-3114-4" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015942v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lefevre" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando E. Moyano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bardoux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.12402" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QNBCH7PB-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001351v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Cornu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Montagne" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Hubert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Barr&#233;" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Caner" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2012.09.005" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDLJTWV7-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01567158v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Burlot" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-011-9600-4" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/80C7C20A9B3CF116A714151C02D9611603BD39AC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588601v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hubert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Girardin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00576270v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. T. Christensen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-7-3839-2010" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00390413v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berger" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Velde" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00341616v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Catel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00341620v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montagnier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00176100v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fontaine" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bdioui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mary" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667862v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bdioui" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Mary" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature06275" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-NP2L9PVQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00160384v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00160016v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00321884v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Bidoui" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00396318v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Page" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426125v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Van Quynh" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149101v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05115398v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhoa Ihasusta" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taeken Wijmer" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Bitar" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ferrarini" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764471v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Tchodovie Kpemoua" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cardinael" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299712v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784945v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Baudin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04128379v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bacq-Labreuil" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calvaruso" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04209620v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Houballah" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le No&#233;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8046" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04500987v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; Panaewazou Isra&#235;l Kpemoua" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leclerc" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Pouteau" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04536971v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchodjowi&#232; P.I. Kpemoua" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981424v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04189483v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cr&#232;me" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vaudour" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C Richer-De-Forges" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981397v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981359v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-10442" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796636v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604649v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Macdonald" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01891095v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric L. Cecillon" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04608175v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Delarue" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Breuil" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baize" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04501209v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981305v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Savignac" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04604630v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607051v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cecchini" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608148v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03656792v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606364v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607974v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604909v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607213v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608687v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604925v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01409658v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Juarez" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Dontsova" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Le Galliard" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Llavata" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604673v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garnier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594995v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547525v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01620714v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lef&#232;vre" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent Tolstrup Christensen" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595553v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189715v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bent Christensen" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192405v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas K&#228;tterer" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00175037v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534024v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612125v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11107" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04488656v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6849" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04851827v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03451212v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981214v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796665v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03008083v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petitjean" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Reynaud" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Manneville" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595682v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wiedemeier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629851v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618999v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595580v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Maron" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S. Dequiedt" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Terrat" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741287v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617666v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadezda A. Vasilyeva" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Trumbore" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schrumpf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629850v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Guillou" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T. Christensen" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827926v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805652v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corn&#233;lia Rumpel" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616612v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Martinez" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615936v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615940v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inigo Virto" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Burlot" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616613v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616624v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190676v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806840v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Moyano" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192387v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126660v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-822941-5.00013-2" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>