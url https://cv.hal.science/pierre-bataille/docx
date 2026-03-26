--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -210,9031 +210,10226 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’espace social des précarités doctorales. Le cas des doctorant·es de l’Université Grenoble Alpes</w:t>
+                <w:t xml:space="preserve">Le genre de la durée des thèses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Manon Baheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Casse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Margot Déage</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Robin Casse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mercklé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 2 (252), pp.137-173. </w:t>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfas.252.0137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/15ts7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05228262v1</w:t>
+                <w:t xml:space="preserve">hal-05545078v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case for ecumenical use of network and geometric data analyses in mapping of cultural spaces: Illustration of contemporary French-speaking Swiss theatrical productions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Penser collectivement les inégalités de genre dans l’ESR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Archat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.poetic.2025.101999⟩</w:t>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15tsa⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05002084v1</w:t>
+                <w:t xml:space="preserve">hal-05545176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoga practice through the prism of the quest for excitement: Emotional renewal and transcending the physical realities of the body</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Case for ecumenical use of network and geometric data analyses in mapping of cultural spaces: Illustration of contemporary French-speaking Swiss theatrical productions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Casse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+                <w:t xml:space="preserve">Carole Christe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brice Lefevre</w:t>
+                <w:t xml:space="preserve">Mathias Rota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10126902251321723⟩</w:t>
+              <w:t xml:space="preserve">Poetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.poetic.2025.101999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973382v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. L’insaisissable relation formation-emploi : une lecture renouvelée à l’échelle des groupes professionnels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Yoga practice through the prism of the quest for excitement: Emotional renewal and transcending the physical realities of the body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidonie Naulin</w:t>
+                <w:t xml:space="preserve">Brice Lefevre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, La relation formation-emploi à l’aune des trajectoires professionnelles, 165, pp.7-17. </w:t>
+              <w:t xml:space="preserve">International Review for the Sociology of Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 61 (1), pp.23-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/formationemploi.12335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/10126902251321723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503623v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les doctorant·es ne sont pas à l’abri : les inégalités face à la précarité économique pendant la thèse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’espace social des précarités doctorales. Le cas des doctorant·es de l’Université Grenoble Alpes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Déage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Baheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Casse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mercklé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ange Mariage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Populations vulnérables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/128ri⟩</w:t>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (252), pp.137-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfas.252.0137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04686248v1</w:t>
+                <w:t xml:space="preserve">hal-05228262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Types’ of Popular Musicians: From Musical to Professional Styles: Some Epistemological Reflections Based on the Case of French-Speaking Swiss Musicians</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Pierre-Michel MENGER &amp; Pierre VERSCHUEREN (dir.), Le Monde des mathématiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultural Sociology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04549456v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De quoi « punk » est-il le nom ?</w:t>
+                <w:t xml:space="preserve">Introduction. L’insaisissable relation formation-emploi : une lecture renouvelée à l’échelle des groupes professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Borras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Naulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, La relation formation-emploi à l’aune des trajectoires professionnelles, 165, pp.7-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.12335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04701426v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion et réceptions-appropriations des normes corporelles sur internet. Le cas du yoga sur Instagram</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eléonore Affre-Garcia</w:t>
+                <w:t xml:space="preserve">Les doctorant·es ne sont pas à l’abri : les inégalités face à la précarité économique pendant la thèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mercklé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Baheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Rizzardi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+                <w:t xml:space="preserve">Ange Mariage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, N° 244 (2), pp.259-299. </w:t>
+              <w:t xml:space="preserve">Populations vulnérables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/res.244.0259⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/128ri⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609015v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Pierre-Michel MENGER &amp; Pierre VERSCHUEREN (dir.), Le Monde des mathématiques »</w:t>
+                <w:t xml:space="preserve">De quoi « punk » est-il le nom ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809072v1</w:t>
+                <w:t xml:space="preserve">hal-04701426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normalizar el comportamiento de los alumnos a través del yoga en Francia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+                <w:t xml:space="preserve">‘Types’ of Popular Musicians: From Musical to Professional Styles: Some Epistemological Reflections Based on the Case of French-Speaking Swiss Musicians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arxius de Sociologia (1997-1999)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cultural Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17499755241237014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933609v1</w:t>
+                <w:t xml:space="preserve">hal-04549456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'École contre l'école</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffusion et réceptions-appropriations des normes corporelles sur internet. Le cas du yoga sur Instagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Affre-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rizzardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La vie des idées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 244 (2), pp.259-299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/res.244.0259⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03963431v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En quête de contrôle de soi. Ressorts de l'engagement dans la pratique du yoga d'individus diplômés du « supérieur long »</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'École contre l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards Sociologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 61-62, pp.35-50</w:t>
+              <w:t xml:space="preserve">La vie des idées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04336476v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Injonctions à l’internationalisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Normalizar el comportamiento de los alumnos a través del yoga en Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simeng Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-logos</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arxius de Sociologia (1997-1999)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 45, pp.93-103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/socio-logos.6065⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03671025v1</w:t>
+                <w:t xml:space="preserve">hal-04933609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps sexué au prisme du genre. Nouvelles problématiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">En quête de contrôle de soi. Ressorts de l'engagement dans la pratique du yoga d'individus diplômés du « supérieur long »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SociologieS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Regards Sociologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 61-62, pp.35-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03586481v1</w:t>
+                <w:t xml:space="preserve">hal-04336476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La « voie royale » ? Note de recherche sur les dynamiques d’accès aux fractions supérieures de l’espace social français</w:t>
+                <w:t xml:space="preserve">Injonctions à l’internationalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Falcon</w:t>
+                <w:t xml:space="preserve">Lucile Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simeng Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/arss.245.0036⟩</w:t>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Quelle internationalisation ?, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/socio-logos.6065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03936883v1</w:t>
+                <w:t xml:space="preserve">hal-03671025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les musiciens dans tous leurs États : Chili, France, Suisse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+                <w:t xml:space="preserve">Le corps sexué au prisme du genre. Nouvelles problématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camila Moyano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 21, </w:t>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nrt.13057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sociologies.18381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836238v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’espace contemporain de la formation en sociologie en France: une cartographie à construire</w:t>
+                <w:t xml:space="preserve">La « voie royale » ? Note de recherche sur les dynamiques d’accès aux fractions supérieures de l’espace social français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Brasseur</w:t>
+                <w:t xml:space="preserve">Julie Falcon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-logos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Formation : sociologue, 15, </w:t>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 245, pp.36-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/socio-logos.5203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/arss.245.0036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03712358v1</w:t>
+                <w:t xml:space="preserve">hal-03936883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One For The Money&amp;quot;? The impact of the &amp;quot;disk crisis&amp;quot; on &amp;quot;ordinary musicians&amp;quot; income: The case of French speaking Switzerland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les musiciens dans tous leurs États : Chili, France, Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Moyano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.poetic.2021.101552⟩</w:t>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nrt.13057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180855v2</w:t>
+                <w:t xml:space="preserve">hal-03836238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Back to work!</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">One For The Money&amp;quot;? The impact of the &amp;quot;disk crisis&amp;quot; on &amp;quot;ordinary musicians&amp;quot; income: The case of French speaking Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Perrenoud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Poetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 86, pp.101552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.poetic.2021.101552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/volume.8963⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03210170v1</w:t>
+                <w:t xml:space="preserve">hal-03180855v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From atypical to paradigmatic? The relevance of the study of artistic work for the sociology of work</w:t>
+                <w:t xml:space="preserve">L’espace contemporain de la formation en sociologie en France: une cartographie à construire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clementina Casula</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+                <w:t xml:space="preserve">Pierre Brasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologia del Lavoro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 157, pp.59-83. </w:t>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Formation : sociologue, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3280/SL2020-157004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/socio-logos.5203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02956257v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03712358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artistic Work in Pandemic Times</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Back to work!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologia del Lavoro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 157, pp.55-58. </w:t>
+              <w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (1), pp.8-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3280/SL2020-157003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/volume.8963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02970870v1</w:t>
+                <w:t xml:space="preserve">hal-03210170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La notion d’élite au travail : une épistémologie par les marges</w:t>
+                <w:t xml:space="preserve">Rythmes et ancrages sociaux des carrières musicales &amp;quot;ordinaires&amp;quot; : Le cas de la Suisse romande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Victor Violier</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Casse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SociologieS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/sociologies.12781⟩</w:t>
+              <w:t xml:space="preserve">Recherches sociologiques et anthropologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50 (2), pp.75-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rsa.3691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02520257v1</w:t>
+                <w:t xml:space="preserve">hal-02818154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rythmes et ancrages sociaux des carrières musicales &amp;quot;ordinaires&amp;quot; : Le cas de la Suisse romande</w:t>
+                <w:t xml:space="preserve">La notion d’élite au travail : une épistémologie par les marges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Louey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Violier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches sociologiques et anthropologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 50 (2), pp.75-99. </w:t>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Les élites par leurs marges : (im)perméabilité et performativité des frontières sociales, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rsa.3691⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sociologies.12781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02818154v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce « qu'être postdoc » veut dire. Cheminements postdoctoraux en Suisse, circa 2010</w:t>
+                <w:t xml:space="preserve">From atypical to paradigmatic? The relevance of the study of artistic work for the sociology of work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Sautier</w:t>
+                <w:t xml:space="preserve">Sonia Bertolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clementina Casula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophia Scientiae</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociologia del Lavoro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 157, pp.59-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3280/SL2020-157004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02360937v2</w:t>
+                <w:t xml:space="preserve">hal-02956257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réformes de l’enseignement comme révélateur et amplificateur des fractures enseignantes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Artistic Work in Pandemic Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Bertolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clementina Casula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociologia del Lavoro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 157, pp.55-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3280/SL2020-157003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/es.043.0005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02371874v1</w:t>
+                <w:t xml:space="preserve">hal-02970870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les réseaux, c’était pas Normale Sup’ ! »</w:t>
+                <w:t xml:space="preserve">Ce « qu'être postdoc » veut dire. Cheminements postdoctoraux en Suisse, circa 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Philosophia Scientiae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23, pp.35 - 66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/zil.006.0116⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02341482v1</w:t>
+                <w:t xml:space="preserve">hal-02360937v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échantillonner des populations rares. Une expérimentation du Respondent Driven Sampling en milieu musical</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les réformes de l’enseignement comme révélateur et amplificateur des fractures enseignantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farinaz Fassa-Recrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karen Brandle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/socio.092.0197⟩</w:t>
+              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n°43 (1), pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/es.043.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861232v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment être musicien ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Les réseaux, c’était pas Normale Sup’ ! »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SociologieS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Zilsel : science, technique, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.116-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/zil.006.0116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929239v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equalization or Reproduction? Long-Term Trends in the Intergenerational Transmission of Advantages in Higher Education in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Se dire normalien.ne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Sociological Review</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861226v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se dire normalien.ne</w:t>
+                <w:t xml:space="preserve">Échantillonner des populations rares. Une expérimentation du Respondent Driven Sampling en milieu musical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Brandle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SociologieS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), pp.197-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/socio.092.0197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929217v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should I stay or should I go? The effects of precariousness on the gendered career aspirations of postdocs in Switzerland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment être musicien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sabine Kradolfer Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Educationnal Research Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1474904116673372⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01861236v1</w:t>
+                <w:t xml:space="preserve">hal-01929239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des carrières ratées ? Sociogenèses et appropriations d'une bifurcation : le cas des anciens élèves des ENS enseignant dans le secondaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Equalization or Reproduction? Long-Term Trends in the Intergenerational Transmission of Advantages in Higher Education in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Falcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Sociological Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (4), pp.335-347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/esr/jcy015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01861134v1</w:t>
+                <w:t xml:space="preserve">hal-01861226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artist, Craftsman, Teacher: “being a musician” in France and Switzerland</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Être musicien.ne interprète en Suisse romande. Modalités du rapport au travail et à l’emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Popular Music and Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Swiss Journal of Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43 (2), pp.309--334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/sjs-2017-0017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/03007766.2017.1348666⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01861237v1</w:t>
+                <w:t xml:space="preserve">hal-01861235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être musicien.ne interprète en Suisse romande. Modalités du rapport au travail et à l’emploi</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des carrières ratées ? Sociogenèses et appropriations d'une bifurcation : le cas des anciens élèves des ENS enseignant dans le secondaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Swiss Journal of Sociology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/sjs-2017-0017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01861235v1</w:t>
+                <w:t xml:space="preserve">halshs-01861134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégrer une Ecole normale supérieure... et après?</w:t>
+                <w:t xml:space="preserve">Should I stay or should I go? The effects of precariousness on the gendered career aspirations of postdocs in Switzerland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicky Le Feuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Kradolfer Morales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Educationnal Research Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (2-3), pp.313--331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1474904116673372⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01861242v1</w:t>
+                <w:t xml:space="preserve">hal-01861236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mythe et réalités sociales du &amp;quot;dévoiement&amp;quot; des normaliens.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Artist, Craftsman, Teacher: “being a musician” in France and Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Popular Music and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Popular Music and Labor, 40 (5), pp.592--604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03007766.2017.1348666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861245v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La visibilité du genre dans des revues de sociologie du travail</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intégrer une Ecole normale supérieure... et après?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Morend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Genre</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 129, pp.65-86</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861246v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Grousset-Charrière, La face cachée de Harvard. La socialisation de l'élite dans les sociétés secrètes étudiantes</w:t>
+                <w:t xml:space="preserve">Mythe et réalités sociales du &amp;quot;dévoiement&amp;quot; des normaliens.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, L'emploi public : nouveau système de règles, nouvelles stratégies d'acteurs, 121, pp.107-126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861249v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Bernard, La méritocratie française. Les élites françaises, Tome 1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La visibilité du genre dans des revues de sociologie du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicky Le Feuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Morend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Rétrospectives, 54, pp.121-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdge.054.0121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861252v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les paradoxes de la mixité. Les conséquences de l'introduction de la mixité aux concours d'entrée des Écoles normales supérieures de Saint-Cloud, Fontenay-aux-Roses et Lyon</w:t>
+                <w:t xml:space="preserve">Stéphanie Grousset-Charrière, La face cachée de Harvard. La socialisation de l'élite dans les sociétés secrètes étudiantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861250v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Louvel, Des Patrons aux Managers. Les laboratoires de la recherche publique depuis les années 1970</w:t>
+                <w:t xml:space="preserve">Les paradoxes de la mixité. Les conséquences de l'introduction de la mixité aux concours d'entrée des Écoles normales supérieures de Saint-Cloud, Fontenay-aux-Roses et Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83, pp.5--32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.083.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861251v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Court, Corps de filles, corps de garçons: une construction sociale</w:t>
+                <w:t xml:space="preserve">Maurice Bernard, La méritocratie française. Les élites françaises, Tome 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010</w:t>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861254v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Duru-Bellat, Brigitte Marin, La mixité scolaire, une thématique (encore) d'actualité?</w:t>
+                <w:t xml:space="preserve">Séverine Louvel, Des Patrons aux Managers. Les laboratoires de la recherche publique depuis les années 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010</w:t>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861253v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Baudelot, Roger Establet, L'élitisme républicain. L'école française à l'épreuve des comparaisons internationales</w:t>
+                <w:t xml:space="preserve">Martine Court, Corps de filles, corps de garçons: une construction sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009</w:t>
+              <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861256v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helena Hirita, Maria Rosa Lombardi, Margaret Maruani, Travail et genre. Regards croisés France-Europe-Amérique latine</w:t>
+                <w:t xml:space="preserve">Marie Duru-Bellat, Brigitte Marin, La mixité scolaire, une thématique (encore) d'actualité?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Baudelot, Roger Establet, L'élitisme républicain. L'école française à l'épreuve des comparaisons internationales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Hirita, Maria Rosa Lombardi, Margaret Maruani, Travail et genre. Regards croisés France-Europe-Amérique latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléments de socio-histoire du champ académique français après 1968 au prisme de l’accès des normalien·nes au doctorat et à la carrière universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Verschueren. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La thèse et le doctorat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Franche-Comté; Éditions de la Sorbonne, pp.203-228, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/145mn⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When Employment Status Shapes Professionalism. The Case of the Academic Labour Market in Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicky Le Feuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lara Maestripieri; Andrea Bellini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Professionalism and Social Change. Processes of Differentiation Within, Between and Beyond Professions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palgrave Macmillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.39-58, 2023, 9783031312779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-31278-6_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mixed Method Approaches for Data Collection in Hard-to-reach Populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Elcheroth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dario Spini; Eric Widmer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Withstanding Vulnerability throughout Adult Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Nature Singapore, pp.337-357, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-19-4567-0_21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Academic Career, Mobility and the National Gender Regimes in Switzerland and Finland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terhi Nokkala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taru Siekkinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaële Goastellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Leasa Weimer; Terhi Nokkala. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Universities as Political Institutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.262-286, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004422582_012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539311v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les musiciennes de « musiques actuelles » en Suisse romande. Entre confinement et stratégies de maintien dans l’espace professionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sexe et genre des mondes culturels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Éditions, pp.115-129, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.enseditions.15387⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02520140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visual Artists’ Professional Situations and Trajectories. Between Institutions and the Market</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Hedinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Moeschler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Glauser; P. Holder; T. Mazzurana; O. Moeschler; V. Rolle; F. Schultheis. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Sociology of Arts and Markets - New Developments and Persistent Patterns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.97-128, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-39013-6_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02874574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partir un jour, sans retour ? Injonctions et pratiques de la mobilité internationale dans l’espace académique suisse contemporain – le cas des postdocs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Future of Work</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.247-276, 2020, 9783037772447</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03270682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probationary or Second-Class Citizens? Postdoctoral Experiences in the Swiss Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicky Le Feuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sevil Sümer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gendered Academic Citizenship: Experiences and Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.65-101, 2020, 9783030525996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-52600-9_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02956048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S'exporter en musique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise de Brabandère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musicien.ne: Quelques réalités du métier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-40, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les paradoxes de la mixité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hérilalaïna Rakoto-Raharimanana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filles/Garçons : Questions de Genre, de La Formation à l’enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La musique de SMart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise de Brabandère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musicien.ne: Quelques réalités du métier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-40, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The gendered diversification of academic career paths in comparative perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicky Le Feuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Kradolfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria del Rio Carral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sautier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gender and precarious research careers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.50 - 80, 2019, 9781138708068</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03616620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vies musiciennes: Portrait des musicien.ne.s ordinaires en Suisse romande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Riom, Loïc and Perrenoud, Marc. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La musique en Suisse sous le regard des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Université de Genève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101--126, 2018, Sociograph, 978-2-940386-44-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le genre rattrape l’excellence. Une comparaison des parcours de formation et d’insertion des normaliens et normaliennes (1981-1987)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Buisson-Fenet, Hélène. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">École des filles, école des femmes. L'institution scolaire face aux parcours, normes et rôles professionnels sexués</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Boeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.73--88, 2017, Perspectives en éducation et formation, 9782807305670</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qualitative report on leaky pipeline - University of Lausanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fusulier, Bernard and Dubois-Shaik, Farah. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deliverable D6.2, Qualitative report on Leaky Pipeline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.190--221, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organizational practices, Qualitative and quantitative report - University of Lausanne, Switzerland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farinaz Fassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Del Río Carral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cukut Krilić, Sanja and Petrović, Tanja and Knežević Hočevar, Duška and Černič Istenič, Majda. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deliverable D4.4, Organizational practices, Qualitative and quantitative report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.168--199, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gender budgeting - University of Lausanne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaële Goastellec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Steinthorsdottir, F. and Heijstra, T.-M. and Einarsdottir, T. and Petursdottir, G.-M. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deliverable D5.2, Report on gender biases in management methods and decision-making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.168--199, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les paradoxes de la mixité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hérilalaïna Rakoto-Raharimanana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Morin-Messabel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filles/Garçons : Questions de Genre, de La Formation à l’enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Lyon, pp.143-163, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04145765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scientifiques de mère en fille ? Mixité, héritages sexués et pratiques éducatives familiales : le cas des normalien.ne.s de Saint-Cloud, Fontenay-aux-roses et Lyon (1984-1987)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Benninghoff, Martin and Fassa, Farinaz and Goastellec, Gaele and Leresche, Jean-Pierre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inégalités sociales et enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck, pp.131--150, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au delà du plafond de verre. Des inégalités de genre dans l’Enseignement Supérieur et la Recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Archat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Delpierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 22, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15tsc⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La relation formation-emploi à l’aune des trajectoires professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Borras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Naulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 165, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.12261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle internationalisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simeng Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 17, 2022, Quelle internationalisation ?, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/socio-logos.5589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03674024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renforcer, convertir, transformer les corporéités genrées. L’incidence des socialisations secondaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03738227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formation : sociologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio-logos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/socio-logos.4779⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03300022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La musique comme travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 18 (1), 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/volume.8946⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élites par leurs marges : (im)perméabilité et performativité des frontières sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Louey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Violier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sociologies.16788⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les professions éducatives à l’heure des réformes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farinaz Fassa-Recrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1 (43), 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La thèse et le doctorat. Socio-histoire d’un grade universitaire (XIXe-XXIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Verschueren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Aoustet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Desvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lachenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Franche-Comté; Éditions de la Sorbonne, 2025, 978-2-38549-160-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/145mr⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivre de la musique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antipodes, 2019, 978-2-88901-162-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03782684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The end of privilege? An analysis of the class pay gap in France over a quarter of a century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Falcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECSR 2019 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Lausanne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04462080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PrecDoc : une enquête « mixte » sur les conditions de vie et de travail des doctorant·es de l’UGA.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">D’utilité sociologique : diffuser et faire vivre la sociologie au-delà de l’Université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Clainche - Piel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Touzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Lemieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Déage</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demi-Journée d’Hiver du LaRAC 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LaRAC, Jan 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Environnement et inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04918099v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voie royale?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Falcon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire GE2 - 2025-2026</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05293263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un précédent critiqué, la fusion des ENS de Saint-Cloud et Fontenay-aux-Roses</w:t>
+                <w:t xml:space="preserve">PrecDoc : une enquête « mixte » sur les conditions de vie et de travail des doctorant·es de l’UGA.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Déage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études sur la fusion des ENS de Sèvres et d'Ulm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Demi-Journée d’Hiver du LaRAC 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LaRAC, Jan 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267705v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échantillonner des populations rares ou cachées. Les potentialités de l'échantillonnage par réseaux</w:t>
+                <w:t xml:space="preserve">Un précédent critiqué, la fusion des ENS de Saint-Cloud et Fontenay-aux-Roses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tuto MATE-SHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d'études sur la fusion des ENS de Sèvres et d'Ulm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990831v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’utilité sociologique : diffuser et faire vivre la sociologie au-delà de l’Université</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Échantillonner des populations rares ou cachées. Les potentialités de l'échantillonnage par réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environnement et inégalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Tuto MATE-SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05166444v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conditions d'émergence d’une géologie fondamentale au Tibet. Éléments de socio-histoire des collaborations franco-chinoises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Olivier Garcia</w:t>
+                <w:t xml:space="preserve">« Superación personal » y moral ascética entre los practicantes de yoga en Francia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire équipe Environnements (Pacte)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">#SociologíaParaLaSociedadDigital, XV Congreso Español de Sociología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Federación Española de Sociología, Jun 2024, Sevilla, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779001v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mettre les petits nombres dans les grands : l'ajout d'individus supplémentaires dans les analyses factorielles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les conditions d'émergence d’une géologie fondamentale au Tibet. Éléments de socio-histoire des collaborations franco-chinoises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Vendredis Quanti</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PACTE, 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Séminaire équipe Environnements (Pacte)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05166858v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Superación personal » y moral ascética entre los practicantes de yoga en Francia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mettre les petits nombres dans les grands : l'ajout d'individus supplémentaires dans les analyses factorielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">#SociologíaParaLaSociedadDigital, XV Congreso Español de Sociología</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Federación Española de Sociología, Jun 2024, Sevilla, España</w:t>
+              <w:t xml:space="preserve">Les Vendredis Quanti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PACTE, 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627215v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05166858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En quête de soi : Ressorts de l’engagement dans la pratique «corps et âme» du yoga d’individus diplômés du «supérieur long»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Laboratoire interdisciplinaire en études culturelles - LinCS - UMR 7069 (2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sébastien Stumpp, Dec 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From musical genre to professional style</w:t>
+                <w:t xml:space="preserve">How musicians differ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise de Brabandère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bourdieu, Work and Inequalities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Starting Over? Popular Music and Working in Music in a Post-Pandemic World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IASPM Canada / Working in Music, May 2022, London, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03860870v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers éléments d'enquête sur les professeur.es de yoga en France formé.es en Inde</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From musical genre to professional style</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Desigualdades, Fronteras y Resiliencia. Sociología para crisis globales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, XIV Congreso Español de Sociología y el Departamento de Sociología de la Universidad de Murcia., Jun 2022, Murcia, Espagne</w:t>
+              <w:t xml:space="preserve">Bourdieu, Work and Inequalities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03730371v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03860870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociodemografía del yoga en Francia. Primeros elementos de análisis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Premiers éléments d'enquête sur les professeur.es de yoga en France formé.es en Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garcia Marie-Carmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Voix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fraysse Mélie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lefèvre Brice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV Congreso español de Sociología : Desigualdades, fronteras y resiliencia. Sociología para crisis globales” 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Federación Española de Sociología y el Departamento de Sociología de la Universidad de Murcia., Jun 2022, Murcia, España</w:t>
+              <w:t xml:space="preserve">Desigualdades, Fronteras y Resiliencia. Sociología para crisis globales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XIV Congreso Español de Sociología y el Departamento de Sociología de la Universidad de Murcia., Jun 2022, Murcia, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03730404v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03730371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How musicians differ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sociodemografía del yoga en Francia. Primeros elementos de análisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garcia Marie-Carmen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louise de Brabandère</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lefèvre Brice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Starting Over? Popular Music and Working in Music in a Post-Pandemic World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IASPM Canada / Working in Music, May 2022, London, Canada</w:t>
+              <w:t xml:space="preserve">XIV Congreso español de Sociología : Desigualdades, fronteras y resiliencia. Sociología para crisis globales” 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Federación Española de Sociología y el Departamento de Sociología de la Universidad de Murcia., Jun 2022, Murcia, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680679v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03730404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoga et micropolitique du genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIe congrès de l'AISLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AISLF, Jul 2021, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03347538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">We didn't be there for networking'. How French elite schools alumnis activate their relational ressources?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Sunbelt 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02901333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What happened to the queens ? Normaliens' career styles at the end of the XXe century in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changing Elites in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Londres (LSE), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623896v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The end of privilege? An analysis of the class pay gap in France over a quarter of a century</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">The Highway to succes? Dynamics of Access to the Upper Fractions of the French Social Space (1918-1972)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Falcon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...263 lines deleted...]
-                <w:t xml:space="preserve">hal-05128024v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Employment Status Shapes Professionalism. The Case of the Academic Labour Market in Switzerland</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Normalizar el comportamiento de los alumnos a través del yoga en Francia. Primeros elementos de investigación</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-04113916v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04020047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed Method Approaches for Data Collection in Hard-to-reach Populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Circulation space(s) of the French-speaking Switzerland living arts productions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Casse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Christe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-03939499v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03752833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les musiciennes de « musiques actuelles » en Suisse romande. Entre confinement et stratégies de maintien dans l’espace professionnel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Perrenoud</w:t>
+                <w:t xml:space="preserve">Normaliser les comportements des élèves par le yoga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-02520140v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Academic Career, Mobility and the National Gender Regimes in Switzerland and Finland</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Musical work and its tempi. Some thoughts from the Belgian case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...526 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise de Brabandère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...791 lines deleted...]
-                <w:t xml:space="preserve">hal-01861248v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixité = égalité? La fusion des ENS de Fontenay-aux-Roses et Saint-Cloud et ses conséquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production, reproduction, voie royale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35562/diversite.3743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment vivre de la musique à l’heure de la crise du disque ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Perrenoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMart, études et analyses d'éducation permanente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Blanchard, Les Écoles supérieures de commerce. Sociohistoire d’une entreprise éducative en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/lectures.20076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel goût pour les sciences? Une question d'interprétation et de méthode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12682/lives.2296-1658.2013.20.4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01861244v1</w:t>
-              </w:r>
-[...470 lines deleted...]
-                <w:t xml:space="preserve">hal-02106040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conditions de vie et de travail en doctorat à l’Université Grenoble Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Baheu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Borras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Baheu</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Robin Casse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Grenoble - Alpes. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05466831v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de genre de la globalisation du KYM Yoga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Carmen Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Voix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maison des Sciences de l'Homme, Lyon Saint-Etienne. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04334721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les doctorant·es de l'Université Grenoble Alpes face à la précarité financière Première partie de l'étude (décembre 2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Mariage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mercklé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Grenoble Alpes. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03905313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">État des lieux socio-économique de la filière des musiques actuelles en Wallonie et à Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bujiriri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise de Brabandère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bingen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] METICES. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03579988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart au miroir de ses membres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise de Brabandère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Smart. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03396086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9244,114 +10439,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des cheminements sur la voie royale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bataille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de Lausanne, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02924890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId207"/>
+      <w:footerReference w:type="default" r:id="rId236"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9419,51 +10614,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="69B5406D"/>
+    <w:nsid w:val="07678002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9650,51 +10845,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-bataille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4055-2171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242296963" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.univ-grenoble-alpes.fr/f/489117721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228262v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bataille" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot D&#233;age" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Baheu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Casse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merckl&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.252.0137" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002084v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perrenoud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Christe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rota" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poetic.2025.101999" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Fraysse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Garcia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lefevre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10126902251321723" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503623v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Borras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Naulin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.12335" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686248v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Mariage" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/128ri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549456v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17499755241237014" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701426v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609015v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Affre-Garcia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rizzardi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.244.0259" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809072v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933609v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963431v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336476v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671025v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Wang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6065" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586481v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.18381" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936883v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Falcon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.245.0036" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836238v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Moyano" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.13057" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03712358v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brasseur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.5203" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180855v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poetic.2021.101552" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.8963" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956257v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bertolini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Casula" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SL2020-157004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970870v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SL2020-157003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520257v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Violier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.12781" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818154v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.3691" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360937v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sautier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371874v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farinaz Fassa-Recrosio" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.043.0005" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341482v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.006.0116" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861232v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Brandle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.092.0197" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929239v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861226v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/esr/jcy015" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929217v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861236v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky Le Feuvre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kradolfer Morales" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1474904116673372" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01861134v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861237v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03007766.2017.1348666" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861235v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sjs-2017-0017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861242v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861245v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861246v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Morend" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.054.0121" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861249v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861252v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861250v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.083.0005" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861251v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861254v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861253v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861256v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861255v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918099v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293263v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267705v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990831v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166444v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Clainche - Piel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Touzet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lemieux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779001v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166858v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627215v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338474v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730371v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garcia Marie-Carmen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Voix" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraysse M&#233;lie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730404v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lef&#232;vre Brice" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680679v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de Braband&#232;re" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347538v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901333v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02623896v2" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462080v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782684v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128024v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/145mn" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04113916v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783031312779" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31278-6_2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939499v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Elcheroth" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-4567-0_21" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520140v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chapuis" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.15387" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539311v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terhi Nokkala" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taru Siekkinen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Goastellec" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004422582_012" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874574v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Hedinger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moeschler" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39013-6_5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270682v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956048v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52600-9_3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03616620v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kradolfer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Rio Carral" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090499v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090527v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;rilala&#239;na Rakoto-Raharimanana" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090509v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861228v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unige.ch/sciences-societe/socio/fr/publications/dernierespublications/sociograph-35-sociological-research-studies/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861233v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807305670-ecole-des-filles-ecole-des-femmes" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861239v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861240v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farinaz Fassa" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Del R&#237;o Carral" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861241v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145765v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861248v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407262v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097138v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.3743" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090540v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090555v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.20076" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861244v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12682/lives.2296-1658.2013.20.4" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289001v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04020047v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752833v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154443v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106040v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466831v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bosse" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04334721v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905313v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579988v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bujiriri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bingen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396086v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02924890v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-bataille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4055-2171" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242296963" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.univ-grenoble-alpes.fr/f/489117721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545078v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bataille" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Baheu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Casse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot D&#233;age" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merckl&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ts7" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545176v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Archat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guittet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15tsa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002084v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perrenoud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Christe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rota" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poetic.2025.101999" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973382v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Fraysse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Garcia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lefevre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10126902251321723" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228262v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.252.0137" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809072v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503623v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Borras" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Naulin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.12335" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686248v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Mariage" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/128ri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701426v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549456v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17499755241237014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609015v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Affre-Garcia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rizzardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.244.0259" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963431v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933609v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336476v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lef&#232;vre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671025v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6065" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586481v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.18381" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936883v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Falcon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.245.0036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836238v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Moyano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.13057" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180855v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poetic.2021.101552" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03712358v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brasseur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.5203" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210170v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.8963" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818154v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.3691" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520257v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Violier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.12781" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956257v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bertolini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Casula" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SL2020-157004" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970870v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SL2020-157003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360937v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sautier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371874v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farinaz Fassa-Recrosio" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.043.0005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341482v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/zil.006.0116" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929217v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861232v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Brandle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.092.0197" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929239v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861226v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/esr/jcy015" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861235v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sjs-2017-0017" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01861134v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861236v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky Le Feuvre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kradolfer Morales" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1474904116673372" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861237v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03007766.2017.1348666" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861242v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861245v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861246v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Morend" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.054.0121" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861249v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861250v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.083.0005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861252v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861251v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861254v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861253v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861256v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861255v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128024v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/145mn" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04113916v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783031312779" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31278-6_2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939499v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Elcheroth" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-4567-0_21" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539311v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terhi Nokkala" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taru Siekkinen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;le Goastellec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004422582_012" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520140v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chapuis" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.15387" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874574v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Hedinger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moeschler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-39013-6_5" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270682v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956048v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-52600-9_3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090509v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de Braband&#232;re" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090527v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;rilala&#239;na Rakoto-Raharimanana" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090499v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03616620v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kradolfer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Rio Carral" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861228v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unige.ch/sciences-societe/socio/fr/publications/dernierespublications/sociograph-35-sociological-research-studies/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861233v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807305670-ecole-des-filles-ecole-des-femmes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861239v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861240v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farinaz Fassa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Del R&#237;o Carral" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861241v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145765v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861248v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548621v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bernard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dain" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Delpierre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15tsc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984590v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.12261" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674024v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.5589" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03738227v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03300022v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.4779" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090437v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.8946" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090471v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.16788" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090480v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283089v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Verschueren" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Aoustet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Desvignes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lachenal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/145mr" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782684v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462080v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166444v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Clainche - Piel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Touzet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lemieux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293263v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918099v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267705v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990831v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627215v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779001v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Garcia" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166858v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338474v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680679v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860870v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730371v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garcia Marie-Carmen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Voix" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fraysse M&#233;lie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03730404v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lef&#232;vre Brice" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347538v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901333v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02623896v2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289001v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04020047v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752833v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154443v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106040v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407262v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097138v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/diversite.3743" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090540v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090555v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.20076" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861244v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12682/lives.2296-1658.2013.20.4" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466831v2" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bosse" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04334721v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03905313v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579988v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bujiriri" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bingen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396086v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02924890v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>