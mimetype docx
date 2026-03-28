--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -100,6114 +100,6114 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le profond changement de paradigme des commissaires aux comptes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Option Droit &amp; Affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RSE : vers la fin du droit commercial ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 04, pp.791</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04411672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le contrôle de l'image fidèle donnée par l'information en matière de durabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10, pp.568</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04237703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RSE : la responsabilité est aussi juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue agridées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité civile de l'organisateur de manifestations sportives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, HS, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03184285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilan de trois ans en tant que directeur de l’EFB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le monde du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la formation judiciaire des avocats : un copilotage par la Justice et l’Enseignement supérieur est requis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Option Droit &amp; Affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La justice du XXIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal du village de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°90, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le métier d’avocat se transforme en profondeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le marketing et la profession d'avocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz avocats : exercer et entreprendre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.463</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02982664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interprofessionnalité : le moment est venu de construire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solution Notaire Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un &amp;quot;protective order&amp;quot; à la française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Echos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pluriprofessionnalité : scellement des fondations d'un édifice à construire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz avocats : exercer et entreprendre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.635</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02452767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'incidence du développement de la concurrence sur la formation de l'avocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz avocats : exercer et entreprendre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 02, pp.72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02452746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’incidence du développement de la concurrence sur la formation de l’avocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz avocats : exercer et entreprendre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le commerce, chantier (oublié) de la justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Roussel Galle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delebecque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°87, pp.2-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit souple ou droit dur, un (non) choix lourd de conséquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.644</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02240787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’EFB et la transformation numérique de la profession d’avocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pratique de la prospective et de l’innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°1, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intelligence juridique : un atout stratégique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Echos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchain et preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solution Notaire Hebdo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°21, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour la grande (inter-)profession du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affiches parisiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°81, pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economie, numérique et territoire : les nouvelles stratégies de l’avocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal du village de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cession des droits sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 01, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02240256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle protection pour les informations économiques secrètes de l'entreprise ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCom. Revue trimestrielle de droit commercial et de droit économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 02, pp.263</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02258062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'affectation au coeur du patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDCiv. Revue trimestrielle de droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 04, pp.635</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02248869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle de l’image fidèle donnée par l’information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RSE : vers la fin du droit commercial ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...1638 lines deleted...]
-                <w:t xml:space="preserve">halshs-02248869v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propriété des données personnelles : oui, et alors ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RSE : vers un excès de réglementation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choc inflationniste, comment mieux protéger les entreprises ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres de l’arbitrage et du contentieux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04120755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entreprise et durabilité : réussir la transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Challenges de la durabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligence artificielle et justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quelle régulation pour l’intelligence artificielle ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Émirats arabes unis, Émirats arabes unis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Égalité et la Diversité, éléments essentiels des politiques de rémunération des entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ateliers RSE de la CNCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit et durabilité : où va l’entreprise ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Class durabilité EcoLearn</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04120758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La décarbonation : atout ou contrainte pour l’économie française ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lesueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bonnifet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ateliers RSE de la CNCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il supprimer le code de commerce ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès national des tribunaux de commerce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évolution du besoin de confiance exprimé par le marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assises des commissaires aux comptes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La RSE, une démarche pour toutes les entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ateliers RSE de la CNCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La CNIL : stratégie de l’institution et positionnement en Europe et dans le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clôture du cycle de formation EFB/Cercle Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les outils contractuels pour faire face à la crise sanitaire et économique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence de présentation de la plateforme des tiers conciliateurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plans de prévention de la corruption : comment les faire vivre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clôture du cycle de formation EFB/Cercle Montesquieu/AFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de la concurrence à l’ère du numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clôture du cycle de formation EFB/Cercle Montesquieu/Autorité de la concurrence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le règlement des litiges en période de covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde virtuelle EFB/Cercle Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Webconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux juridiques de l’économie du partage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uber et Airbnb : quel futur pour les plateformes collaboratives ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit au service de l’intérêt général : l’entreprise et le Juriste acteur de la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Panoussis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rome</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dondero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grenelle 3 du droit: L’avenir de la filière juridique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française des juristes d'entreprise (AFJE), Nov 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les entreprises françaises et les juridictions étrangères : comment se sécuriser ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Campus avocats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénalisation des affaires et justice négociée. Quels impacts économiques ? Quels enjeux pour les entreprises et leurs dirigeants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Business &amp; Legal forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Professionnels du droit et transition digitale, les nouvelles compétences à acquérir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Club LexisNexis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à l’écoute des start-up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de l’association française des docteurs en droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modes de résolution des conflits : quel rôle pour la justice prédictive ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence inaugurale du centre innovation et droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révolution numérique et le monde du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrochoc numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Luxembourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence artificielle et justice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quelle régulation pour l’intelligence artificielle ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Émirats arabes unis, Émirats arabes unis</w:t>
+              <w:t xml:space="preserve">Quelle régulation pour la blockchain ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchain et métiers du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences sur la blockchain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formation professionnelle et développement des cabinets : nouveaux outils, nouveaux contenus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Campus Berlin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Berlin, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rapport Gauvain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discussion sur les conclusions du rapport avec le député Raphaël Gauvain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi applicable à la blockchain et smart contracts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mise en œuvre de la blockchain et enjeux juridiques – regards croisés franco-américains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2020, Webconférence, France</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit au service de l’intérêt général : l’entreprise et le juriste acteur de la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grenelle du droit 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La justice prédictive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rentrée du barreau de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La blockchain et le droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assemblée annuelle de l’association parisienne des officiers ministériels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le développement des nouvelles technologies appelle-t-il de nouvelles règles de droit ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence annuelle de l’IFCLA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Legaltech – nouvelles relations avocats/clients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire international ACE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Barcelone, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désir de droit : la filière juridique, vecteur d’avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grenelle du droit 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Dijon, France</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit et la blockchain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres de l’association nationale des directeurs des systèmes informatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les huissiers de justice et la blockchain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Université d’été de l’Union nationale des huissiers de justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blockchain et preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blockdays, Ledgerdays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’intelligence artificielle peut-elle prédire une décision de justice ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’intelligence artificielle et le droit – regards croisés franco-américains, France-Amériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S’augmenter par la mobilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grenelle du droit 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel droit pour la blockchain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blockchain et droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Legaltech : pire ou meilleur des mondes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Campus avocats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’innovation vecteur de disruption de l’enseignement du droit ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salon du livre juridique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etat des lieux de la révolution numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice big bang numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Bruxelles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fiducie-gestion en droit international privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La fiducie-gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel cadre juridique pour les données personnelles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rapport de synthèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La transposition de la directive secret des affaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Campus avocats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’obligation de déclaration des bénéficiaires effectifs des sociétés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Campus avocats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défis et perspectives du journalisme juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée annuelle du cercle des journalistes juridiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecoles des professionnels du droit : aller vers la pluri-disciplinarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Village de la legaltech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La révolution numérique et le monde du droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochoc numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Luxembourg, France</w:t>
+              <w:t xml:space="preserve">Electrochoc numérique, EFB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel(s) ordre(s) pour demain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assemblée générale annuelle de la conférence des bâtonniers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...95 lines deleted...]
-              <w:t xml:space="preserve">, Association française des juristes d'entreprise (AFJE), Nov 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligence artificielle : entre mythes et réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IA event, Microsoft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les entreprises françaises et les juridictions étrangères : comment se sécuriser ?</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel rôle pour les pouvoirs publics en matière de blockchain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La blockchain : quel impact sur le monde du droit ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres de l'arbitrage et du contentieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le numérique et la profession d'avocat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Électrochoc numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Genève, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rupture brutale des relations commerciales établies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Berlioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Campus avocats</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel droit pour la blockchain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La blockchain et la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04120835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment réussir la transition digitale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jinov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...2414 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04120837v1</w:t>
-              </w:r>
-[...278 lines deleted...]
-                <w:t xml:space="preserve">hal-04120958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7059,51 +7059,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237703v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berlioz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04411672v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120647v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120554v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03184285v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120648v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120649v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120598v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120650v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02982664v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452767v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120651v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120652v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120608v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452746v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240787v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134887v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussel Galle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delebecque" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120654v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120653v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120655v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120624v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120616v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02258062v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02248869v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120755v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120758v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120757v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120756v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rome" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie B&#233;raud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120760v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lesueur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bonnifet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120763v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120762v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120761v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120766v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120768v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120764v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120767v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120765v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120775v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120771v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120782v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529814v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Panoussis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dondero" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Lenoir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120774v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120772v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120777v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120779v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120780v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120781v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120776v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120773v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120770v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120787v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120789v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120796v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120800v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120798v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120786v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120797v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120795v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120783v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120799v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120804v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120794v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120790v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120785v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120801v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120778v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120793v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120792v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120791v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120833v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120784v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120803v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120802v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120836v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120839v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120834v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120838v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120835v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120837v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120959v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120957v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120961v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120958v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631769v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120940v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120939v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120942v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120941v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120943v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120944v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120945v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120946v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Berlioz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04411672v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04237703v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120554v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03184285v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120648v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120649v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120598v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120650v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02982664v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120651v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120652v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452767v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452746v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120608v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134887v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussel Galle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delebecque" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240787v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120654v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120653v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120655v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120624v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120616v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02258062v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02248869v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120959v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120957v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120961v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120958v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120755v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120757v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120759v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120756v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rome" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie B&#233;raud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120758v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120760v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lesueur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bonnifet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120762v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120761v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120763v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120768v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120764v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120769v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120767v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120766v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120765v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529814v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Panoussis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dondero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Lenoir" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120774v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120772v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120777v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120782v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120775v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120771v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120779v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120780v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120781v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120773v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120776v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120770v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120800v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120798v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120797v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120795v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120786v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120783v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120799v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120796v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120789v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120787v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120804v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120794v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120790v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120785v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120801v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120778v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120792v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120793v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120791v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120784v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120803v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120833v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120802v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120836v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120839v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120834v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120838v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120835v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04120837v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631769v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120940v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120939v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120942v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120941v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120943v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120944v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120945v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04120946v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>