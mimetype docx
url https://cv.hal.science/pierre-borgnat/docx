--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1005,287 +1005,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04124796v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning-Based Extreme Heatwave Forecast</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francesco Ragone</w:t>
+                <w:t xml:space="preserve">The Contours of a Cliophysics. How Can Econophysics Enrich Cliometrics? Case Studies in Debt Issues and Global Capital Markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bastidon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Freddy Bouchet</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fclim.2022.789641⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2022.894400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03858046v1</w:t>
+                <w:t xml:space="preserve">hal-03858040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Contours of a Cliophysics. How Can Econophysics Enrich Cliometrics? Case Studies in Debt Issues and Global Capital Markets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Learning-Based Extreme Heatwave Forecast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérian Jacques-Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Ragone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Antoine Parent</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Bouchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, </w:t>
+              <w:t xml:space="preserve">Frontiers in Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.789641. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphy.2022.894400⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fclim.2022.789641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03858040v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multiscale time-Laplace method to extract relaxation times from non-stationary dynamic light scattering signals</w:t>
               </w:r>
@@ -1499,789 +1499,789 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who benefits most from Lyon’s bike sharing system?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial and temporal regularization to estimate COVID-19 reproduction number R(t): Promoting piecewise smoothness via convex optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Cambe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrice Abry</w:t>
+                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Barnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+                <w:t xml:space="preserve">Stéphane G. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vogel</w:t>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 15 (4), </w:t>
+              <w:t xml:space="preserve">, 2020, 15 (8), pp.e0237901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0237901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03432169v1</w:t>
+                <w:t xml:space="preserve">hal-02921836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal regularization to estimate COVID-19 reproduction number R(t): Promoting piecewise smoothness via convex optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Graph-based era segmentation of international financial integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bastidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0237901⟩</w:t>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 539, pp.122877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2019.122877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921836v1</w:t>
+                <w:t xml:space="preserve">hal-02349157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semi-automatic extraction of functional dynamic networks describing patient's epileptic seizures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Frusque</w:t>
+                <w:t xml:space="preserve">Multiplex network inference with sparse tensor decomposition for functional connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetan Frusque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fneur.2020.579725⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6, pp.316 - 328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSIPN.2020.2984853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935666v2</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02531459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph-based era segmentation of international financial integration</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrice Abry</w:t>
+                <w:t xml:space="preserve">Semi-automatic extraction of functional dynamic networks describing patient's epileptic seizures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Frusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2019.122877⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2020.579725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349157v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplex network inference with sparse tensor decomposition for functional connectivity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
+                <w:t xml:space="preserve">Hierarchical and Unsupervised Graph Representation Learning with Loukas’s Coarsening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Béthune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacouba Kaloga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Garivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Habrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSIPN.2020.2984853⟩</w:t>
+              <w:t xml:space="preserve">Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (9), pp.206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/a13090206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02531459v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical and Unsupervised Graph Representation Learning with Loukas’s Coarsening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Who benefits most from Lyon’s bike sharing system?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cambe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Béthune</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yacouba Kaloga</w:t>
+                <w:t xml:space="preserve">Julien Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Garivier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algorithms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 13 (9), pp.206. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/a13090206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0231550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02955666v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03432169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Combination of Graph Filters for Graph Signal Modeling</w:t>
               </w:r>
@@ -2759,889 +2759,889 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01961401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scaling in Internet Traffic: a 14 year and 3 day longitudinal study, with multiscale analyses and random projections</w:t>
+                <w:t xml:space="preserve">Tracking the Evolution of Temporal Patterns of Usage in Bicycle-Sharing Systems Using Nonnegative Matrix Factorization on Multiple Sliding Windows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Fontugne</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rémy Cazabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNET.2017.2675450⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Urban Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12265934.2017.1336468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01914103v1</w:t>
+                <w:t xml:space="preserve">hal-01667427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale structural community organisation of the human genome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scaling in Internet Traffic: a 14 year and 3 day longitudinal study, with multiscale analyses and random projections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fontugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira Fukuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darryl Veitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rasha E. Boulos</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kenjiro Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12859-017-1616-x⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (4), pp.2152-2165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNET.2017.2675450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507455v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01914103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sliding Singular Spectrum Analysis: a Data-Driven Non-Stationary Signal Decomposition Tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+                <w:t xml:space="preserve">Dominique Fourer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Fourer</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TSP.2017.2752720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the Evolution of Temporal Patterns of Usage in Bicycle-Sharing Systems Using Nonnegative Matrix Factorization on Multiple Sliding Windows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-scale structural community organisation of the human genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasha E. Boulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tremblay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Cazabet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pablo Jensen</w:t>
+                <w:t xml:space="preserve">Alain Arneodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Audit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Urban Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/12265934.2017.1336468⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12859-017-1616-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01667427v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relabelling vertices according to the network structure by minimizing the cyclic bandwidth sum</w:t>
+                <w:t xml:space="preserve">Extraction of Temporal Network Structures from Graph-based Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Complex Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (4), pp. 534-560. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (2), pp.215-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/comnet/cnw006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TSIPN.2016.2530562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-01556074v1</w:t>
+                <w:t xml:space="preserve">hal-01330184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of Temporal Network Structures from Graph-based Signals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Hamon</w:t>
+                <w:t xml:space="preserve">A Kalman filter adapted to the estimation of mean gradients in the large-eddy simulation of unsteady turbulent flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Robardet</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc C. Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSIPN.2016.2530562⟩</w:t>
+              <w:t xml:space="preserve">Computers and Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 127, pp.65-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2015.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01330184v1</w:t>
+                <w:t xml:space="preserve">hal-01393342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Kalman filter adapted to the estimation of mean gradients in the large-eddy simulation of unsteady turbulent flows</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Lévêque</w:t>
+                <w:t xml:space="preserve">Relabelling vertices according to the network structure by minimizing the cyclic bandwidth sum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc C. Jacob</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 127, pp.65-77. </w:t>
+              <w:t xml:space="preserve">Journal of Complex Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (4), pp. 534-560. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compfluid.2015.12.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/comnet/cnw006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01393342v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-01556074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subgraph-based filterbanks for graph signals</w:t>
               </w:r>
@@ -3982,51 +3982,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From bicycle sharing system movements to users: a typology of Vélo’v cyclists in Lyon based on large-scale behavioural dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4129,77 +4129,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D Prony-Huang Transform: A New Tool for 2D Spectral Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Condat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4380,51 +4380,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stationnarité relative et approches connexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4773,51 +4773,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Frequency Energy Distributions Meet Compressed Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4858,542 +4858,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00475930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoothing algorithms for mean-flow extraction in large-eddy simulation of complex turbulent flows</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Testing Stationarity with Surrogates: A Time-Frequency Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Lévêque</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Honeine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Xiao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3490063⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3459-3470, pp.3459-3470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2010.2043971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00566009v1</w:t>
+                <w:t xml:space="preserve">ensl-00475929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing Stationarity with Surrogates: A Time-Frequency Approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Multitaper Estimation of Frequency-Warped Cepstra With Application to Speaker Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Sandberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Hansson-Sandsten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomi Kinnunen,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahim Saeidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSP.2010.2043971⟩</w:t>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (4), pp.343-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2010.2040228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-00475929v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-00475928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multitaper Estimation of Frequency-Warped Cepstra With Application to Speaker Verification</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+                <w:t xml:space="preserve">Investigating self-similarity and heavy-tailed distributions on a large scale experimental facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loiseau Patrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LSP.2010.2040228⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 99, pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNET.2010.2042726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-00475928v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-00475902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating self-similarity and heavy-tailed distributions on a large scale experimental facility</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dewaele</w:t>
+                <w:t xml:space="preserve">Smoothing algorithms for mean-flow extraction in large-eddy simulation of complex turbulent flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Cahuzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 99, pp.1. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22, pp.125104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TNET.2010.2042726⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3490063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-00475902v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00566009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting an old friend: On the observability of the relation between Long Range Dependence and Heavy Tail</w:t>
               </w:r>
@@ -5431,51 +5431,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Ricciato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darryl Veitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Telecommunication Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 43 (3-4), pp.147-165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5534,51 +5534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stationarization via Surrogates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 2009-01, pp.P01001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6156,51 +6156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 38, pp.2081-2101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6238,51 +6238,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Chirp Decomposition of Weierstrass-Mandelbrot Functions, and their Time-Frequency Interpretation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Computational Harmonic Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 15, pp.134-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6320,51 +6320,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic Discrete Scale Invariance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6473,51 +6473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GSP 2025 - Workshop on Graph Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montréal (Québec), Canada. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6786,235 +6786,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering with Simplicial Complexes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre. Borgnat</w:t>
+                <w:t xml:space="preserve">Mosaic benchmark networks: Modular link streams for testing dynamic community detection algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasaman Asgari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cazabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO 2023, 31st European Signal Processing Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EUSIPCO58844.2023.10289740⟩</w:t>
+              <w:t xml:space="preserve">Complex Networks And Applications 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Menton, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2310.02840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04227080v1</w:t>
+                <w:t xml:space="preserve">hal-04236873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mosaic benchmark networks: Modular link streams for testing dynamic community detection algorithms</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+                <w:t xml:space="preserve">Clustering with Simplicial Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thummaluru Siddartha Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sundeep Prabhakar Chepuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre. Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complex Networks And Applications 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Menton, France. </w:t>
+              <w:t xml:space="preserve">EUSIPCO 2023, 31st European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EURASIP, European Association for Signal Processing, Sep 2023, Helsinki, Finland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2310.02840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO58844.2023.10289740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04236873v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expliquer la classification d'expression de gènes par la méthode des gradients intégrés</w:t>
               </w:r>
@@ -7223,247 +7223,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04227004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple Way to Learn Metrics Between Attributed Graphs</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detecting global financial crises over history: A multivariate nonlinear denoising strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bastidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the First Learning on Graphs Conference (LoG 2022),</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Virtual Event (Republic of Korea), France</w:t>
+              <w:t xml:space="preserve">World Economic History Conference Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04227049v1</w:t>
+                <w:t xml:space="preserve">hal-04926362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting global financial crises over history: A multivariate nonlinear denoising strategy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Simple Way to Learn Metrics Between Attributed Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacouba Kaloga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre. Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Habrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Economic History Conference Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Proceedings of the First Learning on Graphs Conference (LoG 2022),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Virtual Event (Republic of Korea), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04926362v1</w:t>
+                <w:t xml:space="preserve">hal-04227049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformée de Laplace Inverse multi-échelle pour l'analyse de signaux non stationnaires de Diffusion Dynamique de la Lumière</w:t>
               </w:r>
@@ -7691,51 +7691,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problème inverse pour la localisation de tags RFID situés en zones immergées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8063,64 +8063,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regularized Partial Phase Synchrony Index Applied to Dynamical Functional Connectivity Estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan Frusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8174,265 +8174,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph Diffusion Wasserstein Distances</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Sebban</w:t>
+                <w:t xml:space="preserve">Temporarily Activated Patterns for Multi-trial Functional Connectivity Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Frusque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML PKDD 2020 - European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ASPAI (2nd International Conference on Advances in Signal Processing and Artificial Intelligence)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Berlin, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795056v1</w:t>
+                <w:t xml:space="preserve">hal-04926439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporarily Activated Patterns for Multi-trial Functional Connectivity Data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
+                <w:t xml:space="preserve">Graph Diffusion Wasserstein Distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sebban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gribonval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASPAI (2nd International Conference on Advances in Signal Processing and Artificial Intelligence)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECML PKDD 2020 - European Conference on Machine Learning and Principles and Practice of Knowledge Discovery in Databases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Ghent, Belgium. pp.1-16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-67661-2_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04926439v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport Optimal entre Graphes exploitant la Diffusion de la Chaleur</w:t>
               </w:r>
@@ -8539,90 +8539,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of functional dynamic networks describing patient's epileptic seizures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Frusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CCS 2020 - Conference on Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Palma de Majorque, Spain. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8660,90 +8660,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 Reproduction Number Estimation: Spatial and Temporal in Convex Optimization to Promote Piecewise Smoothness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Jensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CCS 2020 - Conference on Complex Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, online, Greece. pp.1</w:t>
@@ -8887,286 +8887,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02399351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport Optimal sous Contrainte de Régularité pour l'Adaptation de Domaines entre Graphes avec Attributs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Barbe</w:t>
+                <w:t xml:space="preserve">Réduction de dimension tensorielle parcimonieuse: Application au clustering de connectivité fonctionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Frusque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Sebban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophonede traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154883v1</w:t>
+                <w:t xml:space="preserve">hal-02154888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de dimension tensorielle parcimonieuse: Application au clustering de connectivité fonctionnelle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
+                <w:t xml:space="preserve">Transport Optimal sous Contrainte de Régularité pour l'Adaptation de Domaines entre Graphes avec Attributs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sebban</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2019 - XXVIIème Colloque francophonede traitement du signal et des images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154888v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse tensor dimensionality reduction with application to clustering of functional connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Frusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9337,360 +9337,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02399391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional analytic signal with application on graphs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mikhail Tsitsvero</w:t>
+                <w:t xml:space="preserve">MODELING SIGNALS OVER DIRECTED GRAPHS THROUGH FILTERING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Sevi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSP 2018 - IEEE Workshop on Statistical Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE Global Conference on Signal and Information Processing (GlobalSIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Anaheim, United States. pp.718-722, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GlobalSIP.2018.8646534⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01878753v1</w:t>
+                <w:t xml:space="preserve">hal-02399335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MODELING SIGNALS OVER DIRECTED GRAPHS THROUGH FILTERING</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Rilling</w:t>
+                <w:t xml:space="preserve">Multidimensional analytic signal with application on graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Tsitsvero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE Global Conference on Signal and Information Processing (GlobalSIP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SSP 2018 - IEEE Workshop on Statistical Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2018, Freiburg, Germany. pp.1-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02399335v1</w:t>
+                <w:t xml:space="preserve">hal-01878753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiresolution analysis of functions on directed networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Rilling</w:t>
+                <w:t xml:space="preserve">Filtrage LMS sur Graphe Algorithme et Analyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roula Nassif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Couillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wavelets and Sparsity XVII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">26e Colloque GRETSI sur le Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01809220v1</w:t>
+                <w:t xml:space="preserve">hal-03634465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Degree Constrained Gravity Null-Models to understand the structure of journeys' networks in Bicycle Sharing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cazabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9705,208 +9722,191 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESANN 2017 - European Symposium on Artificial Neural Networks, Computational Intelligence and Machine Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtrage LMS sur Graphe Algorithme et Analyse</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Romain Couillet</w:t>
+                <w:t xml:space="preserve">Multiresolution analysis of functions on directed networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Sevi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rilling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Colloque GRETSI sur le Traitement du Signal et des Images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Wavelets and Sparsity XVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, San diego, United States. pp.103941Q, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2274341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03634465v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01809220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Space-Aware Community Detection Using Degree Constrained Spatial Null Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cazabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10176,523 +10176,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01243682v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texture classification of photographic papers: improving spectral clustering using filterbanks on graphs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane G. Roux</w:t>
+                <w:t xml:space="preserve">Une ou deux composantes : la réponse de l'analyse spectrale singulière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinane Harmouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fourer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25eme Colloque Groupe de Recherche et d'Etudes du Traitement du Signal et des Images (GRETSI 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Lyon, France. pp. 1-4</w:t>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01518069v1</w:t>
+                <w:t xml:space="preserve">hal-02465305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une ou deux composantes : la réponse de l'analyse spectrale singulière</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Auger</w:t>
+                <w:t xml:space="preserve">Texture classification of photographic papers: improving spectral clustering using filterbanks on graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tremblay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane G. Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herwig Wendt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">25eme Colloque Groupe de Recherche et d'Etudes du Traitement du Signal et des Images (GRETSI 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France. pp. 1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02465305v1</w:t>
+                <w:t xml:space="preserve">hal-01518069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random Projection and Multiscale Wavelet Leader Based Anomaly Detection and Address Identification in Internet Traffic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Fontugne</w:t>
+                <w:t xml:space="preserve">Multiscale Anisotropic Texture Unsupervised Clustering for Photographic Paper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane G. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tremblay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Johan Mazel</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herwig Wendt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Brisbane, Australia. pp. 1-5</w:t>
+              <w:t xml:space="preserve">7th IEEE International Workshop on Information Forensics and Security (WIFS 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Rome, Italy. pp. 1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01511891v1</w:t>
+                <w:t xml:space="preserve">hal-01511889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Anisotropic Texture Unsupervised Clustering for Photographic Paper</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tremblay</w:t>
+                <w:t xml:space="preserve">Random Projection and Multiscale Wavelet Leader Based Anomaly Detection and Address Identification in Internet Traffic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fontugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kentaro Fukuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Herwig Wendt</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Mazel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th IEEE International Workshop on Information Forensics and Security (WIFS 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Rome, Italy. pp. 1-6</w:t>
+              <w:t xml:space="preserve">40th IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Brisbane, Australia. pp. 1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01511889v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01511891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Community mining with graph filters for correlation matrices</w:t>
               </w:r>
@@ -10825,51 +10825,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Févotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11050,51 +11050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11400,51 +11400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11476,243 +11476,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00875085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking of a dynamic graph using a signal theory approach : application to the study of a bike sharing system</w:t>
+                <w:t xml:space="preserve">Networks as Signals, with an Application to Bike Sharing System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCS'13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Barcelone, Spain. pp.101</w:t>
+              <w:t xml:space="preserve">GlobalSIP 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Austin, United States. pp.IPN.PB.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00875089v1</w:t>
+                <w:t xml:space="preserve">ensl-00875187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Networks as Signals, with an Application to Bike Sharing System</w:t>
+                <w:t xml:space="preserve">Tracking of a dynamic graph using a signal theory approach : application to the study of a bike sharing system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GlobalSIP 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Austin, United States. pp.IPN.PB.8</w:t>
+              <w:t xml:space="preserve">ECCS'13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Barcelone, Spain. pp.101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00875187v1</w:t>
+                <w:t xml:space="preserve">ensl-00875089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hurst Exponent IntraPartum Fetal Heart Rate: Impact of Decelerations</w:t>
               </w:r>
@@ -11826,239 +11826,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00924133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multicomponent proximal algorithm for Empirical Mode Decomposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
+                <w:t xml:space="preserve">A modified time-frequency method for testing wide-sense stationarity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas Baptista de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Signal Processing Conference (EUSIPCO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICASSP 2012 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Kyoto, Japan. pp.3409-3412, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2012.6288648⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00826824v1</w:t>
+                <w:t xml:space="preserve">hal-00799735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified time-frequency method for testing wide-sense stationarity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Catherine Favre</w:t>
+                <w:t xml:space="preserve">A Multicomponent proximal algorithm for Empirical Mode Decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2012 - IEEE International Conference on Acoustics, Speech and Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Bucharest, Romania. pp.x+5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2012.6288648⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00799735v1</w:t>
+                <w:t xml:space="preserve">hal-00826824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on attraper les utilisateurs de Vélo'v au Lasso ?</w:t>
               </w:r>
@@ -12169,51 +12169,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAWILab : Combining Diverse Anomaly Detectors for Automated Anomaly Labeling and Performance Benchmarking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fontugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12290,51 +12290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Varying Spectrum Estimation of Uniformly Modulated Processes by Means of Surrogate Data and Empirical Mode Decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azadeh Moghtaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12372,51 +12372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">StaRAC : Stationnarité Relative et Approches Connexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12536,64 +12536,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Amoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Honeine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing ICASSP-10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Dallas, United States. pp.3666-3669, </w:t>
@@ -12748,51 +12748,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering Relations Between Traffic Classifiers and Anomaly Detectors via Graph Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fontugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12850,584 +12850,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00476021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation statistique cyclique des locations de Vélo'v à Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Systematic Traffic Annotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Fontugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kensuke Fukuda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIe Colloque GRETSI - Traitement du Signal et des Images 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRETSI, Sep 2009, Dijon, France</w:t>
+              <w:t xml:space="preserve">CoNEXT'09 Student Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00420578v1</w:t>
+                <w:t xml:space="preserve">ensl-00475933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial analysis of dynamic movements of Vélo'v, Lyon's shared bicycle program</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the role of ﬂows and sessions in Internet trafﬁc modeling: an explorative toy-model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Ricciato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Coluccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro d'Alconzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darryl Veitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCS'09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Warwick, United Kingdom</w:t>
+              <w:t xml:space="preserve">IEEE GLOBECOM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Nov 2009, Honolulu, Hawaii, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00408150v1</w:t>
+                <w:t xml:space="preserve">ensl-00476002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the role of ﬂows and sessions in Internet trafﬁc modeling: an explorative toy-model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Darryl Veitch</w:t>
+                <w:t xml:space="preserve">Sur la caractérisation de non-stationnarités par la méthode des substituts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Amoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Honeine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE GLOBECOM 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Nov 2009, Honolulu, Hawaii, United States</w:t>
+              <w:t xml:space="preserve">XXIIe Colloque GRETSI - Traitement du Signal et des Images 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRETSI, Sep 2009, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-00476002v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-00420577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Systematic Traffic Annotation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatial analysis of dynamic movements of Vélo'v, Lyon's shared bicycle program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kensuke Fukuda</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Scherrer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CoNEXT'09 Student Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Roma, Italy</w:t>
+              <w:t xml:space="preserve">ECCS'09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Warwick, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00475933v1</w:t>
+                <w:t xml:space="preserve">ensl-00408150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur la caractérisation de non-stationnarités par la méthode des substituts</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Modélisation statistique cyclique des locations de Vélo'v à Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIe Colloque GRETSI - Traitement du Signal et des Images 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRETSI, Sep 2009, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00420577v1</w:t>
+                <w:t xml:space="preserve">ensl-00420578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement Analysis of the Live E! Sensor Network: Spatial-Temporal Correlations and Efficient Data Aggregation</w:t>
               </w:r>
@@ -13532,278 +13532,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00398802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seven Years and One Day: Sketching the Evolution of Internet Traffic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-Frequency Learning Machines For NonStationarity Detection Using Surrogates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Amoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Honeine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kenjiro Cho</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 28th IEEE INFOCOM 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SSP'09 (IEEE/SP 15th Workshop on Statistical Signal Processing 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE/SP, Aug 2009, Cardiff, United Kingdom. pp.565-568, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSP.2009.5278514⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00290756v3</w:t>
+                <w:t xml:space="preserve">ensl-00420575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-Frequency Learning Machines For NonStationarity Detection Using Surrogates</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seven Years and One Day: Sketching the Evolution of Internet Traffic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kensuke Fukuda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenjiro Cho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSP'09 (IEEE/SP 15th Workshop on Statistical Signal Processing 2009)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 28th IEEE INFOCOM 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rio, Brazil. pp.711-719</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SSP.2009.5278514⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">ensl-00420575v1</w:t>
+                <w:t xml:space="preserve">ensl-00290756v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying Lyon's Vélo'V: A Statistical Cyclic Model</w:t>
               </w:r>
@@ -13815,51 +13815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rouquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14018,90 +14018,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards practical large-eddy simulations of complex turbulent ﬂows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Boudet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Adrien Cahuzac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Toschi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14133,377 +14133,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00420589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology to Identify Characteristics of the Dynamic of Mobile Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Scherrer</w:t>
+                <w:t xml:space="preserve">Parameter estimation for sums of correlated gamma random variables. Application to anomaly detection in Internet Traffic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Chatelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Robardet</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM ASIAN INTERNET ENGINEERING CONFERENCE (AINTEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">IEEE Int. Conf. on Acoust., Speech and Signal Proc. ICASSP-08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Mar 2008, Las Vegas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00397374v1</w:t>
+                <w:t xml:space="preserve">ensl-00290724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter estimation for sums of correlated gamma random variables. Application to anomaly detection in Internet Traffic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Chatelain</w:t>
+                <w:t xml:space="preserve">Description and simulation of dynamic mobility networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Scherrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrice Abry</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Int. Conf. on Acoust., Speech and Signal Proc. ICASSP-08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Mar 2008, Las Vegas, United States</w:t>
+              <w:t xml:space="preserve">Dynamics on and of Complex Networks – II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Jerusalem, Israel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ensl-00290724v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00397375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description and simulation of dynamic mobility networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Methodology to Identify Characteristics of the Dynamic of Mobile Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Scherrer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Borgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fleury</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Loup Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamics on and of Complex Networks – II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Jerusalem, Israel</w:t>
+              <w:t xml:space="preserve">ACM ASIAN INTERNET ENGINEERING CONFERENCE (AINTEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00397375v1</w:t>
+                <w:t xml:space="preserve">inria-00397374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérification du lien entre auto-similarité et distributions à queues lourdes sur un dispositif grande échelle</w:t>
               </w:r>
@@ -14614,51 +14614,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse time-frequency distributions of chirps from a compressed sensing perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14709,51 +14709,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Frequency Surrogates for Nonstationary Signal Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th IMA International Conference on Mathematics in Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IMA, Cirencester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14772,666 +14772,666 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00338234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing Stationarity with Time-Frequency Surrogates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification d'anomalies statistiques dans le trafic internet par projections aléatoires multirésolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Signal Processing Conference EUSIPCO-2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EURASIP, Sep 2007, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">21e Colloque sur le Traitement du Signal et des Images. GRETSI-2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Troyes, France. pp.505-508</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00175965v1</w:t>
+                <w:t xml:space="preserve">ensl-00177644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracting Hidden Anomalies using Sketch and Non Gaussian Multiresolution Statistical Detection Procedures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kensuke Fukuda</w:t>
+                <w:t xml:space="preserve">Testing Stationarity with Surrogates — A One-Class SVM Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kenjiro Cho</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM SIGCOMM 2007 Workshop on Large-Scale Attack Defense (LSAD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">2007 IEEE/SP 14th Statistical Signal Processing Workshop (SSP '07)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE/SP, Aug 2007, Madison, Wisconsin, United States. pp.720-724</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00177654v1</w:t>
+                <w:t xml:space="preserve">ensl-00175481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification d'anomalies statistiques dans le trafic internet par projections aléatoires multirésolutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Testing Stationarity with Time-Frequency Surrogates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrice Abry</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e Colloque sur le Traitement du Signal et des Images. GRETSI-2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Troyes, France. pp.505-508</w:t>
+              <w:t xml:space="preserve">15th European Signal Processing Conference EUSIPCO-2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EURASIP, Sep 2007, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00177644v1</w:t>
+                <w:t xml:space="preserve">ensl-00175965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing Stationarity with Surrogates — A One-Class SVM Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Xiao</w:t>
+                <w:t xml:space="preserve">Extracting Hidden Anomalies using Sketch and Non Gaussian Multiresolution Statistical Detection Procedures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kensuke Fukuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cédric Richard</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenjiro Cho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2007 IEEE/SP 14th Statistical Signal Processing Workshop (SSP '07)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE/SP, Aug 2007, Madison, Wisconsin, United States. pp.720-724</w:t>
+              <w:t xml:space="preserve">ACM SIGCOMM 2007 Workshop on Large-Scale Attack Defense (LSAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00175481v1</w:t>
+                <w:t xml:space="preserve">ensl-00177654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur un test temps-fréquence de stationnarité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jun Xiao</w:t>
+                <w:t xml:space="preserve">Base de traces d'anomalies légitimes et illégitimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aussibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Labit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e Colloque sur le Traitement du Signal et des Images. GRETSI-2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRETSI &amp; UTT, Sep 2007, Troyes, France. pp.957-960</w:t>
+              <w:t xml:space="preserve">SAR-SSI 2007 - 2nd Conference on Security in Network Architectures and Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Annecy, France. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00175966v1</w:t>
+                <w:t xml:space="preserve">hal-00349423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Base de traces d'anomalies légitimes et illégitimes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Aussibal</w:t>
+                <w:t xml:space="preserve">Sur un test temps-fréquence de stationnarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAR-SSI 2007 - 2nd Conference on Security in Network Architectures and Information Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Annecy, France. 16 p</w:t>
+              <w:t xml:space="preserve">21e Colloque sur le Traitement du Signal et des Images. GRETSI-2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRETSI &amp; UTT, Sep 2007, Troyes, France. pp.957-960</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00349423v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ensl-00175966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sketch based Anomaly Detection, Identification and Performance Evaluation</w:t>
               </w:r>
@@ -15685,51 +15685,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Owezarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aussibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFIP 2006 - 12ème Colloque Francophone sur l'Ingénierie des Protocoles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eric Fleury and Farouk Kamoun, Oct 2006, Tozeur, Tunisie. pp.1-12</w:t>
@@ -15821,51 +15821,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00129551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D'etection d'attaques de &amp;quot;D'eni de Services&amp;quot; : ruptures dans les statistiques du trafic</w:t>
+                <w:t xml:space="preserve">Détection d'attaques de « Déni de Services » : ruptures dans les statistiques du trafic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Larrieu</w:t>
@@ -15883,97 +15883,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Owezarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2005 : 20e colloque GRETSI sur le traitement du signal et des images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Louvain-la-Neuve, Belgique. pp.323-326</w:t>
+              <w:t xml:space="preserve">20e Colloque sur le Traitement du Signal et des Images. GRETSI-2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association GRETSI, Sep 2005, Louvain-la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00691916v1</w:t>
+                <w:t xml:space="preserve">ensl-00175963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection d'attaques de « Déni de Services » : ruptures dans les statistiques du trafic</w:t>
+                <w:t xml:space="preserve">D'etection d'attaques de &amp;quot;D'eni de Services&amp;quot; : ruptures dans les statistiques du trafic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Larrieu</w:t>
@@ -15991,73 +15991,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Owezarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e Colloque sur le Traitement du Signal et des Images. GRETSI-2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association GRETSI, Sep 2005, Louvain-la-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">GRETSI 2005 : 20e colloque GRETSI sur le traitement du signal et des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Louvain-la-Neuve, Belgique. pp.323-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ensl-00175963v1</w:t>
+                <w:t xml:space="preserve">hal-00691916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic discrete scale invariance: Renormalization group operators and Iterated Function Systems</w:t>
               </w:r>
@@ -16329,51 +16329,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16580,51 +16580,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Abry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rouquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16683,51 +16683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-Frequency Learning Machines For NonStationarity Detection Using Surrogates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17017,51 +17017,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bourgoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17197,64 +17197,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Learning based Extreme Heatwave Forecast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérian Jacques-Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Ragone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17393,276 +17393,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02883720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutions of Individuals Use of Lyon's Bike Sharing System</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Barnier</w:t>
+                <w:t xml:space="preserve">Sparse tensor dimensionality reduction with application to clustering of functional connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Frusque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123929v1</w:t>
+                <w:t xml:space="preserve">hal-02154903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse tensor dimensionality reduction with application to clustering of functional connectivity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Jung</w:t>
+                <w:t xml:space="preserve">Evolutions of Individuals Use of Lyon's Bike Sharing System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cambe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Abry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154903v1</w:t>
+                <w:t xml:space="preserve">hal-02123929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytic signal in many dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail Tsitsvero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17719,51 +17719,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trend Filtering via Empirical Mode Decompositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azadeh Moghtaderi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17794,77 +17794,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur un test temps-fréquence de stationnarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17882,51 +17882,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting and testing stationarity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17970,51 +17970,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-frequency localization from sparsity constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18090,51 +18090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18208,51 +18208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Robardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Flandrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18658,51 +18658,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mosaic-benchmark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasaman Asgari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cazabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Borgnat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19143,51 +19143,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731873v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bontonou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Haget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Boulougouri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbae199" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731945v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Brabant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasaman Asgari" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Cazabet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-025-00529-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234050v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bastidon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Parent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Abry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jensen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2632-072X/ade948" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837207v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lasalle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vaudaine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Vayer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06837-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228037v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Gon&#231;alves" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Karsai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-020-00683-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858081v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Sevi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rilling" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2022.10.003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124796v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Miloshevich" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cozian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Bouchet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.040501" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858046v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Jacques-Dumas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ragone" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fclim.2022.789641" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858040v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.894400" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858130v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois. Li&#233;nard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric. Freyssingeas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre. Borgnat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0088005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Kaloga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundeep Prabhakar Chepuri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Habrard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2021.108182" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432169v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cambe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barnier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vogel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231550" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921836v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Flandrin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237901" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02935666v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Frusque" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.579725" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349157v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2019.122877" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02531459v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Frusque" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2020.2984853" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955666v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis B&#233;thune" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Garivier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a13090206" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02367868v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Hua" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Jie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan Wang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lsp.2019.2954981" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307460v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Baptista de Souza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Favre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2019.2931150" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02304584v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ricaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tremblay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vandergheynst" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.08.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961401v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2017.08.026" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914103v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fontugne" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Fukuda" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darryl Veitch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenjiro Cho" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2017.2675450" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507455v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha E. Boulos" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-017-1616-x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589464v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Harmouche" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fourer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2017.2752720" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667427v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cazabet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12265934.2017.1336468" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01556074v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hamon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comnet/cnw006" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330184v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2016.2530562" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393342v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boudet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cahuzac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc C. Jacob" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2015.12.006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243889v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tsp.2016.2544747" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01060579v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biguet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hansen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Costa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brugi&#232;re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15121-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514632v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwig Wendt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Messier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Klein" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSP.2015.2402056" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313177v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtrangeo.2014.07.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120537v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Schmitt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Condat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2014.2363000" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909617v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barrat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cary Forest" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nornberg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pinton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.052812" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965583v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Amoud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.28.691-716" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00490325v3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rouquier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219525911002950" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00488248v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dewaele" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Himura" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kensuke Fukuda" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475930v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2010.2044839" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566009v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3490063" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475929v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Honeine" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Xiao" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2010.2043971" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475928v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Sandberg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hansson-Sandsten" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomi Kinnunen," TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Saeidi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2010.2040228" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475902v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loiseau Patrick" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2010.2042726" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00338215v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ricciato" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Scherrer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-009-9205-6" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/79357A8FEA0FA659EE3F220821286E69714F87FF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00338219v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2009/01/P01001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EA69880ADB1C41B2F73DF3070F5702B247A0D6EA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327254v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2008.06.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00290745v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Larrieu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175477v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Owezarski" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00685248v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2007.12" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175960v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175961v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175962v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364300v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Rodi&#232;re" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732048v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lassale" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731912v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227080v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thummaluru Siddartha Reddy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO58844.2023.10289740" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236873v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2310.02840" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226971v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Arbona" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227004v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marton Karsai" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227049v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04926362v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858162v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212764v2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Marcotte" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barbe" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sebban" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746802" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858189v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tibi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03353622v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00125" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435998v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414466" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459821v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9054566" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02795056v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67661-2_34" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04926439v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02794961v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02997377v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399351v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02154883v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barbe" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02154888v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399385v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529595" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399391v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Achard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gannaz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529193" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01878753v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Tsitsvero" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399335v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GlobalSIP.2018.8646534" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01809220v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2274341" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500352v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634465v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roula Nassif" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couillet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500354v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54241-6_4" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570792v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Come" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Oukhellou" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243682v2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Puy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518069v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465305v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511891v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Fukuda" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Mazel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511889v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01245926v2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Willaime-Angonin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199256v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric F&#233;votte" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01128405v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6853610" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00989760v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090202v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Costard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier J.J. Michel" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881502v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00875085v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00875089v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00875187v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924133v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Chud&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMS.2013.6627777" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826824v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799735v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6288648" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314675v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michau" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00552071v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476007v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Moghtaderi" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02967897v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Honein&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476017v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ferrari" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2010.5495887" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475969v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12808-0_13" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476021v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420578v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00408150v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476002v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Coluccia" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro d'Alconzo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475933v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420577v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00398802v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Ben Hamida" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideya Ochiai" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Esaki" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00290756v3" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420575v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2009.5278514" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00408147v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00398800v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420589v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Toschi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00397374v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00290724v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chatelain" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00397375v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00570525v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Loiseau" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00358777v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00338234v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175965v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00177654v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00177644v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175481v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175966v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349423v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aussibal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Labit" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175474v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175418v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00111928v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00129551v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691916v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175963v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175964v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00173250v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Antonini" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chateau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lebeau" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949745v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03574-7_2" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01675375v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/cooperative-and-graph-signal-processing/djuric/978-0-12-813677-5" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-813677-5.00011-0" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339131v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-02967833v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301647v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Magnien" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-58603-898-4-198" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525842v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vienney" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Wang" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourgoin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228023v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173811v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883720v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123929v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02154903v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01877403v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00565293v2" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00261530v2" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00274849v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00176412v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01160737v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00878041v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00263634v2" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Primet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02102189v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005246v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452597v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a70532d0525581935a283286cf20534e8d8cc80b;origin=https://hal.archives-ouvertes.fr/hal-04452597;visit=swh:1:snp:6828c2f085a6b0eea90e42b2197df49f9f178c2f;anchor=swh:1:rel:e50b062be149baace1685d1717911beab3932930;path=/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04330187v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03576498v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731873v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bontonou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Haget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Boulougouri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Borgnat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbae199" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731945v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Brabant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasaman Asgari" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Cazabet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjds/s13688-025-00529-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234050v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bastidon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Parent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Abry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Jensen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2632-072X/ade948" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837207v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lasalle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Vaudaine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Vayer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gribonval" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10994-025-06837-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228037v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Gon&#231;alves" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rton Karsai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-020-00683-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858081v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Sevi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rilling" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acha.2022.10.003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124796v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Miloshevich" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Cozian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Bouchet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.040501" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858040v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2022.894400" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858046v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Jacques-Dumas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ragone" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fclim.2022.789641" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858130v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois. Li&#233;nard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric. Freyssingeas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre. Borgnat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0088005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Kaloga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sundeep Prabhakar Chepuri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Habrard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2021.108182" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921836v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G. Roux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Flandrin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0237901" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349157v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2019.122877" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02531459v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Frusque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2020.2984853" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02935666v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Frusque" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.579725" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955666v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis B&#233;thune" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Garivier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a13090206" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432169v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cambe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barnier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vogel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231550" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02367868v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Hua" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Jie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan Wang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lsp.2019.2954981" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307460v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Baptista de Souza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Favre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2019.2931150" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02304584v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ricaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tremblay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vandergheynst" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.08.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961401v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2017.08.026" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667427v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cazabet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12265934.2017.1336468" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914103v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fontugne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Fukuda" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darryl Veitch" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenjiro Cho" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2017.2675450" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589464v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinane Harmouche" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fourer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2017.2752720" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01507455v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha E. Boulos" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-017-1616-x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330184v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hamon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Robardet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2016.2530562" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393342v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boudet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cahuzac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc C. Jacob" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2015.12.006" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01556074v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/comnet/cnw006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243889v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tsp.2016.2544747" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01060579v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Biguet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hansen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Costa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brugi&#232;re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15121-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514632v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwig Wendt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Messier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Klein" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MSP.2015.2402056" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313177v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtrangeo.2014.07.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120537v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Schmitt" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Condat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2014.2363000" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909617v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Barrat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cary Forest" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nornberg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pinton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.052812" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965583v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Amoud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.28.691-716" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00490325v3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rouquier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219525911002950" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00488248v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dewaele" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Himura" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kensuke Fukuda" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475930v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2010.2044839" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475929v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Honeine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Xiao" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2010.2043971" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475928v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Sandberg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Hansson-Sandsten" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomi Kinnunen," TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Saeidi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2010.2040228" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475902v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loiseau Patrick" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2010.2042726" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566009v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3490063" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00338215v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ricciato" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Scherrer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11235-009-9205-6" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/79357A8FEA0FA659EE3F220821286E69714F87FF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00338219v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2009/01/P01001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EA69880ADB1C41B2F73DF3070F5702B247A0D6EA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327254v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2008.06.007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00290745v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Larrieu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175477v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Owezarski" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00685248v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDSC.2007.12" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175960v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175961v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175962v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364300v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Rodi&#232;re" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732048v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lassale" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731912v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236873v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2310.02840" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227080v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thummaluru Siddartha Reddy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO58844.2023.10289740" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226971v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Arbona" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227004v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marton Karsai" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04926362v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227049v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858162v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212764v2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Marcotte" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barbe" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sebban" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746802" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858189v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Tibi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03353622v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00125" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435998v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414466" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02459821v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9054566" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04926439v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02795056v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-67661-2_34" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02794961v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02997377v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399351v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02154888v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02154883v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Barbe" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399385v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529595" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399391v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Achard" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gannaz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2529193" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399335v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GlobalSIP.2018.8646534" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01878753v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Tsitsvero" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634465v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roula Nassif" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Chen" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Couillet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500352v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01809220v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2274341" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500354v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-54241-6_4" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570792v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Come" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Oukhellou" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243682v2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Puy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465305v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518069v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511889v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511891v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Fukuda" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Mazel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01245926v2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Willaime-Angonin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199256v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric F&#233;votte" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01128405v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2014.6853610" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00989760v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090202v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Costard" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier J.J. Michel" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881502v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00875085v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00875187v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00875089v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924133v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaclav Chud&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMS.2013.6627777" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799735v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6288648" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826824v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01314675v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michau" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00552071v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476007v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Moghtaderi" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02967897v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Honein&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476017v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ferrari" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2010.5495887" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475969v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12808-0_13" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476021v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00475933v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00476002v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Coluccia" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro d'Alconzo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420577v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00408150v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420578v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00398802v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Ben Hamida" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideya Ochiai" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Esaki" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420575v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2009.5278514" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00290756v3" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00408147v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00398800v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00420589v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Toschi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00290724v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chatelain" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00397375v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00397374v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00570525v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Loiseau" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00358777v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00338234v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00177644v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175481v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175965v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00177654v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00349423v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aussibal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Labit" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175966v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175474v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175418v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00111928v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00129551v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175963v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00691916v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00175964v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00173250v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Antonini" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Chateau" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lebeau" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949745v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-03574-7_2" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01675375v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/cooperative-and-graph-signal-processing/djuric/978-0-12-813677-5" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-813677-5.00011-0" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339131v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-02967833v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301647v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Magnien" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-58603-898-4-198" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525842v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vienney" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Wang" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourgoin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228023v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173811v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883720v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02154903v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123929v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01877403v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00565293v2" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00261530v2" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00274849v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00176412v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-01160737v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00878041v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00263634v2" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Primet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02102189v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005246v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452597v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a70532d0525581935a283286cf20534e8d8cc80b;origin=https://hal.archives-ouvertes.fr/hal-04452597;visit=swh:1:snp:6828c2f085a6b0eea90e42b2197df49f9f178c2f;anchor=swh:1:rel:e50b062be149baace1685d1717911beab3932930;path=/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04330187v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03576498v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>