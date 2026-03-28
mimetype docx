--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -100,165 +100,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La reconnaissance de la littérature pour la jeunesse : Un triomphe en trompe-l’œil ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NVL la revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’institutionnalisation de la littérature de jeunesse en France : un champ illusoire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues néo-latines : revue de langues vivantes romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03522661v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03522797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ambivalences de l’antiracisme : L’exemple de la littérature pour la jeunesse</w:t>
               </w:r>
@@ -576,200 +576,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01579842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Littérature pour la jeunesse et racisme social : de nouveaux corpus problématiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Bruno</w:t>
+                <w:t xml:space="preserve">Penser et combattre les inégalités - 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Penser et combattre les inégalités (II), 185, pp.59-69. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 185</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01120004v1</w:t>
-[...41 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-02572504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...15 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Etienne</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littérature pour la jeunesse et racisme social : de nouveaux corpus problématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 185</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, Penser et combattre les inégalités (II), 185, pp.59-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lfa.185.0059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02572504v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01120004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser et combattre les inégalités. Pour un « faire société » plus égalitaire</w:t>
               </w:r>
@@ -853,174 +853,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02572521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les inégalités scolaires dans les fictions audiovisuelles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Robinson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33, pp.125-138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01120717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jeunes et cultures : nature et dynamique des inégalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Ecrits d'élèves, contraintes de la langue, 181, pp.167-174. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lfa.181.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/lfa.181.0167⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01120007v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01120717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeunes et cultures : reproduction sociale et dynamiques individuelles</w:t>
               </w:r>
@@ -3205,151 +3205,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01120018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Enseigner la littérature de jeunesse. Le français aujourd'hui. Hors Série n°1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A Colin, 264 p., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00484693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Genre, sexisme et féminisme, Le français aujourd'hui, n°163</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A Colin, 128 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00484692v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-00484693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Potter, ange ou démon ?</w:t>
               </w:r>
@@ -4045,51 +4045,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522661v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bruno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522797v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522665v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.209.0039" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880460v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renahy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.201.016" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01580189v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongenot Christine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.193.0063" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01579842v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.193.0145" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120004v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.185.0059" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02572504v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Etienne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02572521v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte &#201;tienne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Youx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.183.0003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120007v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.181.0167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120717v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120010v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.177.0133" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120013v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.175.0121" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120017v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.169.0121" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.171.0029" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120032v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484679v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.166.0129" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483300v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376739v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Butlen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484681v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.161.0127" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.157.0125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484682v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.159.0107" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484685v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.154.0109" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.153.0093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120024v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120025v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483299v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484688v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522760v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522768v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522738v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Aubert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120392v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120708v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120395v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02979504v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Russo Previtali" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120396v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120018v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484692v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484693v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483296v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522684v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.2076" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120721v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120031v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120029v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120028v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483298v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522797v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bruno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522661v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522665v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.209.0039" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880460v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renahy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.201.016" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01580189v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mongenot Christine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.193.0063" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01579842v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.193.0145" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02572504v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Etienne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120004v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.185.0059" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02572521v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte &#201;tienne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Youx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.183.0003" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120717v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120007v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.181.0167" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120010v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.177.0133" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120013v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.175.0121" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120017v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.169.0121" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.171.0029" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120032v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484679v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.166.0129" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483300v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376739v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Butlen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484681v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.161.0127" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484683v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.157.0125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484682v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.159.0107" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484685v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.154.0109" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.153.0093" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120024v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120025v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484690v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483299v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484688v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522760v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522768v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522738v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02944055v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie St&#233;phanie Abouna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Aubert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120392v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120708v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120715v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120395v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02979504v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Russo Previtali" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120396v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120018v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484693v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484692v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483296v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03522684v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.2076" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120721v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120031v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120029v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120028v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483298v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>