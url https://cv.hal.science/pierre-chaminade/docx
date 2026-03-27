--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (50)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,5829 +234,6593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05302818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Deletion of Genes of the Nitrogen Metabolism on Triacylglycerol, Cardiolipin and Actinorhodin Biosynthesis in Streptomyces coelicolor</w:t>
+                <w:t xml:space="preserve">Comparison of electrospray ionization-lithium adduct formation and atmospheric pressure chemical ionization for lipid analysis by normal phase liquid chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Lejeune</w:t>
+                <w:t xml:space="preserve">Bastien Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle David</w:t>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie‐joelle Virolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms12081560⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1756, pp.466058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2025.466058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04790016v1</w:t>
+                <w:t xml:space="preserve">hal-05328597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive analysis of oxylipins using reverse phase liquid chromatography and data dependent acquisition workflow on LTQ-Orbitrap® Velos Pro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of the Deletion of Genes of the Nitrogen Metabolism on Triacylglycerol, Cardiolipin and Actinorhodin Biosynthesis in Streptomyces coelicolor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kodjo Nouwade</w:t>
+                <w:t xml:space="preserve">Michelle David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sana Tfaili</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie‐joelle Virolle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124921⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (8), pp.1560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12081560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529256v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Analysis of a Variant of Streptomyces coelicolor M145 with High Lipid Content and Poor Ability to Synthetize Antibiotics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Consequences of the deletion of the major specialized metabolite biosynthetic pathways of Streptomyces coelicolor on the metabolome and lipidome of this strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Bleton</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Askora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11061470⟩</w:t>
+              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (8), pp.e14538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1751-7915.14538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272608v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of release and pharmacokinetics from nanoscale lipid prodrugs of dexamethasone with variable linkage chemistry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+                <w:t xml:space="preserve">Comprehensive analysis of oxylipins using reverse phase liquid chromatography and data dependent acquisition workflow on LTQ-Orbitrap® Velos Pro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kodjo Nouwade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Dakroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2023.06.031⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 266, pp.124921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124921⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04157123v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mannosylation Of Budesonide Palmitate Nanoprodrugs For Improved Macrophage Targeting</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modulation of release and pharmacokinetics from nanoscale lipid prodrugs of dexamethasone with variable linkage chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mujeeb Ur-Rehman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Franceline Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Moine</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sinda Lepetre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2021.12.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 360, pp.293-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2023.06.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03475936v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid Readjustment in Yarrowia lipolytica Odd-Chain Fatty Acids Producing Strains</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+                <w:t xml:space="preserve">In vitro Raman imaging of human macrophages: Impact of eicosapentaenoic acid on the hydrolysis of cholesterol esters in lipid droplets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Muhieddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hani Dakroub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Assi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom12081026⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 256, pp.124314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2023.124314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04090347v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid assessment of fatty acyls chains of phospholipids and plasmalogens by atmospheric pressure chemical ionization in positive mode and high-resolution mass spectrometry using in-source generated monoacylglycerol like fragments intensities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome Analysis of a Variant of Streptomyces coelicolor M145 with High Lipid Content and Poor Ability to Synthetize Antibiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dulermo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ece Aybeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jessica Dalloux-Chioccioli</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2022.463093⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (6), pp.1470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11061470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689632v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid assessment of triacylglycerol fatty acyls composition by LC-APPI+-HRMS using monoacylglycerols like fragments intensities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia Abreu</w:t>
+                <w:t xml:space="preserve">Mannosylation Of Budesonide Palmitate Nanoprodrugs For Improved Macrophage Targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Pinheiro Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franceline Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Desmaële</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Heron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain Tchapla</w:t>
+                <w:t xml:space="preserve">Laurence Moine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338809⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 170, pp.112-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2021.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056575v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of phosphate availability on membrane lipid content of the model strains, Streptomyces lividans and Streptomyces coelicolor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lipid Readjustment in Yarrowia lipolytica Odd-Chain Fatty Acids Producing Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Kyoung Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilla Pires de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michelle David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.623919⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (8), pp.1026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom12081026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148724v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amandine Gendron</w:t>
+                <w:t xml:space="preserve">Rapid assessment of fatty acyls chains of phospholipids and plasmalogens by atmospheric pressure chemical ionization in positive mode and high-resolution mass spectrometry using in-source generated monoacylglycerol like fragments intensities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie Lan Linh Tran</w:t>
+                <w:t xml:space="preserve">Sylvie Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Laloy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Rachet</w:t>
+                <w:t xml:space="preserve">Jessica Dalloux-Chioccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1673, pp.463093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2022.463093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293065v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Rachet</w:t>
+                <w:t xml:space="preserve">Rapid assessment of triacylglycerol fatty acyls composition by LC-APPI+-HRMS using monoacylglycerols like fragments intensities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Heron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Joffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tchapla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1178, pp.338809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03119866v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative Correlation between Lipid Content and Antibiotic Activity in Streptomyces: General Rule and Exceptions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of phosphate availability on membrane lipid content of the model strains, Streptomyces lividans and Streptomyces coelicolor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dulermo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle David</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9, pp.280. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.623919. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics9060280⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.623919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624260v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The inhibition of antibiotic production in Streptomyces coelicolor over-expressing the TetR regulator SCO3201 IS correlated with changes in the lipidome of the strain</w:t>
+                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Zhang</w:t>
+                <w:t xml:space="preserve">Amandine Gendron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiting Liang</w:t>
+                <w:t xml:space="preserve">Natalie Lan Linh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongheng Xu</w:t>
+                <w:t xml:space="preserve">Julie Laloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miao Cui</w:t>
+                <w:t xml:space="preserve">Romain Brusini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qizhong Zhang</w:t>
+                <w:t xml:space="preserve">Aurélie Rachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1399. </w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01399⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02892684v1</w:t>
+                <w:t xml:space="preserve">hal-04293065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale Lipophilic Prodrugs of Dexamethasone with Enhanced Pharmacokinetics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Noureddine Ghermani</w:t>
+                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Lan Linh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Laloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Brusini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Rachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00237⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323659v1</w:t>
+                <w:t xml:space="preserve">cea-03119866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dexamethasone palmitate nanoparticles: An efficient treatment for rheumatoid arthritis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of stationary phases performance for eicosanoids profiling in RP-HPLC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kodjo Nouwade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.01.015⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 413 (26), pp.6551-6569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-021-03618-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323608v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Lipid Polymer Nanoparticles for Combined Chemo- and Photodynamic Therapy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Denis</w:t>
+                <w:t xml:space="preserve">Negative Correlation between Lipid Content and Antibiotic Activity in Streptomyces: General Rule and Exceptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Thibessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00797⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics9060280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04269472v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of lipid modifications in J774 macrophages by vibrational spectroscopies after eicosapentaenoic acid membrane incorporation in unloaded and cholesterol-loaded cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
+                <w:t xml:space="preserve">The inhibition of antibiotic production in Streptomyces coelicolor over-expressing the TetR regulator SCO3201 IS correlated with changes in the lipidome of the strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiting Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongheng Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miao Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qizhong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.01.122⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484939v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of classification and regression analysis of four monoclonal antibodies from Raman spectra using collaborative machine learning approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Nguyen</w:t>
+                <w:t xml:space="preserve">Nanoscale Lipophilic Prodrugs of Dexamethasone with Enhanced Pharmacokinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lorscheider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosana Simón-Vázquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guiblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Ghermani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.02.109⟩</w:t>
+              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (7), pp.2999-3010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975523v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycophenolate Mofetil and Rapamycin Induce Apoptosis in the Human Monocytic U937 Cell Line Through Two Different Pathways</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fatima Allaoui</w:t>
+                <w:t xml:space="preserve">Dexamethasone palmitate nanoparticles: An efficient treatment for rheumatoid arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lorscheider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujeeb Ur-Rehman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Stolfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcb.26007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 296, pp.179-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529791v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-Step Rapid Diagnosis of Dopamine and Serotonin Metabolism Disorders</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Hautem</w:t>
+                <w:t xml:space="preserve">Hybrid Lipid Polymer Nanoparticles for Combined Chemo- and Photodynamic Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marline N’diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Vergnaud-Gauduchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.7b01008⟩</w:t>
+              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (9), pp.4045-4058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04423403v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04269472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of normal phase chromatographic conditions for lipid analysis and comparison of associated detection techniques</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigation of lipid modifications in J774 macrophages by vibrational spectroscopies after eicosapentaenoic acid membrane incorporation in unloaded and cholesterol-loaded cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Almar Al Assaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Allaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2017.07.063⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 199, pp.54 - 64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.01.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529765v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrospray mass spectrometry as a tool to characterize phospholipid composition of plant cakes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Danielle Libong</w:t>
+                <w:t xml:space="preserve">Optimization of classification and regression analysis of four monoclonal antibodies from Raman spectra using collaborative machine learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Maï Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balázs Kégl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gramfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Marini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejlt.201500345⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 184, pp.260-265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2018.02.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04529804v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative solvents for improving the greenness of normal phase liquid chromatography of lipid classes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of normal phase chromatographic conditions for lipid analysis and comparison of associated detection techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Thiébaut</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 1464, pp.55-63. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2016.07.083⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 1514, pp.54-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2017.07.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529781v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a semiquantitative non invasive characterisation of Tyrian purple dye composition: Convergence of UV–Visible reflectance spectroscopy and fast-high temperature-high performance liquid chromatography with photodiode array detection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marek Trojanowicz</w:t>
+                <w:t xml:space="preserve">Mycophenolate Mofetil and Rapamycin Induce Apoptosis in the Human Monocytic U937 Cell Line Through Two Different Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Tardivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Nguyen-Khoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Allaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2016.04.022⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (10), pp.3480-3487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcb.26007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02075707v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex-specific cardiac cardiolipin remodelling after doxorubicin treatment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Renée Ventura-Clapier</w:t>
+                <w:t xml:space="preserve">Single-Step Rapid Diagnosis of Dopamine and Serotonin Metabolism Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guibal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Doummar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hautem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Sex Differences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13293-015-0039-5⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (9), pp.5962 - 5972. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.7b01008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04351474v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of antileishmanial lipid nanocomplexes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Chaminade</w:t>
+                <w:t xml:space="preserve">Electrospray mass spectrometry as a tool to characterize phospholipid composition of plant cakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Buré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Yen-Nicolaÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Bardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2014.06.007⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 118 (9), pp.1282-1292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201500345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529815v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma distribution of tetraphenylporphyrin derivatives relevant for Photodynamic Therapy: Importance and limits of hydrophobicity.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bogdan I Iorga</w:t>
+                <w:t xml:space="preserve">A study of inter-species ion suppression in electrospray ionization-mass spectrometry of some phospholipid classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiro Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine El Banna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Tfaili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2012.09.015⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 408 (5), pp.1453-1465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-015-9245-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00798420v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative static curing versus dynamic curing on tablet coating structures</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alternative solvents for improving the greenness of normal phase liquid chromatography of lipid classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sassiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2013.06.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1464, pp.55-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2016.07.083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01631583v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric pressure photoionization as a powerful tool for large-scale lipidomic studies.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Brunelle</w:t>
+                <w:t xml:space="preserve">Towards a semiquantitative non invasive characterisation of Tyrian purple dye composition: Convergence of UV–Visible reflectance spectroscopy and fast-high temperature-high performance liquid chromatography with photodiode array detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catia Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Witold Nowik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Romani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Trojanowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The American Society for Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13361-012-0341-y⟩</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 926, pp.17-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2016.04.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00690894v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of electrospray ionization, atmospheric pressure chemical ionization and atmospheric pressure photoionization for a lipidomic analysis of Leishmania donovani.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sonia Abreu</w:t>
+                <w:t xml:space="preserve">Sex-specific cardiac cardiolipin remodelling after doxorubicin treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Veksler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renée Ventura-Clapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2012.04.035⟩</w:t>
+              <w:t xml:space="preserve">Biology of Sex Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13293-015-0039-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00705293v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04351474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive study of dynamic curing effect on tablet coating structure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Boiret</w:t>
+                <w:t xml:space="preserve">Development of antileishmanial lipid nanocomplexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.T.H. Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gueutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2012.04.006⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 107, pp.143-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2014.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01631586v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diprotonation process of meso-tetraphenylporphyrin derivatives designed for Photodynamic Therapy of cancers: From Multivariate Curve Resolution to predictive QSPR modeling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Maillard</w:t>
+                <w:t xml:space="preserve">Comparative static curing versus dynamic curing on tablet coating structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Fayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 453 (2), pp.448-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2013.06.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00630089v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Polyunsaturated Fatty Acids on Oxidized Low Density Lipoprotein-Induced U937 Cell Apoptosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sonia Abreu</w:t>
+                <w:t xml:space="preserve">Plasma distribution of tetraphenylporphyrin derivatives relevant for Photodynamic Therapy: Importance and limits of hydrophobicity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athena Kasselouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan I Iorga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Atherosclerosis and Thrombosis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 83, pp.244-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2012.09.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647197v2</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00798420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane lipidomics for the discovery of new antiparasitic drug targets.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Beugnet</w:t>
+                <w:t xml:space="preserve">Atmospheric pressure photoionization as a powerful tool for large-scale lipidomic studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Brunelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends Parasitol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pt.2011.07.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of The American Society for Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (5), pp.869-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13361-012-0341-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00636739v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00690894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time predictions of drug release and end point detection of a coating operation by in-line near infrared measurements</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparison of electrospray ionization, atmospheric pressure chemical ionization and atmospheric pressure photoionization for a lipidomic analysis of Leishmania donovani.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2011.09.036⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1242, pp.75-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2012.04.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801069v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00705293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Process Analytical Technology (PAT) for in-line monitoring of film thickness and mass of coating materials during a pan coating operation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+                <w:t xml:space="preserve">Comprehensive study of dynamic curing effect on tablet coating structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Cesar Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Tfayli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Boiret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loic Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejps.2011.04.017⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 81 (3), p. 657-665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2012.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01631589v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of phospholipid species affected by miltefosine action in Leishmania donovani cultures using LC-ELSD, LC-ESI/MS, and multivariate data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Libong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 402 (3), pp.1169-1182. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00216-011-5520-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MALDI-TOF and cluster-TOF-SIMS imaging of Fabry disease biomarkers.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Brunelle</w:t>
+                <w:t xml:space="preserve">Impact of Polyunsaturated Fatty Acids on Oxidized Low Density Lipoprotein-Induced U937 Cell Apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Tardivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenza Sayegrih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Atherosclerosis and Thrombosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18 (6), pp.494 - 503</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00124036v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647197v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liquid chromatography on porous graphitic carbon with atmospheric pressure photoionization mass spectrometry and tandem mass spectrometry for the analysis of glycosphingolipids</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">K. Gaudin</w:t>
+                <w:t xml:space="preserve">Diprotonation process of meso-tetraphenylporphyrin derivatives designed for Photodynamic Therapy of cancers: From Multivariate Curve Resolution to predictive QSPR modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kasselouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Quiameso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Touboul</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. P. Germain</w:t>
+                <w:t xml:space="preserve">Philippe Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 705, pp.306-314</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00082393v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00630089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric pressure photoionization coupled to porous graphitic carbon liquid chromatography for the analysis of globotriaosylceramides. Application to Fabry disease</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique P Germain</w:t>
+                <w:t xml:space="preserve">Membrane lipidomics for the discovery of new antiparasitic drug targets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Beugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jms.945⟩</w:t>
+              <w:t xml:space="preserve">Trends Parasitol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (11), pp.496-504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pt.2011.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00017292v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00636739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie Biologique Imagerie par spectrométrie de masse : un nouvel outil pour l'analyse de biopsies cutanées. Application à la maladie de Fabry.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Prognon</w:t>
+                <w:t xml:space="preserve">Development of a Process Analytical Technology (PAT) for in-line monitoring of film thickness and mass of coating materials during a pan coating operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 43 (4), pp.244-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2011.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00115180v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de l'imagerie par spectrométrie de masse pour l'analyse directe du globotriaosylcéramide et du galabiosylcéramide tissulaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-time predictions of drug release and end point detection of a coating operation by in-line near infrared measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Roy</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Manuel Pean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 421 (2), pp.237 - 243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2011.09.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00017264v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">MALDI-TOF and cluster-TOF-SIMS imaging of Fabry disease biomarkers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. P. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brunelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 260(2-3), pp.158-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijms.2006.09.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00124036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquid chromatography on porous graphitic carbon with atmospheric pressure photoionization mass spectrometry and tandem mass spectrometry for the analysis of glycosphingolipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Delobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. P. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1117(2), pp.154-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2006.03.083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00082393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atmospheric pressure photoionization coupled to porous graphitic carbon liquid chromatography for the analysis of globotriaosylceramides. Application to Fabry disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Delobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique P Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 41, pp.50-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jms.945⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00017292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imagerie Biologique Imagerie par spectrométrie de masse : un nouvel outil pour l'analyse de biopsies cutanées. Application à la maladie de Fabry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brunelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.P. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Prognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 64(, pp.328-334</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00115180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Near infrared spectroscopy and process analytical technology to master the process of busulfan paediatric capsules in a university hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Janoly-Dumenil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Paci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bourget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 41 (4), pp.1171-1178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpba.2006.02.049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apport de l'imagerie par spectrométrie de masse pour l'analyse directe du globotriaosylcéramide et du galabiosylcéramide tissulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Brunelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique P. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Laprévote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 21, N° spécial, pp.55-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00017264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The stenlying effect of high hydrostatic pressure on thermally and hydrolytically labile nanosized carriers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Brigger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Armand-Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madeleine Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Rigaldie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 20 (4), pp.674-683. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1023/A:1023267304096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00238466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6066,168 +6830,334 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data acquisition for analytical platforms: Automating scientific workflows and building an open database platform for chemical anlysis metadata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sana Tfaili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diem Bui Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Rafes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Tfayli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlette Baillet-Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chimiométrie XVII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Namur, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01423371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiral imines on the wave: reactivity of &amp;lt;em&amp;gt;tert&amp;lt;/em&amp;gt;-butyl acrylate and stereoselectivity determination using NMR in liquid crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Vandromme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lai Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Le Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Loupy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MOL2NET, International Conference on Multidisciplinary Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, SCIForum, France. pp.1-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/MOL2NET-1-a003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId246"/>
+      <w:footerReference w:type="default" r:id="rId278"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6374,51 +7304,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302818v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Lages" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ricotta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Ramos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c06156" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790016v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Abreu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lejeune" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle David" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaminade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;joelle Virolle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081560" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529256v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Nouwade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Dakroub" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124921" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272608v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dulermo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11061470" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157123v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujeeb Ur-Rehman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franceline Reynaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Lepetre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2023.06.031" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475936v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Pinheiro Do Nascimento" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tsapis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desma&#235;le" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2021.12.001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090347v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Kyoung Park" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Pires de Souza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Vidal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12081026" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689632v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dalloux-Chioccioli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2022.463093" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056575v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Joffre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338809" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148724v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.623919" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293065v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gendron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Lan Linh Tran" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laloy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brusini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rachet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13010091" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03119866v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02624260v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Thibessard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leblond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9060280" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892684v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiting Liang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongheng Xu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Cui" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qizhong Zhang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01399" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323659v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lorscheider" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Sim&#243;n-V&#225;zquez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guiblin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Ghermani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00237" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323608v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaudin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Stolfa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.01.015" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269472v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marline N&#8217;diaye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vergnaud-Gauduchon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Faure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00797" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484939v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almar Al Assaad" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Allaoui" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paul" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.01.122" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975523v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Ma&#239; Le" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs K&#233;gl" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nguyen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.02.109" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529791v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nowak" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Tardivel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen-Khoa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.26007" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04423403v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Doummar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rodriguez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hautem" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.7b01008" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529765v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.07.063" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529804v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bur&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Yen-Nicola&#255;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Bardeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Libong" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201500345" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7S0F7LGL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529781v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Prache" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sassiat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thi&#233;baut" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2016.07.083" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075707v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Clementi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Nowik" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Romani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cardon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Trojanowicz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2016.04.022" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MN0BKG5C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04351474v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Moulin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Veksler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Ventura-Clapier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13293-015-0039-5" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529815v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T.H. Pham" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gueutin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheron" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abreu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaminade" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2014.06.007" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798420v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chauvin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Kasselouri" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan I Iorga" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2012.09.015" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631583v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gendre" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Genty" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fayard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tfayli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boiret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.06.008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690894v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaudin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Imbert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brunelle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-012-0341-y" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705293v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.04.035" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLWL5TZR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar Da Silva" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2012.04.006" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630089v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kasselouri" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quiameso" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicolis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647197v2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Sayegrih" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636739v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Kerboeuf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beugnet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2011.07.002" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVJT3MJP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01801069v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Manuel Pean" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2011.09.036" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8JLD3D2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631589v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Julien" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Meunier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2011.04.017" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529826v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Imbert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ramos" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Libong" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loiseau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-5520-3" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BXMWKXCQ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124036v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Touboul" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Roy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P. Germain" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brunelle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2006.09.027" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBVW7F4Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082393v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delobel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gaudin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2006.03.083" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-24FMSNBF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017292v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delobel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaudin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P Germain" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.945" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T53MZNCV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115180v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Germain" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prognon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017264v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P. Germain" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lapr&#233;vote" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00238466v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Brigger" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Armand-Lefevre" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besnard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Rigaldie" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1023267304096" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FZM1M5R5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423371v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diem Bui Thi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Rafes" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet-Guffroy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302818v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Lages" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ricotta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Ramos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c06156" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328597v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Abreu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaminade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466058" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790016v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lejeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;joelle Virolle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081560" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782021v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gu&#233;rard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Askora" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14538" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529256v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Nouwade" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Dakroub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124921" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157123v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujeeb Ur-Rehman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franceline Reynaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Lepetre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2023.06.031" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528241v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Muhieddine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Fournier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2023.124314" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272608v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dulermo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11061470" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475936v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Pinheiro Do Nascimento" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tsapis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desma&#235;le" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2021.12.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090347v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Kyoung Park" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Pires de Souza" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Vidal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12081026" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689632v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dalloux-Chioccioli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2022.463093" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056575v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Joffre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338809" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148724v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.623919" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293065v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gendron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Lan Linh Tran" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laloy" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brusini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rachet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13010091" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03119866v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529912v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03618-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02624260v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Thibessard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leblond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9060280" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892684v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiting Liang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongheng Xu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Cui" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qizhong Zhang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01399" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323659v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lorscheider" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Sim&#243;n-V&#225;zquez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guiblin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Ghermani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00237" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323608v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaudin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Stolfa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.01.015" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269472v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marline N&#8217;diaye" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vergnaud-Gauduchon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Faure" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00797" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484939v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almar Al Assaad" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Allaoui" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.01.122" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975523v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Ma&#239; Le" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs K&#233;gl" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gramfort" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nguyen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2018.02.109" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529765v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.07.063" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529791v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nowak" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Tardivel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen-Khoa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.26007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04423403v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guibal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Doummar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rodriguez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hautem" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.7b01008" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529804v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bur&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Yen-Nicola&#255;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Bardeau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Libong" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201500345" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7S0F7LGL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529973v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine El Banna" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-015-9245-6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529781v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Prache" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sassiat" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thi&#233;baut" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2016.07.083" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79NFD87X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075707v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Clementi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Nowik" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Romani" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cardon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Trojanowicz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2016.04.022" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MN0BKG5C-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04351474v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Moulin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Veksler" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Ventura-Clapier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13293-015-0039-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529815v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T.H. Pham" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gueutin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheron" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abreu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaminade" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2014.06.007" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631583v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gendre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Genty" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Fayard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tfayli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boiret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.06.008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798420v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chauvin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Kasselouri" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan I Iorga" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2012.09.015" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690894v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaudin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Imbert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brunelle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13361-012-0341-y" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705293v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.04.035" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLWL5TZR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631586v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar Da Silva" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2012.04.006" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529826v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Imbert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ramos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Libong" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loiseau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-5520-3" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BXMWKXCQ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647197v2" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Sayegrih" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630089v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kasselouri" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quiameso" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicolis" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636739v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Kerboeuf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beugnet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2011.07.002" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVJT3MJP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631589v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Julien" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Meunier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2011.04.017" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01801069v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Manuel Pean" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2011.09.036" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8JLD3D2-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00124036v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Touboul" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Roy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P. Germain" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brunelle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2006.09.027" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TBVW7F4Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082393v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delobel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gaudin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2006.03.083" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-24FMSNBF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017292v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delobel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaudin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P Germain" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jms.945" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T53MZNCV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115180v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Germain" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prognon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666798v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Paris" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Janoly-Dumenil" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paci" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mercier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bourget" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2006.02.049" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T0V1VDW7-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017264v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P. Germain" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lapr&#233;vote" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00238466v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Brigger" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Armand-Lefevre" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besnard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Rigaldie" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1023267304096" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FZM1M5R5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01423371v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diem Bui Thi" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Rafes" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Baillet-Guffroy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314359v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vandromme" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Chen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lai Wei" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Bideau" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Loupy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/MOL2NET-1-a003" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>