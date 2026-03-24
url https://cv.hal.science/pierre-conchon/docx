--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -632,346 +632,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01830337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling process between solid-liquid extraction of amino acids by calixarenes and photocatalytic degradation</w:t>
+                <w:t xml:space="preserve">Photochemistry of mineral dust surface as a potential atmospheric renoxification process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Elsellami</w:t>
+                <w:t xml:space="preserve">M. Ndour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Chartron</w:t>
+                <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Vocanson</w:t>
+                <w:t xml:space="preserve">B. d'Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Conchon</w:t>
+                <w:t xml:space="preserve">O. Ka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Felix</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. George</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 166 (2-3), pp.1195-1200. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36, pp.224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2008.12.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2008gl036662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00431150v1</w:t>
+                <w:t xml:space="preserve">hal-00463256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photochemistry of mineral dust surface as a potential atmospheric renoxification process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling process between solid-liquid extraction of amino acids by calixarenes and photocatalytic degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Elsellami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ndour</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">V. Chartron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vocanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Ka</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 166 (2-3), pp.1195-1200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2008.12.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2008gl036662⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00463256v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00431150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photocatalytic oxidation of toluene at indoor air levels (ppbv): Towards a better assessment of conversion, reaction intermediates and mineralization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sleiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferronato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1037,302 +1037,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00430906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphase Chemistry of Ozone on Fulvic Acids Solutions</w:t>
+                <w:t xml:space="preserve">Photocatalytic degradation of organic pollutants in water and in air. An analytical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Brigante</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">F. Arsac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Chovelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ferronato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/es801539y⟩</w:t>
+              <w:t xml:space="preserve">Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (5-6), pp.722-725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2007.10.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00431173v1</w:t>
+                <w:t xml:space="preserve">hal-00474585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalytic degradation of organic pollutants in water and in air. An analytical approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiphase Chemistry of Ozone on Fulvic Acids Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bianchi</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">M. Brigante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. d'Anna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. George</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 28 (5-6), pp.722-725. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 42 (24), pp.9165-9170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2007.10.053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/es801539y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00474585v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00431173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iodosulfuron degradation by TiO2 photocatalysis: Kinetic and reactional pathway investigations.</w:t>
               </w:r>
@@ -1473,316 +1473,316 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring tree water content with a portable, unilateral magnet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">WoodSun : un projet collaboratif de science ouverte du GDR 3544 Sciences du Bois : la structure du bois agrandie en 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shannan Blystone</w:t>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Pagès</w:t>
+                <w:t xml:space="preserve">Cyril Bozonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé H. Cochard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yvan Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GERM 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Murol, France</w:t>
+              <w:t xml:space="preserve">12eme journées scientifiques du GDR Sciences du Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Limoges, Nov 2023, Limoges (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04133617v1</w:t>
+                <w:t xml:space="preserve">hal-04312119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WoodSun : un projet collaboratif de science ouverte du GDR 3544 Sciences du Bois : la structure du bois agrandie en 3D</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measuring tree water content with a portable, unilateral magnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Arnould</w:t>
+                <w:t xml:space="preserve">Shannan Blystone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Bozonnet</w:t>
+                <w:t xml:space="preserve">Guilhem Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé H. Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12eme journées scientifiques du GDR Sciences du Bois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Limoges, Nov 2023, Limoges (France), France</w:t>
+              <w:t xml:space="preserve">GERM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Murol, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04312119v1</w:t>
+                <w:t xml:space="preserve">hal-04133617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring tree water content in-situ with a portable, unilateral magnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shannan Blystone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé H. Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1820,77 +1820,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A portable and unilateral nmr device to measure tree water and locate conductive tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shannan Blystone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé H. Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2079,64 +2079,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Guth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boreave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. d'Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ferronato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2178,103 +2178,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couplage photocatalyse-complexants macrocycliques pour un traitement spécifique des effluents aqueux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Elsellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Vocanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lamartine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chartron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII Colloque National de la Recherche dans les IUT (CNR IUT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Brest, France. pp.170</w:t>
@@ -2348,77 +2348,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a agrandi la structure du bois en 3D : un projet collaboratif de science ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2598,51 +2598,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a agrandi la structure du bois en 3D : un projet collaboratif de science ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2710,77 +2710,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A portable and unilateral NMR device to measure tree water content and locate conductive tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shannan Blystone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé H. Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Conchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3038,51 +3038,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'embolie et la vulnérabilité des arbres à la sécheresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé H. Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3332,51 +3332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04967997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier T&#233;raube" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Agopian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Conchon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2025.112228" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764826v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-024-02575-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141908v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Santini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Berti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cartailler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpab018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garavillon Tournayre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gousset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gautier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Benoit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12646" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431150v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Elsellami" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chartron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vocanson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Conchon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Felix" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2008.12.033" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTMJQH1P-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463256v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ndour" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. d'Anna" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. George" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008gl036662" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430906v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sleiman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferronato" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Chovelon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2008.08.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8SN7Z7F8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431173v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brigante" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es801539y" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5D6V5DGW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474585v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arsac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bianchi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2007.10.053" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18HPC106-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131195v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sleiman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ferronato" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chovelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2006.09.012" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RF12JVGT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133617v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannan Blystone" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; H. Cochard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312119v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bozonnet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Duhamel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117301v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822545v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307759v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lemaire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quilichini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Souchal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297974v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guth" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boreave" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00374951v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vocanson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lamartine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312427v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruelle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889317v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lacroix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099989v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Badel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Viguier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822537v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834749v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901491v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www7.inra.fr/j2m/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800402v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Herbette" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tete Severien Barigah" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04967997v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier T&#233;raube" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Agopian" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Conchon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2025.112228" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764826v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cochard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-024-02575-w" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141908v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Santini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Berti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cartailler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpab018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garavillon Tournayre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gousset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gautier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Benoit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12646" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ndour" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Conchon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. d'Anna" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ka" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. George" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008gl036662" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431150v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Elsellami" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chartron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vocanson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Felix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2008.12.033" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BTMJQH1P-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430906v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sleiman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferronato" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Chovelon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2008.08.003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8SN7Z7F8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474585v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arsac" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bianchi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2007.10.053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18HPC106-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431173v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brigante" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es801539y" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5D6V5DGW-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131195v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sleiman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ferronato" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chovelon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2006.09.012" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RF12JVGT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312119v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bozonnet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Duhamel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133617v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannan Blystone" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; H. Cochard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117301v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822545v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307759v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lemaire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Quilichini" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Souchal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297974v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guth" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boreave" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00374951v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vocanson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lamartine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312427v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruelle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889317v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lacroix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moulia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099989v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Badel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Viguier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822537v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834749v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901491v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www7.inra.fr/j2m/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800402v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Herbette" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tete Severien Barigah" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>