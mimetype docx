--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -135,51 +135,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -303,3196 +303,3330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05467822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Powering Smart Orthopedic Implants Through Near-Field Resonant Inductive Coupling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Stindel</w:t>
+                <w:t xml:space="preserve">Ultimate power bound of electrodynamic wireless power transfer devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Recoquillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Electromagnetics, RF and Microwaves in Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JERM.2024.3406331⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389X261427835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04771030v1</w:t>
+                <w:t xml:space="preserve">hal-05561670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A low-power MCU-based MPPT architecture with a fast impedance measurement for broadband piezoelectric energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 39 (11), pp.14815-14826. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TPEL.2024.3434548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the robustness of electrodynamic WPT systems with hybrid electromechanical transduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Powering Smart Orthopedic Implants Through Near-Field Resonant Inductive Coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Decroix</w:t>
+                <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Gibus</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">Mélanie Descharles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Gauroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Yvinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Stindel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33 (2), pp.025002. </w:t>
+              <w:t xml:space="preserve">IEEE Journal of Electromagnetics, RF and Microwaves in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad1baa⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JERM.2024.3406331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04469280v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04771030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical design of 2-DOF piezoelectric cantilevers for vibration energy harvesting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Increasing the robustness of electrodynamic WPT systems with hybrid electromechanical transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adrien Morel</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Formosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enconman.2024.118852⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (2), pp.025002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad1baa⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04674735v1</w:t>
+                <w:t xml:space="preserve">hal-04469280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, Simulations and Tests of a Novel Force and Moments Sensor for Instrumented Knee Implants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analytical design of 2-DOF piezoelectric cantilevers for vibration energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Brulais</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Formosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TBME.2023.3289623⟩</w:t>
+              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 317, pp.118852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enconman.2024.118852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04181537v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance piezoelectric vibration energy harvesting by electrical resonant frequency tuning</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design, Simulations and Tests of a Novel Force and Moments Sensor for Instrumented Knee Implants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Burlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzy Rammouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saifeddine Aloui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brulais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 31 (12), pp.125012. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 70 (12), pp.3480-3489. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac9d74⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TBME.2023.3289623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03845270v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04181537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of electrical interfaces for tunable piezoelectric vibration energy harvesting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High performance piezoelectric vibration energy harvesting by electrical resonant frequency tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac54e8⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 31 (12), pp.125012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac9d74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03575992v1</w:t>
+                <w:t xml:space="preserve">hal-03845270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear losses study in strongly coupled piezoelectric device for broadband energy harvesting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">A comparative study of electrical interfaces for tunable piezoelectric vibration energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Lefeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 165, pp.108370. </w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108370⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ac54e8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335253v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03575992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extending the operating limits and performances of centimetre-scale wind turbines through biomimicry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Carré</w:t>
+                <w:t xml:space="preserve">Non-linear losses study in strongly coupled piezoelectric device for broadband energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Tabourot</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2022.119996⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 165, pp.108370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03953735v1</w:t>
+                <w:t xml:space="preserve">hal-03335253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast-Convergence Self-Adjusting SECE Circuit With Tunable Short-Circuit Duration Exhibiting 368% Bandwidth Improvement</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Extending the operating limits and performances of centimetre-scale wind turbines through biomimicry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émile Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tabourot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Solid-State Circuits Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LSSC.2020.3012340⟩</w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 326, pp.119996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2022.119996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02915548v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strongly coupled piezoelectric cantilevers for broadband vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Formosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 277, pp.115518. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apenergy.2020.115518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient optimal load and maximum output power determination for linear vibration energy harvesters with a two-measurement characterization method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Freychet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Frassati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29 (1), pp.015003. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-665X/ab516f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02382668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical optimization of piezoelectric acoustic power transfer systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast-Convergence Self-Adjusting SECE Circuit With Tunable Short-Circuit Duration Exhibiting 368% Bandwidth Improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Berlitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Freychet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P Gasnier</w:t>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Research Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2631-8695/abcb4a⟩</w:t>
+              <w:t xml:space="preserve">IEEE Solid-State Circuits Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, pp.222-225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSSC.2020.3012340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04905783v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-bandwidth piezoelectric energy harvesting with frequency-tuning synchronized electric charge extraction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Gasnier</w:t>
+                <w:t xml:space="preserve">Analytical optimization of piezoelectric acoustic power transfer systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Freychet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Frassati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2019.111759⟩</w:t>
+              <w:t xml:space="preserve">Engineering Research Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (4), pp.045022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2631-8695/abcb4a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348327v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04905783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistive and reactive loads’ influences on highly coupled piezoelectric generators for wideband vibrations energy harvesting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large-bandwidth piezoelectric energy harvesting with frequency-tuning synchronized electric charge extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ghislain Despesse</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-S. Yoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1045389x18810802⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 302, pp.111759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2019.111759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943612v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency tuning of piezoelectric energy harvesters thanks to a short-circuit synchronous electric charge extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Lefeuvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 28 (2), pp.025009. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-665X/aaf0ea⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances of a cm-scale water flow energy harvester in real environment for autonomous flowmeters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Saoutieff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Saoutieff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">Javier Ojer-Aranguren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rodot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1407, pp.012074. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04538236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Technologies for District Heating and Cooling: InDeal Project</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elise Saoutieff</w:t>
+                <w:t xml:space="preserve">Resistive and reactive loads’ influences on highly coupled piezoelectric generators for wideband vibrations energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grézaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/proceedings2019005001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389x18810802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03582665v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Shock-Optimized SECE Integrated Circuit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Monfray</w:t>
+                <w:t xml:space="preserve">Innovative Technologies for District Heating and Cooling: InDeal Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serafeim Moustakidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Meintanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicos Karkanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Halikias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Saoutieff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSSC.2018.2868299⟩</w:t>
+              <w:t xml:space="preserve">Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings2019005001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01879288v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03582665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aeroelastic flutter energy harvesters self-polarized by triboelectric effects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Despesse</w:t>
+                <w:t xml:space="preserve">A Shock-Optimized SECE Integrated Circuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Grézaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Monfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/aa8b1e⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 53 (12), pp.3420-3433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSSC.2018.2868299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278116v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-motion energy harvester for autonomous body area sensors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Aeroelastic flutter energy harvesters self-polarized by triboelectric effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Geisler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Willemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 26 (3), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/aa548a⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 27 (1), pp.014003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aa8b1e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02202417v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looped energy harvester for human motion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Human-motion energy harvester for autonomous body area sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Geisler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Willemin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Gobbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 26 (10), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/aa8918⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 26 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aa548a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02202411v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02202417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cm scale electret-based electrostatic wind turbine for low-speed energy harvesting applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Looped energy harvester for human motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Geisler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Willemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Geisler</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gobbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 25 (4), </w:t>
+              <w:t xml:space="preserve">, 2017, 26 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0964-1726/25/4/045015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/aa8918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02277753v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02202411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An electret-based aeroelastic flutter energy harvester</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">A cm scale electret-based electrostatic wind turbine for low-speed energy harvesting applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Willemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Geisler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0964-1726/25/4/045015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An electret-based aeroelastic flutter energy harvester</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. P Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Willemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0964-1726/24/3/035004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3502,185 +3636,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active Knee-Implant Supplied by Acoustic Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tacyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Coupet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Wireless Power Technology Conference and Expo (WPTCE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Rome, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WPTCE62521.2025.11062184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05165958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrodynamic Wireless Power Transfer Using Rotating Resonant Receiver With Highly Nonlinear Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Recoquillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3689,383 +3823,383 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE 23rd International Conference on Micro and Miniature Power Systems, Self-Powered Sensors and Energy Autonomous Devices (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Tonsberg, Norway. pp.227-230, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS63147.2024.10814293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batteryless piezoelectric sensor system for enhanced ski experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Caroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSI2024 - Smart Systems Integration Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Hambourg, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SSI63222.2024.10740548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05199241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetoelectric energy harvester and its power management circuit to regulate indoor air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzy Rammouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Araouzos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSI 2024 - 2024 Smart Systems Integration Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Hambourg, Germany. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSI63222.2024.10740512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04815428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless electrodynamic power transfer: modeling and discussion of a dual-mode receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4114,696 +4248,696 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PowerMEMS 2024 - IEEE 23rd International Conference on Micro and Miniature Power Systems, Self-Powered Sensors and Energy Autonomous Devices</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Tonsberg, Norway. pp.2-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS63147.2024.10814423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A low power and efficient microcontroller-based extraction circuit for HVAC applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rammouz Ramzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Araouzos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2023 - Journées Nationales sur la Récupération et le Stockage de l’Energie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04225959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced electromechanical coupling of piezoelectric beams through an innovative design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louison Tourtelier-Gallo</w:t>
+                <w:t xml:space="preserve">ENABLING IOT WIRELESS DISTANT CHARGING: 7.9-mW INTEGRATED POWER RECEIVER AT 30 CM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMART 2023 - 10th ECCOMAS Thematic Conference on Smart Structures and Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Salt Lake City (US), France. pp.311-312, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS56853.2022.10007586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04217777v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENABLING IOT WIRELESS DISTANT CHARGING: 7.9-mW INTEGRATED POWER RECEIVER AT 30 CM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">Power limits of electrodynamic wireless power transfer using piezoelectric materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume de Sainte Maresville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Dosol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">X ECCOMAS Thematic Conference on Smart Structures and Materials SMART 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Patras, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953842v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04139950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power limits of electrodynamic wireless power transfer using piezoelectric materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced electromechanical coupling of piezoelectric beams through an innovative design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louison Tourtelier-Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Charleux</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">X ECCOMAS Thematic Conference on Smart Structures and Materials SMART 2023</w:t>
+              <w:t xml:space="preserve">SMART 2023 - 10th ECCOMAS Thematic Conference on Smart Structures and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Patras, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139950v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistive Short-Circuit (RSC) strategy for wideband piezoelectric energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2023 - Journées Nationales sur la Récupération et le Stockage de l’Energie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04208959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">0.83-cm3 240-mW electrodynamic wireless power receiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4812,1063 +4946,1063 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Recoquillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2023 (Journées Nationales sur la Récupération et le Stockage de l’Energie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LIP6; C2N, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04174279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a vibration energy harvester with two close resonant frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Benhemou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WPW 2022 - IEEE Wireless Power Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.132-135, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853894⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03775628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal impedance calculation with a two-measurement MPPT algorithm for piezoelectric vibration harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power-MEMS 22 - The 21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Salt Lake City, United States. pp.62-65, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS56853.2022.10007581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04226845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative blade shape for micro wind turbines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émile Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tabourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WPW 2022 - IEEE 2022 Wireless Power Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.121-125, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9854036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing the robustness of electrodynamic wireless power receivers with hybrid transduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE Wireless Power Week Conference (WPW 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.146-150, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear modelling of strongly coupled piezoelectric harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258913v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly coupled hybrid transduction for lowfrequency electrodynamic wireless power transfer</w:t>
+                <w:t xml:space="preserve">Hybrid piezoelectric and electromagnetic receiver for low frequency electrodynamic wireless transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03760291v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid piezoelectric and electromagnetic receiver for low frequency electrodynamic wireless transmission</w:t>
+                <w:t xml:space="preserve">Highly coupled hybrid transduction for lowfrequency electrodynamic wireless power transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE) 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03760251v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct optimal resistance calculation MPPT algorithm for piezoelectric energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2021 - 10th National Days on Energy Harvesting and Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEA LETI; TIMA, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04247460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A strong electromechanically coupled and low-damped harvester for resonant frequency tuning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5876,1180 +6010,1180 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PowerMEMS 2021 - IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. pp.68-71, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">32.2 Self-Tunable Phase-Shifted SECE Piezoelectric Energy-Harvesting IC with a 30nW MPPT Achieving 446% Energy-Bandwidth Improvement and 94% Efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Augusto Berlitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.488-490, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9062972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic Mechanical Energy-Harvester IC with No Off-Chip Component and One Switching Period MPPT Achieving up to 95.9% End-to-End Efficiency and 460% Energy-Extraction Gain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Rummens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Solid- State Circuits Conference - (ISSCC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.490-492, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISSCC19947.2020.9063023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04523584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Versatile Through-Metal-Wall Acoustic Power and Data Transfer Solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.92321100357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04924112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a Magnetodynamic Receiver for Versatile Low-Frequency Wireless Power Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.71805306097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04921330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 120°C 20G-compliant vibration energy harvester for aeronautic environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Modelling and Characterization of a High-Efficiency, Cm-Scale and Low Velocity Airflow-Driven Harvester for Autonomous Wireless Sensor Nodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S. Boisseau</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Fayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pauliac-Vaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012118⟩</w:t>
+              <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.41031600279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350981v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04921472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and Characterization of a High-Efficiency, Cm-Scale and Low Velocity Airflow-Driven Harvester for Autonomous Wireless Sensor Nodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">A 120°C 20G-compliant vibration energy harvester for aeronautic environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">E. Pauliac-Vaujour</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Boucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gallardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Willemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.41031600279⟩</w:t>
+              <w:t xml:space="preserve">18th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Daytona Beach, United States. pp.012118, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04921472v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High electromechanical coupling of a broadband PZT-based vibration energy harvester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Piezoelectric Materials and Applications in Actuators (IWPMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cm-scale, low wind velocity and 250°C-compliant airflow- driven harvester for aeronautic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Willemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Goubault de Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PowerMEMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Daytona Beach, United States. pp.012071, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02347627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinearities influences on performances of a strongly-coupled piezoelectric generator for broadband vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7057,1122 +7191,1122 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Krakow, France. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.61547410359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly-coupled PZT-based vibration energy harvester for broadband applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th National Days on Energy Harvesting and Storage (JNRSE) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 30nA quiescent 80nW-to-14mW power-range shock-optimized SECE-based piezoelectric harvesting interface with 420% harvested-energy improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Grézaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Monfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Solid-State Circuits Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, San Francisco, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISSCC.2018.8310228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01736875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and design of highly coupled piezoelectric energy harvesters for broadband applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PowerMEMS 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Daytona Beach, United States. pp.012009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/1407/1/012009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02055654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short Circuit Synchronized Electric Charge Extraction (SC-SECE): a tunable interface for wideband vibration energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short Circuit Synchronous Electric Charge Extraction (SC-SECE) Strategy for Wideband Vibration Energy Harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Wanderoild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCAS 2018 - IEEE International Symposium on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Florence, Italy. pp.1-5, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2018.8351559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02013371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active AC/DC control for wideband piezoelectric energy harvesting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Grézaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/773/1/012059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01574297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electret-based aeroelastic harvester and its self-starting battery-free power management circuit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Willemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pourchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NEWCAS 2015 - IEEE 13th InternationalNew Circuits and Systems Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Grenoble, France. pp.1--4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NEWCAS.2015.7181988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Récupération d'Energie Biomécanique et Systèmes Autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Despesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Willemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Chaillout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">URSI - Journées Scientifiques 2014 - L'Homme connecté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00959773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8182,163 +8316,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Sensor Integration in Orthopedic Implants for Total Knee Arthroplasty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gasnier Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonglaton Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourcade Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rammouz Ramzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brulais Sébastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE SENSORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE; IEEE, pp.1-4, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS60989.2024.10784753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04851355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8348,424 +8482,424 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Frequency Range Electrodynamic Harvester Based on Frequency-Up Resonant Converter for Rotational Movements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Breal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andy Falda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">powerMEMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Tonsberg, Norway. pp.103-106, 2024, 2024 IEEE 23rd International Conference on Micro and Miniature Power Systems, Self-Powered Sensors and Energy Autonomous Devices (PowerMEMS). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS63147.2024.10814320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05200719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A low-power microcontroller-based power management circuit with a two-measurements MPPT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2022 - Journées Nationales sur la Récupération et le Stockage de l’Energie - 11th National Days on Energy Harvesting and Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04226741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient maximum power point tracking architecture for weakly coupled piezoelectric harvesters based on the source I-V curve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PowerMEMS 2021 - Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Exeter (Virtual event), United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IEEE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658370⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04226740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermediate layer to improve the performances and the frequency control of acoustic power transfer systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8787,132 +8921,132 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, online, China. 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04176908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric stack to increase the transmitted power of acoustic power transfer through metal walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8921,92 +9055,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">powerMEMS - The 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Online, China. , 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04277644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid piezoelectric and electromagnetic receiver for low frequency electrodynamic wireless transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9015,84 +9149,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE) 2021, Grenoble, June 2nd</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Visio, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04185822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9102,244 +9236,244 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric generator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Grezaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Pillonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US Patent App. 16/038,157. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03348328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Device for converting mechanical energy into electrical energy operating over an extended range of vibration frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US20210083601. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03255223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9349,114 +9483,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circuit de récupération d’énergie mécanique pour l’alimentation de capteurs communicants sans fil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micro et nanotechnologies/Microélectronique. Université de Grenoble, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014GRENT029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01292538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId240"/>
+      <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9524,51 +9658,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="695B9873"/>
+    <w:nsid w:val="9CC9A740"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9755,51 +9889,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-gasnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9082-6441" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467822v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ameye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Recoquill&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garraud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2026.101553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04771030v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Frassati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Descharles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gauroy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Yvinou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stindel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JERM.2024.3406331" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699929v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decroix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3434548" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469280v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad1baa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674735v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2024.118852" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04181537v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Burlet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Rammouz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saifeddine Aloui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brulais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2023.3289623" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845270v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac9d74" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lefeuvre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac54e8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335253v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108370" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953735v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Roux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tabourot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2022.119996" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915548v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quelen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berlitz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3012340" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961037v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.115518" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382668v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Freychet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Frassati" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab516f" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04905783v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boisseau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Garraud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gasnier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2631-8695/abcb4a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348327v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-S. Yoo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111759" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943612v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gr&#233;zaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Despesse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389x18810802" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943613v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aaf0ea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04538236v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Saoutieff" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojer-Aranguren" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012074" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03582665v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serafeim Moustakidis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Meintanis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicos Karkanias" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Halikias" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2019005001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879288v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quelen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Monfray" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2018.2868299" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278116v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Geisler" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willemin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despesse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa8b1e" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02202417v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa548a" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02202411v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gobbo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa8918" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277753v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/25/4/045015" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277684v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P Perez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Reboud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/24/3/035004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165958v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Freychet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tacyniak" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Coupet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPTCE62521.2025.11062184" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967702v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814293" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05199241v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Caroff" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gallardo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boutet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bailly" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI63222.2024.10740548" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04815428v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Araouzos" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI63222.2024.10740512" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867097v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814423" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04225959v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rammouz Ramzy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217777v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Tourtelier-Gallo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953842v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alessandri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007586" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139950v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Sainte Maresville" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dosol" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04208959v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04174279v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775628v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Benhemou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853894" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04226845v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007581" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779695v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9854036" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760301v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853971" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258913v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760291v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658332" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760251v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04247460v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513179v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658406" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915554v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062972" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523584v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rummens" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9063023" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924112v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Freychet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassati" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josselin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.92321100357" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921330v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garraud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alessandri" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arnold" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.71805306097" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350981v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boucaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallardo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012118" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921472v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fayer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pauliac-Vaujour" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.41031600279" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948282v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347627v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Goubault de Brugi&#232;re" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pillonnet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012071" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961063v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.61547410359" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948293v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736875v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC.2018.8310228" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055654v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gibus" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012009" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819770v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013371v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wanderoild" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351559" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574297v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/773/1/012059" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330034v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Willemin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pourchier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2015.7181988" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959773v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Willemin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Chaillout" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04851355v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gasnier Pierre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nonglaton Guillaume" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourcade Paul" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brulais S&#233;bastien" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS60989.2024.10784753" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05200719v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Breal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Falda" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814320" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04226741v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04226740v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ieeexplore.ieee.org/xpl/conhome/9658326/proceeding" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658370" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04176908v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658366" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04277644v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658389" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04185822v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348328v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Grezaud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255223v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01292538v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENT029" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-gasnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9082-6441" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467822v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ameye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Recoquill&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garraud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2026.101553" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561670v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X261427835" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699929v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decroix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2024.3434548" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04771030v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Frassati" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Descharles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gauroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Yvinou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Stindel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JERM.2024.3406331" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469280v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad1baa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674735v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Formosa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2024.118852" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04181537v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Burlet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Rammouz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saifeddine Aloui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brulais" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2023.3289623" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845270v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac9d74" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575992v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Lefeuvre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ac54e8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335253v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108370" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953735v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Carr&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Roux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tabourot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2022.119996" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961037v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.115518" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382668v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Freychet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Frassati" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ab516f" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915548v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quelen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Berlitz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gibus" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2020.3012340" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04905783v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boisseau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Garraud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Gasnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2631-8695/abcb4a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348327v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-S. Yoo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.111759" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943613v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aaf0ea" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04538236v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Saoutieff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojer-Aranguren" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rodot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012074" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943612v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gr&#233;zaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Despesse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389x18810802" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03582665v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serafeim Moustakidis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Meintanis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicos Karkanias" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Halikias" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2019005001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879288v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Quelen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Monfray" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSSC.2018.2868299" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278116v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Geisler" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Willemin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Despesse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa8b1e" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02202417v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa548a" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02202411v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gobbo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aa8918" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277753v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/25/4/045015" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277684v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P Perez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Reboud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/24/3/035004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165958v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Freychet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tacyniak" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Coupet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPTCE62521.2025.11062184" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967702v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814293" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05199241v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Caroff" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gallardo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boutet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bailly" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI63222.2024.10740548" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04815428v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Araouzos" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI63222.2024.10740512" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867097v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814423" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04225959v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rammouz Ramzy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953842v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alessandri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007586" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139950v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Sainte Maresville" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dosol" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217777v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Tourtelier-Gallo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04208959v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04174279v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775628v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Benhemou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853894" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04226845v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007581" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779695v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9854036" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760301v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853971" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258913v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760251v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760291v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658332" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04247460v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513179v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658406" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915554v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9062972" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523584v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Pillonnet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Rummens" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC19947.2020.9063023" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924112v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Freychet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassati" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josselin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.92321100357" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921330v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garraud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alessandri" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arnold" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.71805306097" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921472v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fayer" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pauliac-Vaujour" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.41031600279" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350981v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boucaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gallardo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012118" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948282v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347627v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Goubault de Brugi&#232;re" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pillonnet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012071" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961063v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.61547410359" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948293v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736875v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISSCC.2018.8310228" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055654v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Gibus" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1407/1/012009" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819770v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013371v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wanderoild" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2018.8351559" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574297v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/773/1/012059" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330034v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Willemin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pourchier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2015.7181988" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959773v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Willemin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Chaillout" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04851355v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gasnier Pierre" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nonglaton Guillaume" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourcade Paul" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brulais S&#233;bastien" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS60989.2024.10784753" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05200719v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Breal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Falda" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814320" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04226741v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04226740v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ieeexplore.ieee.org/xpl/conhome/9658326/proceeding" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658370" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04176908v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658366" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04277644v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658389" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04185822v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348328v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Grezaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255223v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01292538v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENT029" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>