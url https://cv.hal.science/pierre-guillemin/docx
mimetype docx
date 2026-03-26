--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1127,226 +1127,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04094676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RISQUES, ÉTUDES ET OBSERVATIONS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronologie de la transition vers l’alimentation locale dans quatre villes de l’Ouest : quels enseignements ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Darrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Hochedez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Guillermin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Riseo : risques études et observations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Économie rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 382, https://journals.openedition.org/economierurale/10718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/economierurale.10718⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03662785v1</w:t>
+                <w:t xml:space="preserve">hal-03934226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronologie de la transition vers l’alimentation locale dans quatre villes de l’Ouest : quels enseignements ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RISQUES, ÉTUDES ET OBSERVATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Guillermin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Économie rurale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Riseo : risques études et observations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.103-114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/economierurale.10718⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03934226v1</w:t>
+                <w:t xml:space="preserve">hal-03662785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique européenne de développement rural dans la mutation des systèmes légumiers et maraîchers normands</w:t>
               </w:r>
@@ -1479,77 +1479,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A composição social do território na constituição das Cestas de Bens e Serviços: o exemplo da estruturação local dos circuitos curtos de proximidades alimentares na França</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Darrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Pecqueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2107,51 +2107,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dernière exploitation maraîchère de Caen à l’épreuve de zonages contradictoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systèmes alimentaires / Food Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2017 (n°2), pp.243-253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3376,394 +3376,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04626390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food territorialisation by the means of cross-border cooperation: experiences from the Greater Region</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Noel</w:t>
+                <w:t xml:space="preserve">The current state of French rural geography: an institutional perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
+                <w:t xml:space="preserve">Thibaut Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Reckinger</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manon Tassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Madeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Margetic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disruptive borderlands. Unpacking the innovative potential of transbordering practices, imaginaries and policies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Luxembourg Institute of Socio-Economic Research, Sep 2024, Esch-sur-Alzette, Luxembourg</w:t>
+              <w:t xml:space="preserve">Celebrating a world of difference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Geographical Union, Aug 2024, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690652v1</w:t>
+                <w:t xml:space="preserve">hal-04683328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-construire un observatoire pour la transition alimentaire dans les Vosges. L’exemple d’un partenariat entre recherche et acteurs publics autour de l’alimentation locale</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Diana Daza-Gacha</w:t>
+                <w:t xml:space="preserve">Food territorialisation by the means of cross-border cooperation: experiences from the Greater Region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Clasquin</w:t>
+                <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Ribon</w:t>
+                <w:t xml:space="preserve">Rachel Reckinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASRDLF 60# - Territoires, Créativité et Innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF) et Pôle Européen d’Économie et de Gestion de l'Université de Strasbourg, Jun 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Disruptive borderlands. Unpacking the innovative potential of transbordering practices, imaginaries and policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Luxembourg Institute of Socio-Economic Research, Sep 2024, Esch-sur-Alzette, Luxembourg</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627843v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The current state of French rural geography: an institutional perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Co-construire un observatoire pour la transition alimentaire dans les Vosges. L’exemple d’un partenariat entre recherche et acteurs publics autour de l’alimentation locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Daza-Gacha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Clasquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ribon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Celebrating a world of difference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Geographical Union, Aug 2024, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">ASRDLF 60# - Territoires, Créativité et Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association de Science Régionale de Langue Française (ASRDLF) et Pôle Européen d’Économie et de Gestion de l'Université de Strasbourg, Jun 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04683328v1</w:t>
+                <w:t xml:space="preserve">hal-04627843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Systèmes de culture et commercialisation en circuits courts des légumes. Typologie des exploitations françaises méridionales en 2020.</w:t>
               </w:r>
@@ -3864,178 +3864,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04303650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crossing organic agriculture and short supply chains: evolution of the geography of transitional agriculture in France (2010-2020)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dimension socio-territoriale des transitions agri-alimentaires : effets de contexte et déterminations multiples.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rural Geographies in Transition - 3rd European Rural Geographies Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Groningen, Jun 2023, Groningen, Netherlands. pp.1-14</w:t>
+              <w:t xml:space="preserve">Séminaire du Pôle Rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de la Recherche en Sciences Humaines, Mar 2023, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04148204v1</w:t>
+                <w:t xml:space="preserve">hal-04094798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimension socio-territoriale des transitions agri-alimentaires : effets de contexte et déterminations multiples.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crossing organic agriculture and short supply chains: evolution of the geography of transitional agriculture in France (2010-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Pôle Rural</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison de la Recherche en Sciences Humaines, Mar 2023, Caen, France</w:t>
+              <w:t xml:space="preserve">Rural Geographies in Transition - 3rd European Rural Geographies Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Groningen, Jun 2023, Groningen, Netherlands. pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04094798v1</w:t>
+                <w:t xml:space="preserve">hal-04148204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observatoire des systèmes agri-alimentaires en transition à l'échelle d'un territoire (ReGATERR-OFALIM)</w:t>
               </w:r>
@@ -4103,51 +4103,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un demi-siècle d'agriculture en Grand-Est. Approche diachronique des recensements agricoles 1970-2020 à l'échelle départementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4179,260 +4179,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la résilience aux transitions, quelles gouvernances des ressources naturelles en liens à la planification alimentaire territoriale ? Le cas de deux PAT du Grand Est.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
+                <w:t xml:space="preserve">Les principes de l’agroécologie pour la conception et l’évaluation d’un système autonome et diversifié : l’expérimentation système ASTER Mirecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irène Mestre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emma Teillet</w:t>
+                <w:t xml:space="preserve">Claire Thiery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Durpoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">École Cherheurs Partenaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TETRAE, Oct 2023, Agde, France</w:t>
+              <w:t xml:space="preserve">Journée Agroécologie PAT Haute-Marne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Joinville, France. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04303590v1</w:t>
+                <w:t xml:space="preserve">hal-04174538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les principes de l’agroécologie pour la conception et l’évaluation d’un système autonome et diversifié : l’expérimentation système ASTER Mirecourt</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Puech</w:t>
+                <w:t xml:space="preserve">De la résilience aux transitions, quelles gouvernances des ressources naturelles en liens à la planification alimentaire territoriale ? Le cas de deux PAT du Grand Est.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Thiery</w:t>
+                <w:t xml:space="preserve">Emma Teillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Agroécologie PAT Haute-Marne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Joinville, France. 21 p</w:t>
+              <w:t xml:space="preserve">École Cherheurs Partenaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TETRAE, Oct 2023, Agde, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174538v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typologies des exploitations maraichère et légumière du Grand Est et d’Occitanie : des résultats au service d’ateliers participatifs dans DEFIBIO et TRANSAAT</w:t>
               </w:r>
@@ -4539,51 +4539,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La crise sanitaire : un analyseur pour un renouvellement de l'approche de la résilience des systèmes agricoles et alimentaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4591,51 +4591,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Teillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58e Colloque de l'ASRDLF " Transitions, gouvernance territoriale et solidarités"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
@@ -4664,51 +4664,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La crise sanitaire : un analyseur pour un renouvellement de l’approche de la résilience des systèmes agricoles et alimentaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Mestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Dermine-Brullot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4716,51 +4716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Teillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions, gouvernance territoriale et solidarités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association de Science Régionale de Langue Française, Jun 2022, Rennes, France</w:t>
@@ -4815,51 +4815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le temps des géographes/Time for geographers - Le Congrès du Centenaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Geographical Union; Comité National Français de Géographie; Université Paris 1 Panthéon Sorbonne, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4884,51 +4884,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde : Enseigner et faire de la géographie rurale aujourd’hui : une école caennaise ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5199,51 +5199,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flux alimentaires à l'échelle d'un bassin de vie et reconfiguration des filières agro-alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métabolisme des systèmes agricoles et alimentaires dans le continuum ville-hinterland (MOSAIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5337,51 +5337,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« I don’t want to sell only to dentists ! » Open-air markets in Caen: a socially diffenciated attendance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5514,51 +5514,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géographie des marchés immobiliers de maison et émergence de formes agricoles alternatives en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5691,51 +5691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Boisgallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions pour le développement des territoires (PDSR4)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Symposium PSDR 4, Oct 2020, Angers (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5924,90 +5924,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frises chronologiques de la gouvernance de la transition agricole et alimentaire dans 4 villes de l'Ouest de la France : quels enseignements ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Darrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Darrot</w:t>
+                <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Marie</w:t>
+                <w:t xml:space="preserve">Camille Hochedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Guillermin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6045,51 +6045,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les systèmes alimentaires territoriaux à l’épreuve des analyses de la consommation et de la distribution. Le cas des fruits et légumes à Caen, Grenoble, Lorient et Nantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6153,51 +6153,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décrire et comparer les systèmes alimentaires urbains : proposition d'un jeu d'indicateurs pour onze aires urbaines françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6278,51 +6278,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de la consommation alimentaire dans onze aires urbaines françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7487,51 +7487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Madeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La grande exploitation : formes et contours dans un nouvel âge du capitalisme agricole et des rapports villes-campagnes. Quels enjeux scientifiques et sociétaux ? - Journées Rurales 2018 - Commission de géographie rurale du CNFG / UMR LADYSS &amp; LAVUE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Nanterre, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7763,51 +7763,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Brouard--Sala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Valognes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Madeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8064,51 +8064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Pauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Seiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8249,77 +8249,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la différenciation sociale des pratiques alimentaires à la structuration locale des circuits courts de proximité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Darrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Pecqueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8387,51 +8387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Madeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Valerià Paül Carril; Rubén Camilo Lois González; Juan Manuel Trillo Santamaría; Fiona Haslam McKenzie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infinite Rural Systems in a Finite Planet : Bridging Gaps towards Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidade de Santiago de Compostella, pp.35-42, 2018, 978-84-16954-89-6</w:t>
@@ -8668,51 +8668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Boisgallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas social de Caen. De l’agglomération à la métropole ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8750,51 +8750,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cap à l’est : restructurations de la distribution alimentaire caennaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas social de Caen. De l'agglomération à la métropole ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, https://atlas-social-de-caen.fr/index.php?id=494</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8914,51 +8914,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Graby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas social de Caen. De l’agglomération à la métropole ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, https://atlas-social-de-caen.fr/index.php?id=326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9028,77 +9028,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OFALIM. Un observatoire numérique pour soutenir les Projets Alimentaires Territoriaux dans le développement des circuits courts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Daza-Gacha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Clasquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ribon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9198,51 +9198,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un local en terre/chanvre : des légumes bien conservés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Madeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9426,51 +9426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrae. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -9492,77 +9492,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les systèmes alimentaires urbains : flux alimentaires, systèmes d’acteurs et formes urbaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Darrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bodiguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10235,51 +10235,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04773727v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Allain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Muynck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Morel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Teixeira da Silva Siqueira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2024.2421977" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969539v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de la Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dv9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021883v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Amadou Sall" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadji Faye" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Kont&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Saqalli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13gk4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283414v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Autret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol106-art01" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04906361v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bermond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12x4d" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04519721v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.40955" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127735v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.245.0301" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329650v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094676v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.11231" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03662785v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934226v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Darrot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guillermin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.10718" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03792202v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836895v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-022-00176-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836946v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2022.v42.781" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934192v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Margetic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.21185" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03210243v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.045.0097" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02640791v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdg.4475" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269212v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mar&#233;chal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2019013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02413233v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsin&#233;e Andr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bedock" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bendali" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Beurier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.695.0869" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686404v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07196-9.p.0243" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565505v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Graby" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903583v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02012791v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Walker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00594999v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Torres" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reouven Elbaz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sassatelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bardouillet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17499-5_10" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-VC4VX14V-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00435746v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casel Pierrot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreews" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-3-S4-S3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391849v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Dermine-Brullot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wawrzyniak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05484420v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Dermine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Flegeau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Genini-Perrin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Noel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422797v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise, De La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Herm&#232;s" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422752v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04515582v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Puech" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Durpoix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Brunet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Foissy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626390v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Marchal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Harrburger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina Silvente" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galinat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690652v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Reckinger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627843v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Daza-Gacha" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Clasquin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ribon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683328v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Preux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tassel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Madeline" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303650v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesur-Dumoulin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04148204v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094798v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03967166v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03943239v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303590v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mestre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Teillet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174538v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thiery" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302128v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487277v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marty" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713886v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03732042v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701122v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pauchard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771401v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701150v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03390029v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03385369v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194768v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195607v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494004v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350721v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03334463v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195593v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boisgallais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02158734v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lariagon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02423909v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413167v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834314v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Guennoc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560101v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02088477v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595586v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595576v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595579v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00179776v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Champagne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruby B. Lee" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74735-2_20" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FF03CC5T-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00493940v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102755v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102783v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102846v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00353366v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01884436v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969557v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dve" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864176v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brouard--Sala" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valognes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508901v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Durville" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berthet Rambaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Subrin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3829/erlpc.gt84-fr" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457943v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3829/gt-gtprotinstab-fr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948441v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Seiller" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Uhel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329810v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100005990" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03182861v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01962897v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00109765v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11847083_44" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-HBPVWJWG-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816025v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816018v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816022v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816029v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408618v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03585119v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195880v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01826915v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04881946v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987347v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Saleilles" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927952v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03121125v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020NORMC024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055552v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162798v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02384113v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04773727v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Allain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Muynck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Morel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Teixeira da Silva Siqueira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2024.2421977" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969539v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de la Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dv9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021883v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Amadou Sall" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadji Faye" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Kont&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Saqalli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13gk4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05283414v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Autret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol106-art01" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04906361v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bermond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12x4d" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04519721v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.40955" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174091v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04127735v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.245.0301" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329650v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094676v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.11231" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Darrot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Marie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hochedez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Guillermin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.10718" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03662785v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03792202v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836895v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-022-00176-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836946v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37370/raizes.2022.v42.781" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934192v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Margetic" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.21185" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03210243v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.045.0097" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02640791v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdg.4475" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02269212v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Mar&#233;chal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2019013" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02413233v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsin&#233;e Andr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bedock" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Bendali" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bernard de Raymond" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Beurier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.695.0869" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686404v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07196-9.p.0243" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565505v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Graby" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903583v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02012791v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Walker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00594999v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Torres" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reouven Elbaz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sassatelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bardouillet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17499-5_10" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-VC4VX14V-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00435746v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casel Pierrot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moreews" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1753-6561-3-S4-S3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05391849v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Dermine-Brullot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wawrzyniak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05484420v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Dermine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Flegeau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Genini-Perrin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Noel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422797v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise, De La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Herm&#232;s" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422752v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Baysse-Lain&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04515582v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Puech" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Durpoix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Brunet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Foissy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626390v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Marchal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Harrburger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina Silvente" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galinat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683328v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Preux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tassel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Madeline" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690652v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Reckinger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627843v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Daza-Gacha" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Clasquin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ribon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303650v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesur-Dumoulin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094798v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04148204v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03967166v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03943239v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174538v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thiery" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303590v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mestre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Teillet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302128v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487277v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marty" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713886v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03732042v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701122v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pauchard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771401v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701150v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03390029v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03385369v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194768v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195607v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03494004v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350721v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03334463v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195593v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boisgallais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02158734v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Lariagon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02423909v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413167v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834314v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Guennoc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560101v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02088477v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595586v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595576v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595579v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00179776v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Champagne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruby B. Lee" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74735-2_20" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-FF03CC5T-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00493940v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102755v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102783v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00102846v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00353366v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01884436v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969557v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dve" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01864176v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brouard--Sala" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valognes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508901v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Durville" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berthet Rambaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Subrin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3829/erlpc.gt84-fr" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457943v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3829/gt-gtprotinstab-fr" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948441v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Seiller" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Uhel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329810v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100005990" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03182861v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01962897v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00109765v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11847083_44" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-HBPVWJWG-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816025v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816018v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816022v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816029v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05408618v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03585119v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03195880v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01826915v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04881946v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987347v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bodiguel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Saleilles" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01927952v2" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03121125v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020NORMC024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04055552v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162798v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02384113v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>