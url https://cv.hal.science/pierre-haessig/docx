--- v0 (2026-03-06)
+++ v1 (2026-03-07)
@@ -660,550 +660,550 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convexité du coût annualisé des systèmes énergétiques avec une durée de vie dépendant de l'usage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HackuLoop - An open-science project to create open-source real-time Hardware-In-The-Loop micro-grid systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalie Alchami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique (SGE) 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05144507v1</w:t>
+                <w:t xml:space="preserve">hal-05222887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microgrid optimal sizing integrating usage-dependent components lifetime into a MILP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
+                <w:t xml:space="preserve">Convex Nonlinear Battery Aging Model for Microgrid Sizing Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Sourisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Guéguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE PowerTech 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IEEE PES, Jun 2025, Kiel, Germany. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180567⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05163524v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05056219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HackuLoop - An open-science project to create open-source real-time Hardware-In-The-Loop micro-grid systems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microgrid optimal sizing integrating usage-dependent components lifetime into a MILP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Gaillard</w:t>
+                <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Sadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE PowerTech 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE PES, Jun 2025, Kiel, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05222887v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05163524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex Nonlinear Battery Aging Model for Microgrid Sizing Optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convexité du coût annualisé des systèmes énergétiques avec une durée de vie dépendant de l'usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Sourisse</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Elsy El Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Fructhieu Armand Delwende Nikiema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE PowerTech 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Électrique (SGE) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05056219v1</w:t>
+                <w:t xml:space="preserve">hal-05144507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal microgrid sizing: impact of anticipative (i.e. perfect foresight) operation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Openmod Grenoble workshop 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1228,77 +1228,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du dimensionnement de micro-réseaux isolés avec stockage saisonnier d'hydrogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Gueguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1330,269 +1330,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Impact of Uncertainties on the Techno-Economic Performance of Microgrids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Modélisation des microréseaux : quelles architectures de code pour quelles fonctions ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelise De Godoy Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Electricity Distribution (CIRED)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Électrique (SGE) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L2EP, Jul 2023, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225363v1</w:t>
+                <w:t xml:space="preserve">hal-04277373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des microréseaux : quelles architectures de code pour quelles fonctions ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the Impact of Uncertainties on the Techno-Economic Performance of Microgrids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy El Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique (SGE) 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th International Conference on Electricity Distribution (CIRED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Roma, Italia, Italy. Paper n° 10762, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/icp.2023.1147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04277373v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04225363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical Grid Flexibility via Heat Pump and Thermal Storage Control</w:t>
               </w:r>
@@ -1829,103 +1829,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards avoiding microgrid design failures arising from an unrealistic operating strategy: an anticipative White Box model versus a responsive Black Box model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeunes Chercheurs en Génie Électrique (JCGE22)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Le Croisic, France</w:t>
@@ -1948,164 +1948,121 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03702973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling for control of Multi Energy Systems based on a physical description in Modelica: application to a city district</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Convex Storage Loss Modeling for Optimal Energy Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Faille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Virtual Workshop on Energy Management in Smart Cities</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PowerTech 2021 (on line)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Madrid, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech46648.2021.9494786⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03946480v1</w:t>
+                <w:t xml:space="preserve">hal-03032241v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solar home 2020 : enrichissement du benchmark open source de gestion d'énergie avec entrées incertaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2147,81 +2104,81 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Électrique (SGE 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-based Method to Simplify Complex Multi-Energy Modelica Models</w:t>
+                <w:t xml:space="preserve">Modeling for control of Multi Energy Systems based on a physical description in Modelica: application to a city district</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy El Feghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sandou</w:t>
@@ -2252,160 +2209,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Faille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Modelica Conference 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Virtual Workshop on Energy Management in Smart Cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Pilani, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3384/ecp21181577⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03408376v1</w:t>
+                <w:t xml:space="preserve">hal-03946480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex Storage Loss Modeling for Optimal Energy Management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy-based Method to Simplify Complex Multi-Energy Modelica Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joy El Feghali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sandou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Faille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerTech 2021 (on line)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Madrid, Spain. </w:t>
+              <w:t xml:space="preserve">14th Modelica Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Linköping, Sweden. pp.577-585, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PowerTech46648.2021.9494786⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3384/ecp21181577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03032241v2</w:t>
+                <w:t xml:space="preserve">hal-03408376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic modelled grid outage effect on home Energy Management</w:t>
               </w:r>
@@ -2913,338 +2913,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01587183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability Criterion for Voltage Stability Study of Distributed Generators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet du pas de temps sur la simulation d'un système éolien-stockage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Haessig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Cosson</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC workshop on Control of Transmission and Distribution Smart-Grids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01402205v1</w:t>
+                <w:t xml:space="preserve">hal-01361555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du pas de temps sur la simulation d'un système éolien-stockage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability Criterion for Voltage Stability Study of Distributed Generators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFAC workshop on Control of Transmission and Distribution Smart-Grids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Prague, Czech Republic. pp.047-053, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.10.718⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361555v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critère de stabilité analytique pour les régulations locales de tension des producteurs décentralisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guéguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Dumur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Stoica Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
@@ -3407,51 +3407,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy Storage Control with Aging Limitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Multon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3492,256 +3492,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing an Optimal Control Policy for an Energy Storage</w:t>
+                <w:t xml:space="preserve">Quelle importance du choix de la loi de gestion pour dimensionner un système de stockage d'énergie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lascaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th European Conference on Python in Science (EuroSciPy 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bruxelles, Belgium. pp.51-58</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00988072v1</w:t>
+                <w:t xml:space="preserve">hal-01065158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle importance du choix de la loi de gestion pour dimensionner un système de stockage d'énergie ?</w:t>
+                <w:t xml:space="preserve">Computing an Optimal Control Policy for an Energy Storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Kovaltchouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lascaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+              <w:t xml:space="preserve">6th European Conference on Python in Science (EuroSciPy 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bruxelles, Belgium. pp.51-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065158v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00988072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aging-aware NaS battery model in a stochastic wind-storage simulation framework</w:t>
               </w:r>
@@ -3753,51 +3753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4273,77 +4273,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to enforce non-anticipativity in microgrid sizing optimization ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Openmod Grenoble workshop 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4381,77 +4381,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which optimization “ﬂavor” for sizing Microgrid energy systems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelise De Godoy Antunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Julia and Optimization Days 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4547,51 +4547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judicael Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technique de l’Ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.BE8100, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4755,77 +4755,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convexity of the annualized cost of energy systems with usage-dependent component lifetimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Haessig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy El Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fructhieu Armand Delwende Nikiema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Sadou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5718,51 +5718,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8C191A88"/>
+    <w:nsid w:val="A5BA07E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5866,51 +5866,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="7422C47D"/>
+    <w:nsid w:val="49AF61AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6100,51 +6100,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-haessig" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8016-8978" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182492583" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510877v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kordonis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros C. Charalampidis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haessig" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2830" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367535v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse James Arthur Prince Agbodjan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourdais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gu&#233;guen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacsc.2021.100168" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863901v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Multon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lascaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bondon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.1680" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy El Sayegh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Armand Delwende Nikiema" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Sadou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163524v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Nikiema" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180567" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05222887v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Lavado Villa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalie Alchami" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rossi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056219v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sourisse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180687" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543597v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622788v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gueguen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225363v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruschi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jacquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2023.1147" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277373v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelise De Godoy Antunes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03750044v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy El Feghali" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sandou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faille" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.08.053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370004v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelise de Godoy Antunes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyun Wang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Chouhy Leborgne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGT-Europe54678.2022.9960498" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702973v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nasr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03946480v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366746v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03408376v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ecp21181577" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032241v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech46648.2021.9494786" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02954841v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse-James Prince Agbodjan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCTA41146.2020.9206157" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02299000v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse-James Prince A." TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.08.242" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981871v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912767v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyang Zhao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xifan Wang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cieec.2017.8388434" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01402205v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cosson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dumur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Stoica Maniu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.10.718" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361555v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361607v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382560v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chatel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Abreu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147369v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PTC.2015.7232683" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Kovaltchouk" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065158v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jamy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PTC.2013.6652505" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674833v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Aubry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jaouen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095956v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kinsy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusan Majstorovic" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Poon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Celanovic" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095964v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Celanovic" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Carroll" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Katic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543567v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233749v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503416v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052473v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097092v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287247v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966655v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701587v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587466v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256686v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178663v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01126946v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014DENS0030" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-03602684v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01830248v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Besson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-haessig" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8016-8978" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182492583" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510877v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kordonis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros C. Charalampidis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haessig" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2830" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367535v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse James Arthur Prince Agbodjan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourdais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gu&#233;guen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacsc.2021.100168" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863901v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Multon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lascaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bondon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/we.1680" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05222887v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Lavado Villa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalie Alchami" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gaillard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rossi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056219v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sourisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Sadou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180687" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Nikiema" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180567" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144507v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy El Sayegh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fructhieu Armand Delwende Nikiema" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543597v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622788v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gueguen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277373v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelise De Godoy Antunes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225363v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruschi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jacquet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2023.1147" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03750044v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy El Feghali" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sandou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faille" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.08.053" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370004v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelise de Godoy Antunes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyun Wang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Chouhy Leborgne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGT-Europe54678.2022.9960498" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702973v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nasr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032241v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech46648.2021.9494786" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366746v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03946480v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03408376v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3384/ecp21181577" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02954841v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse-James Prince Agbodjan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCTA41146.2020.9206157" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02299000v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse-James Prince A." TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.08.242" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981871v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912767v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587183v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyang Zhao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xifan Wang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cieec.2017.8388434" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361555v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01402205v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cosson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dumur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Stoica Maniu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.10.718" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361607v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382560v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chatel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Abreu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147369v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PTC.2015.7232683" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065158v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988072v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Kovaltchouk" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863903v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jamy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PTC.2013.6652505" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674833v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moine" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Aubry" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Jaouen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095956v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kinsy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusan Majstorovic" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Poon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Celanovic" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095964v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Celanovic" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Carroll" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Katic" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543567v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233749v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095932v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503416v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052473v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097092v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287247v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966655v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701587v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587466v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256686v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Benech" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178663v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01126946v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014DENS0030" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-03602684v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01830248v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Besson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>