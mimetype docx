--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,3240 +66,3240 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Generative Articulated Neural Fields to multiple identities and poses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Loranchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Boukhayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Regateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGA 2025 - Next Generation Avatar Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Quentin Avril; Ludovic Hoyet; Franck Multon; Victoria Abrevaya, Mar 2025, Saint-Malo, France. pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implicit Shape Avatar Generalization across Pose and Identity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Loranchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Boukhayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Regateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurographics 2025 - 46th Annual Conference of the European Association for Computer Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Londres, United Kingdom. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/egs.20251049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NIPIG: Neural Implicit Avatar Conditioned on Human Pose, Identity and Gender</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Loranchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Boukhayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Regateiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CVMP 2025 - 22nd ACM SIGGRAPH European Conference on Visual Media Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Londres, United Kingdom. pp.1-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3756863.3769702⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05308674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Style-Based GAN Encoder for High Fidelity Reconstruction of Images and Videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alasdair Newson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference on Computer Vision (ECCV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Tel Aviv, Israel. pp.581-597</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04559397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Latent Transformer for Disentangled Face Editing in Images and Videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alasdair Newson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internationale Conference on Computer Vision (ICCV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Virtual, France. pp.13789-13798</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04559352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High resolution face age editing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Yao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alasdair Newson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Puy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on pattern recognition (ICPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Milan (Italie), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04559377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Split and Match: Example-based Adaptive Patch Sampling for Unsupervised Style Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriel Frigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neus Sabater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Conference on Computer Vision and Pattern Recognition (CVPR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Las Vegas, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280818v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motion driven tonal stabilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriel Frigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neus Sabater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Québec, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIP.2015.7351429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01256874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stabilisation tonale de vidéos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriel Frigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neus Sabater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01256950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MRI-free neuronavigation for transcranial magnetic stimulation in severe depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Combès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICCAI Workshop on Mesh Processing in Medical Image Analysis (MeshMed'2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Canada. pp.29-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00633573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intraoperative ultrasonography for the correction of brainshift based on the matching of hyperechogenic structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Rotterdam, Netherlands. pp.1405 - 1408, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI.2010.5490261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00515405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Anthropomorphic Polyvinyl Alcohol Triple-Modality Brain Phantom based on Colin27</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Jy-Shyang Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Gauvrit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDICAL IMAGE COMPUTING AND COMPUTER-ASSISTED INTERVENTION – MICCAI 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Pekin, China. pp.92-100, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-15745-5_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00535810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une plateforme logicielle de neurochirurgie assistée par l'image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Gauvrit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société de Neurochirurgie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuchi.2010.10.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00537591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation de la précision d'une méthode de recalage automatique échographie 3D intra-opératoire - IRM pré-opératoire en neurochirurgie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Henaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Haegelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société de Neurochirurgie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00537593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bayesian Non Local Means-Based Speckle filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Kervrann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging: From Nano to Macro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00283477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acoustic shadows detection, application to accurate reconstruction of 3D intraoperative ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Louis Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging: From Nano to Macro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00283473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Image Guidance in neurosurgical procedures, the &amp;quot;VISAGES&amp;quot; point of view</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th IEEE International Symposium on Biomedical Imaging: From Nano to Macro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Arlington, United States. pp.1056-1059, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI.2007.357037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00152147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A PROBABILISTIC OBJECTIVE FUNCTION FOR 3D RIGID REGISTRATION OF INTRAOPERATIVE US AND PREOPERATIVE MR BRAIN IMAGES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging: From Nano to Macro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE Signal Processing Society (SPS) and the IEEE Engineering in Medicine and Biology Society (EMBS), Apr 2007, Washington DC, USA, United States. pp.1320-1323, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI.2007.357103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00147025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restoration of 3D medical images with total variation scheme on wavelet domains (TVW)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SPIE Medical Imaging: Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2006, San Diego, CA, pp.465-473</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00001159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D Freehand Ultrasound Reconstruction based on Probe Trajectory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noura Azzabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th International Conference on Medical Image Computing and Computer-Assisted Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Palm Springs, USA, pp.597-604, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/11566465_74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00131284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">STREM: a robust multidimensional parametric method to segment MS lesions in MRI.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure S. Aït-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Carsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Edan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MICCAI 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Palm Springs, United States. pp.409-16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/11566465_51⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00137568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inter-subject Registration of Functional and Anatomical Data Using SPM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Ashburner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl J. Friston</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medical Image Computing and Computer-Assisted Intervention (MICCAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Japan. pp.590-597, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/3-540-45787-9_74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00773052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non rigid registration in neuroimaging: from a retrospective evaluation of global approaches to new advances in local and hybrid methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE ISBI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Arlington, United States. pp.469 - 472, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI.2002.1029296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00773072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retrospective Evaluation of Inter-subject Brain registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Le Goualher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Int. Conf. on Medical Image Computing and Computer-Assisted Intervention (MICCAI'01)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Utrecht, The Netherlands, Netherlands. pp.258--265</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00615678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-linear local registration of functional data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medical Image Computing and Computer-Assisted Intervention (MICCAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, Netherlands. pp.948-956, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/3-540-45468-3_113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00773104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D-Garment: Physics-Conditioned Latent Diffusion for Dynamic Garment Deformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Boukhayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Boissieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bharath Bhushan Damodaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Boukhayma</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027298v1</w:t>
-              </w:r>
-[...3059 lines deleted...]
-                <w:t xml:space="preserve">inria-00615678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3311,343 +3311,343 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UnderPressure: Deep Learning for Foot Contact Detection, Ground Reaction Force Estimation and Footskate Cleanup</w:t>
+                <w:t xml:space="preserve">A Survey on Deep Learning for Skeleton‐Based Human Animation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Hoyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Le Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Schnitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.14635⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 41 (1), pp.122-157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.14426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03865772v1</w:t>
+                <w:t xml:space="preserve">hal-03468599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey on Deep Learning for Skeleton‐Based Human Animation</w:t>
+                <w:t xml:space="preserve">UnderPressure: Deep Learning for Foot Contact Detection, Ground Reaction Force Estimation and Footskate Cleanup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Hoyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Le Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 41 (1), pp.122-157. </w:t>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cgf.14426⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cgf.14635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03468599v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Video Style Transfer by Consistent Adaptive Patch Sampling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriel Frigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neus Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Visual Computer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3681,90 +3681,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion Driven Tonal Stabilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriel Frigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neus Sabater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 25 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3811,90 +3811,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An anthropomorphic polyvinyl alcohol brain phantom based on Colin27 for use in multimodal imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Jy-Shyang Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Gauvrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 39 (1), pp.554-561. </w:t>
@@ -3932,90 +3932,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Rigid Registration of Intraoperative Ultrasound and Preoperative MR Brain Images based on Hyperechogenic Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biomedical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.53131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4040,51 +4040,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Informatique et médecine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DocSciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4103,371 +4103,371 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00536584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of standard coil positioning in transcranial magnetic stimulation in depression</w:t>
+                <w:t xml:space="preserve">Real time ultrasound image denoising</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Nauczyciel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Fernanda Palhano Xavier de Fontes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Andrade Barroso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11554-010-0158-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2010.06.012⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00535787v1</w:t>
+                <w:t xml:space="preserve">inria-00476122v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time ultrasound image denoising</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of standard coil positioning in transcranial magnetic stimulation in depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Nauczyciel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernanda Palhano Xavier de Fontes</w:t>
+                <w:t xml:space="preserve">Sophie Blestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Andrade Barroso</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dominique Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, </w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 186 (2-3), pp.232-238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11554-010-0158-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2010.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00476122v2</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00535787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An automatic geometrical and statistical method to detect acoustic shadows in intraoperative ultrasound brain images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Morandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Louis Collins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Image Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 14 (2), pp.195-204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4495,481 +4495,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00432724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlocal means-based speckle filtering for ultrasound images.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comparison of piece-wise linear, linear, and nonlinear atlas-to-patient warping techniques: Analysis of the labeling of subcortical nuclei for functional neurosurgical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chakravarty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abbas F. Sadikot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Germann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIP.2009.2024064⟩</w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30 (11), pp.3574-3595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hbm.20780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00428524v2</w:t>
+                <w:t xml:space="preserve">inria-00536372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of 14 nonlinear deformation algorithms applied to human brain MRI registration.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nonlocal means-based speckle filtering for ultrasound images.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Kervrann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 46 (3), pp.786-802. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 18 (10), pp.2221-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2008.12.037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIP.2009.2024064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00360790v2</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00428524v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of piece-wise linear, linear, and nonlinear atlas-to-patient warping techniques: Analysis of the labeling of subcortical nuclei for functional neurosurgical applications</w:t>
+                <w:t xml:space="preserve">Evaluation of 14 nonlinear deformation algorithms applied to human brain MRI registration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chakravarty</w:t>
+                <w:t xml:space="preserve">Arno Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abbas F. Sadikot</w:t>
+                <w:t xml:space="preserve">Jesper Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jürgen Germann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Hellier</w:t>
+                <w:t xml:space="preserve">Babak A. Ardekani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Ashburner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Bertrand</w:t>
+                <w:t xml:space="preserve">Brian Avants</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 30 (11), pp.3574-3595. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 46 (3), pp.786-802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hbm.20780⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2008.12.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00536372v1</w:t>
+                <w:t xml:space="preserve">inserm-00360790v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TMS and neuronavigation in treatment of depression: a view into the future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Nauczyciel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Le Garzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5024,51 +5024,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerating 3D Non-Rigid Registration using Graphics Hardware</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Image and Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 8 (1), pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5093,103 +5093,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Wavelet Sub-Bands Mixing for Image Denoising</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Kervrann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biomedical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 2008 (Article ID 590183), pp.590183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5217,325 +5217,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00332001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuronavigation pour la stimulation magnétique transcranienne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">An optimized blockwise nonlocal means denoising filter for 3-D magnetic resonance images.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Yger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Kervrann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interstices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 27 (4), pp.425-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMI.2007.906087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01350377v1</w:t>
+                <w:t xml:space="preserve">inserm-00169658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optimized blockwise nonlocal means denoising filter for 3-D magnetic resonance images.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Neuronavigation pour la stimulation magnétique transcranienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Nauczyciel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Blonz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interstices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00169658v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01350377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probe Trajectory Interpolation for 3D Reconstruction of Freehand Ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Coupé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Image Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5573,51 +5573,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A low dimensional fluid motion estimator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cuzol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Mémin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5677,64 +5677,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Temporal Calibration Method for 3D Ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5772,90 +5772,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative evaluation of three calibration methods for 3-D freehand ultrasound.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marloes Mj Letteboer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiro J. Niessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 25 (11), pp.1492-501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5883,376 +5883,376 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00140890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medical Image Computing and Computer-Assisted Intervention: Editorial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">A selection of papers from MICCAI 2004: the marriage of data and prior information.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David R. Haynor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Academic Radiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 12 (10), pp.1229-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.acra.2005.06.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00136525v1</w:t>
+                <w:t xml:space="preserve">inserm-00136461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confhusius: A robust and fully automatic calibration method for 3D freehand ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Image Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 9 (1), pp.25-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00136520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A selection of papers from MICCAI 2004: the marriage of data and prior information.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Medical Image Computing and Computer-Assisted Intervention: Editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R. Haynor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academic Radiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 9 (5), pp.411-412</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">inserm-00136461v1</w:t>
+                <w:t xml:space="preserve">inserm-00136525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel parametric method for non-rigid image registration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cuzol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Mémin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6290,64 +6290,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hierarchical parametric algorithm for deformable multimodal image registration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 75 (2), pp.107-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6387,722 +6387,722 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00536377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective evaluation of intersubject brain registration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Interindividual functional mapping: a nonlinear local approach.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 19 (4), pp.1337-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1053-8119(03)00158-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMI.2003.816961⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00536383v1</w:t>
+                <w:t xml:space="preserve">inserm-00770972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling dense and landmark-based approaches for non rigid registration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Robust multiscale deformable registration of 3D ultrasound images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Pratikakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Barillot</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mémin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Image and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 3 (4), pp.547-566</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00536381v1</w:t>
+                <w:t xml:space="preserve">inria-00536384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust multiscale deformable registration of 3D ultrasound images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Retrospective evaluation of intersubject brain registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Pratikakis</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Le Goualher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Image and Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 22 (9), pp.1120 - 1130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMI.2003.816961⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00536384v1</w:t>
+                <w:t xml:space="preserve">inria-00536383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interindividual functional mapping: a nonlinear local approach.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Coupling dense and landmark-based approaches for non rigid registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 22 (2), pp.217 - 227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMI.2002.808365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1053-8119(03)00158-7⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">inserm-00770972v1</w:t>
+                <w:t xml:space="preserve">inria-00536381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation of brain 3D MR images using level sets and dense registration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hierarchical estimation of a dense deformation field for 3-D robust registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mémin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Baillard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Barillot</w:t>
+                <w:t xml:space="preserve">Patrick Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 5 (3), pp.185-194. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 20 (5), pp.388 - 402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1361-8415(01)00039-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/42.925292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00536389v1</w:t>
+                <w:t xml:space="preserve">inria-00536391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical estimation of a dense deformation field for 3-D robust registration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Segmentation of brain 3D MR images using level sets and dense registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Baillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 5 (3), pp.185-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1361-8415(01)00039-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/42.925292⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00536391v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00536389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7120,805 +7120,805 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image processing methods for 3D intraoperative ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Modeling and Simulation. Université Rennes 1, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00536133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État de l'art des méthodes de correction des déformations cérébrales per-opératoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] PI 1724, 2005, pp.51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00000100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">État de l'art des méthodes de correction des déformations cérébrales per-opératoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Coupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-5589, INRIA. 2005, pp.51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00070418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Local Approach for Inter-individual Functional Registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Corouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4415, INRIA. 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling Dense and Landmark-Based Approaches for Non Rigid Registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4076, INRIA. 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation robuste 3D d'un champ de déformation pour le recalage non-linéaire inter-sujet d'images cérébrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mémin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-3812, INRIA. 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00072846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Medical Image Computing and Computer-Assisted Intervention (Editorial)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R. Haynor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Hellier, D.R. Haynor, C. Barillot. Wiley, 10, pp.197, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00536247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of Medical Image Computing and Computer-Assisted Intervention - MICCAI 2004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David R. Haynor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer, pp.2044, 2004, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/b100265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00536234v1</w:t>
-              </w:r>
-[...503 lines deleted...]
-                <w:t xml:space="preserve">inria-00072846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7936,77 +7936,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Global to Local Approaches for Non-Rigid Registration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Corouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">C. T. Leondes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Imaging Systems Technology: Methods in General Anatomy World Scientific Publishing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Scientific Publishing, pp.0, 2005</w:t>
@@ -8035,51 +8035,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-subject non-rigid registration: an overview with classification and the Romeo algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Suri, D. Wilson, S. Laxminarayan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of medical image analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, volume III: segmentation and registration methods, Kluwer, pp.273-338, 2004</w:t>
@@ -8140,51 +8140,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recalage non rigide en imagerie cérébrale : méthodes et validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Modélisation et simulation. Université Rennes 1, 2000. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8380,51 +8380,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027298v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dumoulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Boukhayma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boissieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Bhushan Damodaran" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hellier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095715v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Loranchet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Schnitzler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Regateiro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egs.20251049" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978097v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308674v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Regateiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3756863.3769702" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559397v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Yao" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alasdair Newson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559352v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559377v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Puy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280818v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriel Frigo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Sabater" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256950v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256874v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351429" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00633573v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Comb&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Garraud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morandi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prima" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535810v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Jy-Shyang Chen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gauvrit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marchal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15745-5_12" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00515405v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Coup&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2010.5490261" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537591v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abadie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carpentier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jannin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuchi.2010.10.019" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Henaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Haegelen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00283473v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Louis Collins" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00283477v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kervrann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00152147v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gibaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2007.357037" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00147025v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2007.357103" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001159v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ogier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00131284v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Azzabou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11566465_74" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00137568v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure S. A&#239;t-Ali" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Carsin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Edan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11566465_51" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-BF4TJRXM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773072v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corouge" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2002.1029296" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773052v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ashburner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl J. Friston" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45787-9_74" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3LB1V6M9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773104v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Toulouse" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45468-3_113" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00615678v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giraud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Le Goualher" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03865772v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mourot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hoyet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Clerc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14635" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03468599v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Schnitzler" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14426" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504771v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-018-1474-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150558v5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2016.2601267" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766567v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.3673069" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645546v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536584v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535787v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Nauczyciel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blestel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Drapier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2010.06.012" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NCWFGZ98-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00476122v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Palhano Xavier de Fontes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Andrade Barroso" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-010-0158-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B90BF89B4CFED9851F86010DCBA9A5B9D1581926/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432724v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2009.10.007" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00428524v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2009.2024064" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00360790v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Klein" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Andersson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak A. Ardekani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Avants" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2008.12.037" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536372v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chakravarty" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas F. Sadikot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Germann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bertrand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.20780" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536376v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guibert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Garzic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00218224v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courty" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00332001v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/590183" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350377v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Blonz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00169658v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yger" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2007.906087" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00154571v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00140892v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cuzol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne M&#233;min" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-007-0037-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001215v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousseau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00140890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marloes Mj Letteboer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiro J. Niessen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2006.882134" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00136525v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R. Haynor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00136520v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00136461v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acra.2005.06.016" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJ2PKWXK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00137476v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536377v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2004.01.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QP20TZ7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536383v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Goualher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2003.816961" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536381v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2002.808365" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536384v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pratikakis" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00770972v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1053-8119(03)00158-7" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JCL05TN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536389v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baillard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1361-8415(01)00039-1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XXD256FQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536391v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/42.925292" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00536133v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536247v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536234v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b100265" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000100v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070418v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072173v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072557v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072846v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00137134v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536240v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00536029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978097v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Loranchet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hellier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Schnitzler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Boukhayma" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Regateiro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095715v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egs.20251049" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308674v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Regateiro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3756863.3769702" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559397v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Yao" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alasdair Newson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gousseau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559377v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Puy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280818v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriel Frigo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Sabater" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Delon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256874v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351429" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256950v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00633573v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Comb&#232;s" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Garraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morandi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Prima" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00515405v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Coup&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barillot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2010.5490261" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535810v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Jy-Shyang Chen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gauvrit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marchal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15745-5_12" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537591v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Abadie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carpentier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jannin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuchi.2010.10.019" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537593v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Henaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Haegelen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00283477v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Kervrann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00283473v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meyer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Louis Collins" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00152147v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gibaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2007.357037" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00147025v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2007.357103" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ogier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00131284v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Azzabou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11566465_74" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00137568v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure S. A&#239;t-Ali" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Carsin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Edan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11566465_51" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-BF4TJRXM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773052v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ashburner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Corouge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl J. Friston" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45787-9_74" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3LB1V6M9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773072v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2002.1029296" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00615678v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giraud" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Le Goualher" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00773104v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Toulouse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-45468-3_113" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027298v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dumoulin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Boissieux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharath Bhushan Damodaran" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03468599v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Mourot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hoyet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Clerc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Schnitzler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14426" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03865772v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.14635" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504771v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00371-018-1474-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150558v5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2016.2601267" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766567v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.3673069" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645546v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536584v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00476122v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Palhano Xavier de Fontes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Andrade Barroso" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-010-0158-5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B90BF89B4CFED9851F86010DCBA9A5B9D1581926/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00535787v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Nauczyciel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blestel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Drapier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2010.06.012" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NCWFGZ98-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432724v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2009.10.007" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536372v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chakravarty" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas F. Sadikot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Germann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bertrand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.20780" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00428524v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2009.2024064" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00360790v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Klein" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Andersson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak A. Ardekani" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Avants" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2008.12.037" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536376v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guibert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Garzic" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00218224v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courty" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00332001v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/590183" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00169658v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yger" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2007.906087" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350377v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Blonz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00154571v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00140892v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cuzol" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne M&#233;min" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11263-007-0037-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001215v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousseau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00140890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marloes Mj Letteboer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiro J. Niessen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2006.882134" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00136461v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David R. Haynor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acra.2005.06.016" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJ2PKWXK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00136520v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00136525v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00137476v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536377v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2004.01.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QP20TZ7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00770972v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1053-8119(03)00158-7" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4JCL05TN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536384v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pratikakis" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536383v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Goualher" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2003.816961" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536381v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2002.808365" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536391v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/42.925292" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536389v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1361-8415(01)00039-1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XXD256FQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00536133v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000100v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070418v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072173v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072557v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072846v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536247v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536234v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b100265" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00137134v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536240v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00536029v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>