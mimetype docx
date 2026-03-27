--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -106,659 +106,659 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active droplets controlled by enzymatic reactions</w:t>
+                <w:t xml:space="preserve">Dynamics of soft interacting particles on a comb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Fries</w:t>
+                <w:t xml:space="preserve">Davide Venturelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Díaz</w:t>
+                <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Jardat</w:t>
+                <w:t xml:space="preserve">Aurélien Grabsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio Pagonabarraga</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Bénichou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsif.2024.0803⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (21), pp.215001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1751-8121/add590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371411v1</w:t>
+                <w:t xml:space="preserve">hal-05075884v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Dean–Kawasaki equation and stochastic density functional theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reports on Progress in Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 88, pp.086601. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6633/adee2e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic correlations in a polar fluid: confronting stochastic density functional theory to simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Active droplets controlled by enzymatic reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleeba Varghese</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Javier Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Jardat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Pagonabarraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0292306⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (226), pp.0803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2024.0803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05272762v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal Scale-Free Decay of Tracer-Bath Correlations in d -Dimensional Interacting Particle Systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dynamic correlations in a polar fluid: confronting stochastic density functional theory to simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sleeba Varghese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bénichou</w:t>
+                <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 135 (12), pp.127101. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 163, pp.124107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/55qy-sflc⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0292306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05336831v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05272762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of soft interacting particles on a comb</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Universal Scale-Free Decay of Tracer-Bath Correlations in d -Dimensional Interacting Particle Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Venturelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Grabsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bénichou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics A: Mathematical and Theoretical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 58 (21), pp.215001. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 135 (12), pp.127101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1751-8121/add590⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/55qy-sflc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075884v2</w:t>
+                <w:t xml:space="preserve">hal-05336831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscopic and stochastic simulations of chemically active droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxanne Berthin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 111 (2), pp.L023403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -792,77 +792,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic Density Functional Theory for Ions in a Polar Solvent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Carof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 133 (26), pp.268002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -890,477 +890,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotropic active colloids: explicit vs. implicit descriptions of propulsion mechanisms</w:t>
+                <w:t xml:space="preserve">Enhanced diffusion of tracer particles in nonreciprocal mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Decayeux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jacques Fries</w:t>
+                <w:t xml:space="preserve">Anthony Benois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Démery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Agudo-Canalejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3SM00763D⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (5), pp.054606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.108.054606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787465v1</w:t>
+                <w:t xml:space="preserve">hal-04297305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On analytical theories for conductivity and self-diffusion in concentrated electrolytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 159 (16), pp.164105. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0165533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced diffusion of tracer particles in nonreciprocal mixtures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Isotropic active colloids: explicit vs. implicit descriptions of propulsion mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Decayeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dahirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Illien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (5), pp.054606. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (46), pp.8997-9005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.108.054606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D3SM00763D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297305v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exact time dependence of the cumulants of a tracer position in a dense lattice gas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Grabsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 105 (5), pp.054139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1394,64 +1394,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on &amp;quot;Relative Diffusivities of Bound and Unbound Protein Can Control Chemotactic Directionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaime Agudo-Canalejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramin Golestanian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1511,64 +1511,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cumulant generating functions of a tracer in quenched dense symmetric exclusion processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 103, pp.L040103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1602,90 +1602,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous propulsion of an isotropic colloid in a phase-separating environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Decayeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dahirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 104 (034602), </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1732,77 +1732,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized Correlation Profiles in Single-File Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Grabsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bénichou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 127 (22), pp.220601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1836,51 +1836,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speed-dispersion-induced alignment: A one-dimensional model inspired by swimming droplets experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte de Blois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1966,64 +1966,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cooperatively enhanced reactivity and “stabilitaxis” of dissociating oligomeric proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaime Agudo-Canalejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramin Golestanian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2064,707 +2064,707 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03001328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental observation of flow fields around active Janus spheres</w:t>
+                <w:t xml:space="preserve">Fluctuation-induced hydrodynamic coupling in an asymmetric, anisotropic dumbbell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew I Campbell</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Tunrayo Adeleke-Larodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramin Golestanian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-11842-1⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2019-11799-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02289957v1</w:t>
+                <w:t xml:space="preserve">hal-03001323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuation-induced hydrodynamic coupling in an asymmetric, anisotropic dumbbell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental observation of flow fields around active Janus spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew I Campbell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunrayo Adeleke-Larodo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Stephen J Ebbens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramin Golestanian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 42 (3), </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.3952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epje/i2019-11799-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-11842-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03001323v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of run-and-tumble particles in dense single-file systems</w:t>
+                <w:t xml:space="preserve">Tracer diffusion in crowded narrow channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Bertrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Illien</w:t>
+                <w:t xml:space="preserve">O. Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Benichou</w:t>
+                <w:t xml:space="preserve">P. Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Voituriez</w:t>
+                <w:t xml:space="preserve">G. Oshanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sarracino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Voituriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/aaef6f⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (44), pp.443001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/aae13a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02408409v1</w:t>
+                <w:t xml:space="preserve">hal-01908770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracer diffusion in crowded narrow channels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Illien</w:t>
+                <w:t xml:space="preserve">Nonequilibrium Fluctuations and Enhanced Diffusion of a Driven Particle in a Dense Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Illien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Oshanin</w:t>
+                <w:t xml:space="preserve">Gleb Oshanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sarracino</w:t>
+                <w:t xml:space="preserve">Alessandro Sarracino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Voituriez</w:t>
+                <w:t xml:space="preserve">Raphael Voituriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 30 (44), pp.443001. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (20), </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/aae13a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.200606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908770v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonequilibrium Fluctuations and Enhanced Diffusion of a Driven Particle in a Dense Environment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dynamics of run-and-tumble particles in dense single-file systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Sarracino</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Olivier Benichou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Voituriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 120 (20), </w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (11), pp.113045. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.200606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/aaef6f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323315v1</w:t>
+                <w:t xml:space="preserve">hal-02408409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear response and emerging nonequilibrium microstructures for biased diffusion in confined crowded environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Oshanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sarracino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Voituriez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93 (3), pp.032128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2830,90 +2830,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of encounter kinetics by chemically active droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxanne Berthin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Jardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dahirel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2996,51 +2996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Tuazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mirzahossein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3088,51 +3088,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Gautry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deforet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3182,51 +3182,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuations and correlations of a biased tracer in a hardcore lattice gas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Illien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Condensed Matter [cond-mat]. Université Pierre et Marie Curie - Paris VI, 2015. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015PA066264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3422,51 +3422,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371411v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fries" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier D&#237;az" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jardat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Pagonabarraga" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Illien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2024.0803" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371416v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6633/adee2e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05272762v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sleeba Varghese" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rotenberg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0292306" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336831v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Venturelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grabsch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;nichou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/55qy-sflc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05075884v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/add590" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787893v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Berthin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dahirel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2406.14256" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041380v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carof" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.268002" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787465v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Decayeux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM00763D" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04256058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0165533" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297305v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Benois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent D&#233;mery" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Agudo-Canalejo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.108.054606" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842911v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Poncet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.054139" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488072v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Golestanian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c02840" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.L040103" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.034602" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446060v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.220601" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001327v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Blois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein van Der Linden" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauchot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.040602" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001328v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1919635117" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02289957v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I Campbell" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J Ebbens" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11842-1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001323v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunrayo Adeleke-Larodo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2019-11799-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408409v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Bertrand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Benichou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Voituriez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaef6f" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01908770v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B&#233;nichou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Illien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Oshanin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sarracino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Voituriez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aae13a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323315v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Oshanin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sarracino" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.200606" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.032128" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371426v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371430v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sinaasappel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. R. Prathyusha" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Tuazon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mirzahossein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383717v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gautry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deforet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01241215v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066264" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05075884v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Venturelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Illien" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Grabsch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;nichou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1751-8121/add590" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371416v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6633/adee2e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371411v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fries" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier D&#237;az" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jardat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Pagonabarraga" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2024.0803" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05272762v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sleeba Varghese" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rotenberg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0292306" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336831v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/55qy-sflc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787893v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Berthin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dahirel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2406.14256" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041380v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carof" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.133.268002" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297305v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Benois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent D&#233;mery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Agudo-Canalejo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.108.054606" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04256058v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0165533" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Decayeux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM00763D" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842911v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Poncet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.054139" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488072v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Golestanian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c02840" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.L040103" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.034602" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446060v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.220601" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001327v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte de Blois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein van Der Linden" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauchot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.040602" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001328v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1919635117" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001323v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunrayo Adeleke-Larodo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2019-11799-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02289957v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I Campbell" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J Ebbens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11842-1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01908770v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B&#233;nichou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Illien" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Oshanin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sarracino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Voituriez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aae13a" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323315v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleb Oshanin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sarracino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Voituriez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.200606" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408409v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Bertrand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Benichou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaef6f" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.032128" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371426v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371430v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sinaasappel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. R. Prathyusha" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Tuazon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mirzahossein" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383717v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gautry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deforet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01241215v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066264" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>