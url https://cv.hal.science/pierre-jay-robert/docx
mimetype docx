--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -75,3141 +75,3102 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (50)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One dung to attract them all: faeces attractiveness to dung beetles in herbivore multispecies pasture</w:t>
+                <w:t xml:space="preserve">Onitis belial Fabricius, 1798 : état des connaissances historiques et actuelles sur la répartition de ce coléoptère coprophage remarquable de la faune de France (Coleoptera, Scarabaeidae, Scarabaeinae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloé Joly</w:t>
+                <w:t xml:space="preserve">William Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freddie‐jeanne Richard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/een.70013⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 131 (1), pp.77-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32475/bsef_2406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268658v1</w:t>
+                <w:t xml:space="preserve">hal-05559407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil unsealing in Mediterranean schoolyards: what factors drive ant communities?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">One dung to attract them all: faeces attractiveness to dung beetles in herbivore multispecies pasture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddie‐jeanne Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Barantal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Eydoux</w:t>
+                <w:t xml:space="preserve">Lucie de Wever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alix Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Ecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11252-024-01608-z⟩</w:t>
+              <w:t xml:space="preserve">Ecological Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/een.70013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04698690v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">eDNA for monitoring and conserving terrestrial arthropods: insights from a systematic map and barcode repositories assessments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Leandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pétillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insect conservation and diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17 (4), pp.565-578. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/icad.12726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dung removal increases under higher dung beetle functional diversity regardless of grazing intensification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil unsealing in Mediterranean schoolyards: what factors drive ant communities?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Eydoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Ari Noriega</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-43760-8⟩</w:t>
+              <w:t xml:space="preserve">Urban Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (6), pp.2543-2555. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11252-024-01608-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04959519v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An initial investigation of the predatory activity of the phoretic mites of dung beetles, Macrocheles sp. (Mesostigmata: Macrochelidae), on the gastrointestinal nematode of sheep Haemonchus contortus (Strongylida: Trichostrongylidae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dung removal increases under higher dung beetle functional diversity regardless of grazing intensification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Ari Noriega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joaquín Hortal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indradatta Decastro-Arrazola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Alves-Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Grisez</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean C. G. Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2023.105301⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.8070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-43760-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04454900v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dung beetle community patterns in Western Europe: responses of Scarabaeinae to landscape and environmental filtering</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">An initial investigation of the predatory activity of the phoretic mites of dung beetles, Macrocheles sp. (Mesostigmata: Macrochelidae), on the gastrointestinal nematode of sheep Haemonchus contortus (Strongylida: Trichostrongylidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Grisez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maÿliss Begou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Otso Ovaskainen</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquiet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10980-023-01711-0⟩</w:t>
+              <w:t xml:space="preserve">Biological Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 185, pp.105301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2023.105301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04833299v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04454900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution mapping in Southern France reveals that distributions of supercolonial and monodomous species in the Tapinoma nigerrimum complex (Hymenoptera: Formicidae) are related to sensitivity to urbanization</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dung beetle community patterns in Western Europe: responses of Scarabaeinae to landscape and environmental filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Leandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirkka Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otso Ovaskainen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Myrmecological News</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25849/myrmecol.news_032:041⟩</w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (9), pp.2323-2338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10980-023-01711-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739534v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Influence of Fine-Scale Grazing Heterogeneity on Dung Beetle Assemblages: What Trait Analysis Teaches Us</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+                <w:t xml:space="preserve">High resolution mapping in Southern France reveals that distributions of supercolonial and monodomous species in the Tapinoma nigerrimum complex (Hymenoptera: Formicidae) are related to sensitivity to urbanization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Centanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rumsaïs Blatrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Dumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ee/nvab091⟩</w:t>
+              <w:t xml:space="preserve">Myrmecological News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, pp.41-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25849/myrmecol.news_032:041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03521780v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03739534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel trap design for non-lethal monitoring of dung beetles using eDNA metabarcoding</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The Influence of Fine-Scale Grazing Heterogeneity on Dung Beetle Assemblages: What Trait Analysis Teaches Us</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Fontana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Berlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10841-021-00329-4⟩</w:t>
+              <w:t xml:space="preserve">Environmental Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50 (6), pp.1332-1343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ee/nvab091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03521776v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of dung beetle assemblages to grazing intensity in two distinct bioclimatic contexts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A novel trap design for non-lethal monitoring of dung beetles using eDNA metabarcoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Vergnes</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Camila Leandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Valentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2019.106740⟩</w:t>
+              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (4), pp.629-642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10841-021-00329-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03488621v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is my sdm good enough? insights from a citizen science dataset in a point process modeling framework</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Response of dung beetle assemblages to grazing intensity in two distinct bioclimatic contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Moretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Borcard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ian W. Renner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2020.109283⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 289, pp.106740. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2019.106740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03492970v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is Perceived Exposure to Mosquitoes Associated with Actual Exposure? Results from Studies in High-Risk and Low-Risk Geographic Areas</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Is my sdm good enough? insights from a citizen science dataset in a point process modeling framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Leandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mériguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Houard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian W. Renner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4269/ajtmh.19-0074⟩</w:t>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 438, pp.109283 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2020.109283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862866v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03492970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Analysis of Dung Beetle Assemblages (Coleoptera: Scarabaeidae: Scarabaeinae, Aphodiinae) Attracted to Sheep and Little Bustard Excrement in Southern France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Consequences of habitat change in euromediterranean landscapes on the composition and diversity of dung beetle assemblages (Coleoptera, Scarabaeoidea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïek Errouissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Tatin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Coleopterists Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1649/0010-065X-73.1.185⟩</w:t>
+              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (1), pp.15-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10841-018-0110-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154316v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of habitat change in euromediterranean landscapes on the composition and diversity of dung beetle assemblages (Coleoptera, Scarabaeoidea)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Perceptions and representations of animal diversity: Where did the insects go?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Leandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10841-018-0110-8⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 237, pp.400-408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2019.07.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068106v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptions and representations of animal diversity: Where did the insects go?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A Comparative Analysis of Dung Beetle Assemblages (Coleoptera: Scarabaeidae: Scarabaeinae, Aphodiinae) Attracted to Sheep and Little Bustard Excrement in Southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Tatin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2019.07.031⟩</w:t>
+              <w:t xml:space="preserve">Coleopterists Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 73 (1), pp.185-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1649/0010-065X-73.1.185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03216211v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionally richer communities improve ecosystem functioning: dung removal and secondary seed dispersal by dung beetles in the Western Palaearctic</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marco Heurich</w:t>
+                <w:t xml:space="preserve">Is Perceived Exposure to Mosquitoes Associated with Actual Exposure? Results from Studies in High-Risk and Low-Risk Geographic Areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Simard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dormont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis D’abadie de Lurbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.13452⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Tropical Medicine and Hygiene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 101 (5), pp.976-979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4269/ajtmh.19-0074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608825v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dung beetle assemblages, dung removal and secondary seed dispersal: data from a large-scale, multi-site experiment in the Western Palaearctic</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Functionally richer communities improve ecosystem functioning: dung removal and secondary seed dispersal by dung beetles in the Western Palaearctic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Milotic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Baltzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Eichberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy E. Eycott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Heurich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21425/F5FBG37289⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (1), pp.70-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.13452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068150v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dung beetle assemblages, dung removal and secondary seed dispersal: data from a large-scale, multi-site experiment in the Western Palaearctic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Milotić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Baltzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Eichberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy E. Eycott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Heurich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 10 (1-2), pp.e37829-. </w:t>
+              <w:t xml:space="preserve">, 2018, 10 (1-2), pp.e37829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21425/F5101-237289⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21425/F5FBG37289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608830v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of land use and climate on tabanid assemblages in Europe</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dung beetle assemblages, dung removal and secondary seed dispersal: data from a large-scale, multi-site experiment in the Western Palaearctic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanja Milotić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Baltzinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Eichberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy E. Eycott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Heurich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2017.01.003⟩</w:t>
+              <w:t xml:space="preserve">Frontiers of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (1-2), pp.e37829-. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21425/F5101-237289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03068151v1</w:t>
+                <w:t xml:space="preserve">hal-02608830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bias and perspectives in insect conservation : a European scale analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The impact of land use and climate on tabanid assemblages in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stjepan Krčmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Manon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 215, pp.213-224. </w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 239, pp.213-224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2017.07.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2017.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068104v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and temporal distribution of Tabanidae in the Pyrenees Mountains</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Bias and perspectives in insect conservation : a European scale analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Leandro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Entomological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0007485313000254⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 215, pp.213-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2017.07.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063635v1</w:t>
+                <w:t xml:space="preserve">hal-03068104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood-feeding patterns of horse flies in the French Pyrenees</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Spatial and temporal distribution of Tabanidae in the Pyrenees Mountains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Porciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Garros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2013.10.009⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Entomological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104 (1), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0007485313000254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02634182v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olfactory responses of tabanids to octenol, phenols and aged horse urine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Blood-feeding patterns of horse flies in the French Pyrenees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Gardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric de Stordeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical and Veterinary Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mve.12038⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 199 (3-4), pp.283-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2013.10.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063634v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biting behaviour of Tabanidae on cattle in mountainous summer pastures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Olfactory responses of tabanids to octenol, phenols and aged horse urine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Manon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dormont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Entomological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0007485314000170⟩</w:t>
+              <w:t xml:space="preserve">Medical and Veterinary Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28 (2), pp.201-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mve.12038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063632v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field validation shows bias corrected pseudo-absence selection is the best method for predictive species distribution modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel R Hertzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity and Distributions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 20 (12), pp.1403-1413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3219,3493 +3180,3623 @@
                 <w:t xml:space="preserve">⟨10.1111/ddi.12249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03113623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The repellency of lemongrass oil against stable flies, tested using video tracking system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Biting behaviour of Tabanidae on cattle in mountainous summer pastures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Manon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel R Hertzog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2013021⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Entomological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104 (4), pp.471-479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0007485314000170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063620v1</w:t>
+                <w:t xml:space="preserve">hal-03063632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate change and elevation shifts : evidence from dung beetles in two European Mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Menendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adela González‐megías</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rocío Marquéz‐ferrando</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 23 (6), pp.646-657. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/geb.12142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03063636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural and electrophysiological responses of females of two species of tabanids to urine volatiles from different mammals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">The repellency of lemongrass oil against stable flies, tested using video tracking system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Angélique Porciani</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Tramut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Liénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Delétré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical and Veterinary Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2915.2012.01022.x⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20, 21 (7 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2013021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03062431v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential effects of climate change on the distribution of Scarabaeidae dung beetles in Western Europe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Behavioural and electrophysiological responses of females of two species of tabanids to urine volatiles from different mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Wilfried Thuiller</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dormont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10841-013-9590-8⟩</w:t>
+              <w:t xml:space="preserve">Medical and Veterinary Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (1), pp.77-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2915.2012.01022.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164134v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déjections des herbivores domestiques au pâturage : caractéristiques et rôle dans le fonctionnement des prairies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Potential effects of climate change on the distribution of Scarabaeidae dung beetles in Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bohbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge M. Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Thuiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (5), pp.1059-1070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10841-013-9590-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644059v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dung beetle assemblages organization in two contrasted areas of the Mediterranean region</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Faïek Errouissi</w:t>
+                <w:t xml:space="preserve">Déjections des herbivores domestiques au pâturage : caractéristiques et rôle dans le fonctionnement des prairies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bloor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Le Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Labidi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Saïd Nouira</w:t>
+                <w:t xml:space="preserve">Géraldine Fleurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (1), pp.45-56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03079058v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innate olfactory preferences in dung beetles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dung beetle assemblages organization in two contrasted areas of the Mediterranean region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Dormont</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Faïek Errouissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Labidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Nouira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/jeb.040964⟩</w:t>
+              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 47 (3–4), pp.402-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00379271.2011.10697734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196296v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vers, la vache et le scarabée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Innate olfactory preferences in dung beetles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dormont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Bessière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Rapior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natura Catalana : la lettre des réserves naturelles catalanes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 213 (18), pp.3177-3186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jeb.040964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03064138v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02196296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écologie des stomoxes (Diptera: Muscidae) au Gabon : I. Premier inventaire dans différentes zones écologiques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Le vers, la vache et le scarabée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gérard Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Natura Catalana : la lettre des réserves naturelles catalanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 18, pp.9-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03061374v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and temporal variation of mountain dung beetle assemblages and their relationships with environmental factors (Aphodiinae; Geotrupinae; Scarabaeinae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Lebreton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the Entomological Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 101 (1), pp.58-69. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1603/0013-8746(2008)101[58:SATVOM]2.0.CO;2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03063595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative efficiency of extensive grazing vs. wild ungulates management for dung beetle conservation in a heterogeneous landscape from Southern Europe (Scarabaeinae, Aphodiinae, Geotrupinae)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Écologie des stomoxes (Diptera: Muscidae) au Gabon : I. Premier inventaire dans différentes zones écologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-François Mavoungou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angeline Atsame-Edda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Duvallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2008.09.001⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 15 (1), pp.27-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2008151027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03068107v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saproxylic beetle assemblages of old Holm-oak trees in the Mediterranean region : role of a keystone structure in a changing heterogeneous landscape</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Temporal coexistence of dung-dweller and soil-digger dung beetles (Coleoptera, Scarabaeoidea) in contrasting Mediterranean habitats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïek Errouissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/revec.2008.1466⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Entomological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 98 (3), pp.303-316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0007485307005615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03530345v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02874467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal coexistence of dung-dweller and soil-digger dung beetles (Coleoptera, Scarabaeoidea) in contrasting Mediterranean habitats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Relative efficiency of extensive grazing vs. wild ungulates management for dung beetle conservation in a heterogeneous landscape from Southern Europe (Scarabaeinae, Aphodiinae, Geotrupinae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Niogret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faïek Errouissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Labarussiasa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Paolettia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Entomological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0007485307005615⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 141 (11), pp.2879-2887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2008.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02874467v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saproxylic beetle assemblages of old Holm-oak trees in a Mediterranean region: role of a keystone structure in a changing heterogeneous landscape</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Saproxylic beetle assemblages of old Holm-oak trees in the Mediterranean region : role of a keystone structure in a changing heterogeneous landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sirami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Le Guilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 63 (Supplément 10), pp.101-114</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 10 (Suppl.), pp.101-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/revec.2008.1466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03116499v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03530345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From inventories to databases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Saproxylic beetle assemblages of old Holm-oak trees in a Mediterranean region: role of a keystone structure in a changing heterogeneous landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Sirami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 10, pp.85-89</w:t>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 63 (Supplément 10), pp.101-114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03061604v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03116499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the species richness distribution for French Aphodiidae (Coleoptera, Scarabaeoidea)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">From inventories to databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 10, pp.85-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.0906-7590.2004.03609.x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03068109v1</w:t>
+                <w:t xml:space="preserve">hal-03061604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the Attractiveness for Dung Beetles of Dung Pat Origin and Size Along a Climatic Gradient</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Modelling the species richness distribution for French Aphodiidae (Coleoptera, Scarabaeoidea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge M. Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1603/0046-225X-33.1.45⟩</w:t>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 27 (2), pp.145-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.0906-7590.2004.03609.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068153v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition and Structure of Dung Beetle (Coleoptera: Aphodiidae, Geotrupidae, Scarabaeidae) Assemblages in Mountain Grasslands of the Southern Alps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Effects of the Attractiveness for Dung Beetles of Dung Pat Origin and Size Along a Climatic Gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faïek Errouissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Haloti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Janati-Idrissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Piau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the Entomological Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1603/0013-8746(2004)097[0701:CASODB]2.0.CO;2⟩</w:t>
+              <w:t xml:space="preserve">Environmental Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 33 (1), pp.45-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1603/0046-225X-33.1.45⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063596v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relationship between body size and population abundance in summer dung beetle communities of south-european mountains (Coleoptera: scarabaeoidea)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Composition and Structure of Dung Beetle (Coleoptera: Aphodiidae, Geotrupidae, Scarabaeidae) Assemblages in Mountain Grasslands of the Southern Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïek Errouissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joël André</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Piau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/revec.2003.5331⟩</w:t>
+              <w:t xml:space="preserve">Annals of the Entomological Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 97 (4), pp.701-709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1603/0013-8746(2004)097[0701:CASODB]2.0.CO;2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03529927v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the species richness distribution of French dung beetles and delimiting the predictive capacity of different groups of explanatory variables (Coleoptera : Scarabaeidae)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+                <w:t xml:space="preserve">The relationship between body size and population abundance in summer dung beetle communities of south-european mountains (Coleoptera: scarabaeoidea)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Miguel Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 11 (4), pp.265-277. </w:t>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 58 (3), pp.307-320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1466-822X.2002.00291.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/revec.2003.5331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03063651v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03529927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity, distinctiveness and conservation status of the Mediterranean coastal dung beetle assemblage in the Regional Natural Park of the Camargue (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Modelling the species richness distribution of French dung beetles and delimiting the predictive capacity of different groups of explanatory variables (Coleoptera : Scarabaeidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge M. Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 11 (4), pp.265-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1466-822X.2002.00291.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1366-9516.2001.00122.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03068155v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le peuplement de la Corse par les Scarabéides coprophages est-il le résultat d'une compétition interspécifique ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Diversity, distinctiveness and conservation status of the Mediterranean coastal dung beetle assemblage in the Regional Natural Park of the Camargue (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge M. Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 7 (6), pp.257-270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1366-9516.2001.00122.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03063652v1</w:t>
+                <w:t xml:space="preserve">hal-03068155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampling dung beetles in Mediterranean area</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Le peuplement de la Corse par les Scarabéides coprophages est-il le résultat d'une compétition interspécifique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge M. Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge M. Lobo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pedobiologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 42 (3), pp.252-266</w:t>
+              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 35 (Supplément), pp.290-298</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02885608v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les atlas faunistiques comme outils d'analyse spatiale de la biodiversité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Sampling dung beetles in Mediterranean area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge M. Lobo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 33 (2), pp.129-138</w:t>
+              <w:t xml:space="preserve">Pedobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 42 (3), pp.252-266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068156v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altitudinal Turnover and Species Richness Variation in European Montane Dung Beetle Assemblages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge M. Lobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arctic and Alpine Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 29 (2), pp.196-205. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00040851.1997.12003232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00040851.1997.12003232⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-03068157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les atlas faunistiques comme outils d'analyse spatiale de la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge M. Lobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de la Société Entomologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 33 (2), pp.129-138</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03068157v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is herbivore diversity a factor of dung beetle diversity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloé Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddie-Jeanne Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie De Wever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. European Congress of Conservation Biology (ECCB 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Bologna, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical ecology for a better control of horse flies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Manon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Buatois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e conference of European Society for Vector Ecology e-SOVE, Montpellier, 8-11 octobre 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Montpellier, France. s.p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Tabanids opportunistic blood feeders?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Baldacchino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dormont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Porciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd annual meeting of the European PhD network in "Insect Sciences"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Tours, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire des Stomoxes (Diptera : Muscidae) au Gabon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-François Mavoungou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeline Atsame-Edda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Duvallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier atelier international Biodiversitas Gabonica, Libreville / Lopé, 13 -16 juillet 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Libreville, Gabon. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6715,789 +6806,789 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre contrôle et protection -L'évolution de la représentation des insectes dans le discours médiatique en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Diwersy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Leandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Steuckardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chandelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées internationales d'Analyse statistique des Données Textuelles (JADT 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04840684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre contrôle et protection – L’évolution de la représentation des insectes dans le discours médiatique en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Diwersy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Camila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Steuckardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chandelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Journées internationales d'Analyse statistique des Données Textuelles (JADT 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les bousiers transforment l'excrément du bétail en ressource pour le pâturage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de l'Association française de pastoralisme et du Centre d'écologie fonctionnelle et évolutive, SupAgro, Montpellier, 19 novembre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Montpellier, France. pp.37-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03071337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquence des changements climatiques sur la faune des bousiers en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dortel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Thuiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">120. Congrès de l’Association Française pour l’Avancement des Sciences. Changement climatique et biodiversité,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03074321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-occurrence of dung beetle guilds (Coleoptera, Scarabaeoidea) in Southern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faïek Errouissi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées Nationales de Biologie "Génie biologique et environnement"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03072139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of old trees for saproxylic beetles across closing degree of background in Mediterranean landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clélia Sirami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-L. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Symposium and workshop on the conservation of saproxylic beetles, Le Mans, 27-29 juin 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03072147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bousiers des montagnes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1.Rencontres Entomologiques du Massif Central. Insectes d’altitude, insectes en altitude</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Saint-Gervais-sous-Meymont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03074328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From inventories to databases : tools and multiscale analyses to identify outstanding biological areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium and workshop on Coleoptera Tenebrionoidea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03072149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7507,147 +7598,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parasitisme : agir vite pour éviter l'impasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Beudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Fidelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04932163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7657,227 +7748,227 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des témoins du changement climatique : les bousiers d'Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dortel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robert Barbault et d'Alain Foucault / Association française pour l'avancement des sciences. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changements climatiques et biodiversité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vuibert, pp.63-73, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03058079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relationship between forecasted rarity and species richness values for Scarabaeidae and Aphodiinae species in France (Coleoptera, Scarabaeoidea)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Lumaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge M. Lobo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fattorini Simone. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insect Ecology and Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15 (1), Research Signpost, pp.299-317, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02874459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7887,175 +7978,175 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de la faune coprophage et des pratiques vétérinaires susceptibles de l’affecter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Fédération des réserves naturelles catalanes. 2009, 33 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets du degré d'ouverture de l'habitat sur la diversité de l'entomofaune des milieux pâturés et utilisation de cette connaissance pour la gestion des espaces protégés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jay-Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère de l'Ecologie et du Développement Durable. 2006, 185 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId244"/>
+      <w:footerReference w:type="default" r:id="rId246"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8202,51 +8293,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268658v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Joly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie&#8208;jeanne Richard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Wever" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Ortega" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.70013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698690v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Eydoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jay-Robert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-024-01608-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505225v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Leandro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;tillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12726" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04959519v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ari Noriega" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Hortal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indradatta Decastro-Arrazola" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Alves-Martins" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean C. G. Ortega" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43760-8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04454900v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Grisez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Perrin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#255;liss Begou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2023.105301" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833299v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirkka Jones" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otso Ovaskainen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-023-01711-0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739534v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Centanni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Dumet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_032:041" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521780v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Fontana" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coq" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berlioz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvab091" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521776v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Dejean" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-021-00329-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488621v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moretti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borcard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106740" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492970v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M&#233;riguet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Houard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian W. Renner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109283" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02862866v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gaillard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dormont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D&#8217;abadie de Lurbe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.19-0074" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154316v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tatin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1649/0010-065X-73.1.185" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068106v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;ek Errouissi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-018-0110-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03216211v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2019.07.031" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608825v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Milotic" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baltzinger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Eichberg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy E. Eycott" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Heurich" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13452" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068150v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Miloti&#263;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21425/F5FBG37289" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608830v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21425/F5101-237289" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068151v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baldacchino" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stjepan Kr&#269;mar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Manon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.01.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068104v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2017.07.033" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063635v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Porciani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007485313000254" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634182v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gardes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric de Stordeur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2013.10.009" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XHPL3QH1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063634v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Puech" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mve.12038" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7Q2GLMQF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063632v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel R Hertzog" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007485314000170" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113623v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12249" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KK6X5BZ0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063620v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Tramut" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Salem" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Li&#233;nard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Del&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2013021" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063636v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Menendez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Gonz&#225;lez&#8208;meg&#237;as" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Marqu&#233;z&#8208;ferrando" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12142" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/66F3AA2CB294F1555437EE8044CD4EA5AEB36832/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062431v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cadier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2915.2012.01022.x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D60040M6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164134v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bohbot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lumaret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge M. Lobo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-013-9590-8" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7BPKL3W3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644059v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Le Morvan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079058v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Labidi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Nouira" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2011.10697734" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02196296v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bessi&#232;re" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rapior" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.040964" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064138v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061374v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Fran&#231;ois Mavoungou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gilles" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Atsame-Edda" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duvallet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2008151027" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063595v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Lebreton" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/0013-8746(2008)101[58:SATVOM]2.0.CO;2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068107v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Niogret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Labarussiasa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Paolettia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2008.09.001" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7XKRSMX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530345v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sirami" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Brustel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Valladares" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Guilloux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revec.2008.1466" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874467v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007485307005615" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C885414F7092F59275AB0C5D1C75267430EFB49C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116499v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Brustel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Valladares" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061604v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068109v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0906-7590.2004.03609.x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6A33C5ACEAEE5DA2364B331063EBB94023BA7C96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068153v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Haloti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Janati-Idrissi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/0046-225X-33.1.45" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063596v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Piau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/0013-8746(2004)097[0701:CASODB]2.0.CO;2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529927v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Miguel Lobo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andr&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revec.2003.5331" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063651v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1466-822X.2002.00291.x" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5CTD4941-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068155v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1366-9516.2001.00122.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063652v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885608v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068156v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068157v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00040851.1997.12003232" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622558v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie-Jeanne Richard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie De Wever" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076501v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076493v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076426v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04840684v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chandelier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747349v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Camila" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071337v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074321v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dortel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072139v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072147v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Martin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074328v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072149v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932163v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Beudou" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bordes" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fidelle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058079v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuillier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874459v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078089v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078090v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559407v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Perrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jay-Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32475/bsef_2406" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268658v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Joly" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie&#8208;jeanne Richard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie de Wever" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Ortega" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.70013" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505225v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Leandro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;tillon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12726" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698690v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Eydoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-024-01608-z" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04959519v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ari Noriega" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Hortal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indradatta Decastro-Arrazola" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Alves-Martins" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean C. G. Ortega" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43760-8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04454900v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Grisez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#255;liss Begou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2023.105301" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833299v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirkka Jones" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otso Ovaskainen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-023-01711-0" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739534v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Centanni" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumsa&#239;s Blatrix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Dumet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25849/myrmecol.news_032:041" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521780v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Fontana" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Coq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berlioz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvab091" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521776v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Dejean" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Valentini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jean" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-021-00329-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488621v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moretti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borcard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106740" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492970v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M&#233;riguet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Houard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian W. Renner" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109283" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068106v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;ek Errouissi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-018-0110-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03216211v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2019.07.031" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154316v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Buatois" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tatin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1649/0010-065X-73.1.185" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02862866v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gaillard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dormont" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D&#8217;abadie de Lurbe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4269/ajtmh.19-0074" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608825v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Milotic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baltzinger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Eichberg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy E. Eycott" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Heurich" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13452" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068150v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Miloti&#263;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21425/F5FBG37289" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608830v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21425/F5101-237289" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068151v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baldacchino" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stjepan Kr&#269;mar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bernard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Manon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.01.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068104v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2017.07.033" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063635v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Porciani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007485313000254" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634182v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gardes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric de Stordeur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2013.10.009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XHPL3QH1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063634v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Puech" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mve.12038" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7Q2GLMQF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113623v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel R Hertzog" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12249" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KK6X5BZ0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063632v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007485314000170" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063636v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Menendez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Gonz&#225;lez&#8208;meg&#237;as" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Marqu&#233;z&#8208;ferrando" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12142" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/66F3AA2CB294F1555437EE8044CD4EA5AEB36832/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063620v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Tramut" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Salem" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Li&#233;nard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Del&#233;tr&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2013021" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062431v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cadier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2915.2012.01022.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D60040M6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164134v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bohbot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Lumaret" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge M. Lobo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-013-9590-8" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7BPKL3W3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644059v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Le Morvan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079058v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Labidi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Nouira" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00379271.2011.10697734" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02196296v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bessi&#232;re" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rapior" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.040964" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064138v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063595v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Lebreton" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/0013-8746(2008)101[58:SATVOM]2.0.CO;2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061374v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Fran&#231;ois Mavoungou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gilles" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Atsame-Edda" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duvallet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2008151027" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874467v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007485307005615" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C885414F7092F59275AB0C5D1C75267430EFB49C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068107v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Niogret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Labarussiasa" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Paolettia" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2008.09.001" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7XKRSMX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530345v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sirami" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Brustel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Valladares" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Guilloux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revec.2008.1466" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116499v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Brustel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Valladares" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061604v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068109v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0906-7590.2004.03609.x" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6A33C5ACEAEE5DA2364B331063EBB94023BA7C96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068153v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Haloti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Janati-Idrissi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/0046-225X-33.1.45" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063596v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Piau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1603/0013-8746(2004)097[0701:CASODB]2.0.CO;2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529927v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Miguel Lobo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Andr&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/revec.2003.5331" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063651v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1466-822X.2002.00291.x" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5CTD4941-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068155v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1366-9516.2001.00122.x" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063652v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885608v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068157v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00040851.1997.12003232" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068156v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622558v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie-Jeanne Richard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie De Wever" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076501v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076493v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076426v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois David" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04840684v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Diwersy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chandelier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747349v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Camila" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071337v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074321v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dortel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072139v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072147v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Martin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074328v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072149v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932163v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Beudou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bordes" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fidelle" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058079v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuillier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874459v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078089v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078090v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>