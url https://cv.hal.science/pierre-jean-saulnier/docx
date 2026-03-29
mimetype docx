--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Jean SAULNIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Médecin-chercheur, Professeur de thérapeutique à l’Université de Poitiers et Directeur du Centre d’Investigation Clinique INSERM CIC1402 CHU de Poitiers, mes activités cliniques et académiques portent sur les complications chronique du diabète, avec un intérêt particulier pour la maladie rénale diabétique, l’épidémiologie clinique et la néphrologie translationnelle.Mes travaux visent à mieux comprendre les altérations rénales précoces structurelles et fonctionnelles chez les personnes vivant avec un diabète afin d’améliorer la stratification du risque et de favoriser une médecine personnalisée. Mes recherches combinent la conception d’études cliniques, l’identification de biomarqueurs, l’imagerie rénale avancée (notamment IRM fonctionnelle et différenciation cortico-médullaire) ainsi que l’utilisation de méthodes statistiques avancées pour la  prédiction des complications rénales et cardiovasculaires.Je coordonne plusieurs projets portant sur l’hémodynamique rénale, les biomarqueurs urinaires et circulants d’atteinte glomérulaire et tubulaire, ainsi que le développement et la validation de modèles pronostiques à partir de grandes cohortes longitudinales. Mes activités s’inscrivent dans des collaborations internationales, notamment avec les National Institutes of Health (NIDDK, États-Unis), où j’ai travaillé au sein du Phoenix Epidemiology and Clinical Research Branch sur l’analyse longitudinale des complications du diabète et l’intégration de données physiologiques et moléculaires dans des modèles de progression de la maladie rénale.Au niveau national et régional, je conduis des études académiques promues par des investigateurs et participe à des programmes structurants tels que la cohorte SURDIAGENE. Je suis investigateur principal de plusieurs essais cliniques financés par des programmes publics (PHRC) et des partenaires industriels, portant sur les stratégies thérapeutiques innovantes, la néphroprotection et les parcours de soins centrés sur le patient.En tant que Directeur du CIC1402, je coordonne des équipes multidisciplinaires et développe des infrastructures de recherche translationnelle intégrant biobanques, approches multi-omiques et plateformes d’imagerie avancée. J’exerce également les fonctions de responsable scientifique du Centre de Ressources Biologiques du CHU de Poitiers, contribuant au développement stratégique des collections biologiques et des études basées sur les biomarqueurs.Mes activités d’enseignement couvrent la thérapeutique, la pharmacologie clinique, la médecine fondée sur les preuves et la néphro-diabétologie aux niveaux universitaire et spécialisé, avec une participation au Master Master Essais Cliniques, Médicaments et Produits de Santé (ECMPS) de l université de PoitiersMes travaux ont été publiés dans des revues internationales telles que Diabetes Care, Journal of Clinical Endocrinology & Metabolism, Kidney International et Diabetologia. Je participe régulièrement à l’évaluation par les pairs pour plusieurs revues internationales en néphrologie, endocrinologie et recherche clinique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk score for lower-limb amputation and its ability to predict major kidney and cardiovascular events in people with type 1 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Camoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Larroumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Rigalleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-025-03056-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05515777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sleep Deprivation in Healthy Males Increases Muscle Afferents, Impairing Motor Preparation and Reducing Endurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Héraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Ansquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Kostencovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42 (5), pp.457-465. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/WNP.0000000000001134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Reduced Dialysate Flow on Dialysis Adequacy: A Pilot Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belmouaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Dibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Duthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Wong-Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blood Purification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55 (2), pp.138-147. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000549110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05527786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Body-weight Cycling and Risk of Diabetic Kidney Disease in People With Type 1 Diabetes in the DCCT/EDIC Population.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Camoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgae852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimated potassium intake and major adverse cardiovascular events in individuals with type 2 diabetes: a prospective cohort study with trans-ethnic validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianjun Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsz Kiu Kwan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resham L. Gurung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (1), pp.451. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-024-02546-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood Monocyte Phenotype Is A Marker of Cardiovascular Risk in Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Julla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Diedisheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Tran Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 134 (2), pp.189-202. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/circresaha.123.322757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associations of microvascular complications with all‐cause death in patients with diabetes andCOVID‐19: The CORONADO, ABCD COVID‐19 UK national audit and AMERICADO study groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renee Pekmezaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (1), pp.78 - 88. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.14845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nocturnal hypoglycemia is underdiagnosed in older people with insulin‐treated type 2 diabetes: The HYPOAGE observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐sophie Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Guyomarc'H-Delasalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Allix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Annweiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 71 (7), pp.2107 - 2119. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jgs.18341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04588740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the Way for Personalized Medicine in First Kidney Transplantation: Interest of a Creatininemia Latent Class Analysis in Early Post-transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Ducousso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Duthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplant International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ti.2023.10685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of race/ethnicity on the clinical outcomes of people with type 2 diabetes admitted to hospital with COVID-19: an observational multi-national analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Wilmot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (1), pp.23-30. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15277/bjd.2023.411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The association between macrovascular complications and intensive care admission, invasive mechanical ventilation, and mortality in people with diabetes hospitalized for coronavirus disease-2019 (COVID-19)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemma Llauradó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Vlacho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Franch-Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (1), pp.216. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-022-01657-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of diabetes on COVID-19 prognosis beyond comorbidity burden: the CORONADO initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Smati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Tramunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 65, pp.1436-1449. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-022-05734-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Adrenomedullin, Allelic Variations in the ADM Gene, and Risk for Lower-Limb Amputation in People With Type 2 Diabetes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fumeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Halimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45 (7), pp.1631-1639. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc21-2638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional biomarkers and heart failure requiring hospitalization in patients with type 2 diabetes: the SURDIAGENE cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Croyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jacobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (1), pp.101. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-022-01505-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential prognostic burden of cardiovascular disease and lower-limb amputation on the risk of all-cause death in people with long-standing type 1 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Camoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yawa Abouleka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (1), pp.71. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-022-01487-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal function decline and heart failure hospitalisation in patients with type 2 diabetes: Dynamic predictions from the prospective SURDIAGENE cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Dantan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Pailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noel Trochu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Research and Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 194, pp.110152. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabres.2022.110152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03904439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metformin use is associated with a reduced risk of mortality in patients with diabetes hospitalised for COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Lalau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goronflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wiernsperger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (5), pp.101216. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabet.2020.101216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03269072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eating behaviours associated with glycaemic variability and fear of hypoglycaemia in adults with type 1 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Luca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.A. Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chaillous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Diabetes &amp; Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (1), pp.1-2. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabet.2019.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma concentrations of lipoproteins and risk of lower-limb peripheral artery disease in people with type 2 diabetes: the SURDIAGENE study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capucine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Croyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 64 (3), pp.668-680. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05326-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlates of premature pap test screening, under 25 years old: analysis of data from the CONSTANCES cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ringa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Vigoureux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Panjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21, pp.595. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12889-021-10603-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03218263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socioeconomic position and exposure to multiple environmental chemical contaminants in six European mother-child cohorts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parisa Montazeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathrine Thomsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maribel Casas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen de Bont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Line S Haug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hygiene and Environmental Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 222 (5), pp.864 - 872. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheh.2019.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between obesity and severe COVID ‐19 outcomes in patients with type 2 diabetes: Results from the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Smati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Tramunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Caussy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (2), pp.391-403. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.14228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of dipeptidyl peptidase-4 inhibitors and prognosis of COVID-19 in hospitalized patients with type 2 diabetes: A propensity score analysis from the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goronflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yawa Abouleka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.1162-1172. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.14324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of Chest CT for COVID-19 Pneumonia Diagnosis in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herpe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lederlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Ohana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathia Chaumoitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 298 (2), pp.E81-E87. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1148/radiol.2020202568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03570653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood glucose levels and COVID-19. Reply to Sardu C, D’Onofrio N, Balestrieri ML et al [letter] and Lepper PM, Bals R, Jüni P et al [letter]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63 (11), pp.2491-2494. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05255-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between sleep disturbances, fear of hypoglycemia and psychological well-being in adults with type 1 diabetes mellitus, data from cross-sectional VARDIA study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Suteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Gonder-Frederick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Research and Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 160, pp.107988. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabres.2019.107988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of a new versus standard removable offloading device in patients with neuropathic diabetic foot ulcers: a French national, multicentre, open-label randomized, controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dured Dardari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyne Feron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narimène Belhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open Diabetes Research &amp; Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.e000954. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjdrc-2019-000954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Phenotypic characteristics and prognosis of inpatients with COVID-19 and diabetes: the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63 (9), pp.1953-1957. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05207-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 impact assessment on the French radiological centers: a nationwide survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herpe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Léderlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Enikeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boumendil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (12), pp.6537-6544. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-020-07035-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03570655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship Between Diabetic Retinopathy Stages and Risk of Major Lower-Extremity Arterial Disease in Patients With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Foussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. J. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 43 (11), pp.2751-2759. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc20-1085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic characteristics and prognosis of inpatients with COVID-19 and diabetes: the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63 (8), pp.1500-1515. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05180-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667655v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using methylome data to inform exposome-health association studies: An application to the identification of environmental drivers of child body mass index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariona Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Agier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Andrusaityte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Basagaña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 138, pp.105622. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2020.105622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using methylome data to inform exposome-health association studies: An application to the identification of environmental drivers of child body mass index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariona Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Agier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Andrusaityte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Basagaña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 138, pp.105622. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2020.105622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supplementary material: Plasma Trimethylamine N-oxide and risk of cardiovascular events in patients with type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Croyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Aguesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 105 (7), pp.2371-2380. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgaa188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum tenascin-C is independently associated with increased major adverse cardiovascular events and death in individuals with type 2 diabetes: a French prospective cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gellen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Thorin-Trescases</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Thorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sosner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 63 (5), pp.915-923. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05108-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No association between fear of hypoglycemia and blood glucose variability in type 1 diabetes: The cross-sectional VARDIA study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Briet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucy Chaillous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Diabetes and its Complications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (8), pp.554-560. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jdiacomp.2019.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baroreflex sensitivity assessed with the sequence method is associated with ventricular arrhythmias in patients implanted with a defibrillator for the primary prevention of sudden cardiac death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Degand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Fraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Le Marcis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bidegain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of cardiovascular diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 112, pp.270 - 277. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.acvd.2018.11.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03486317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower limb events in individuals with type 2 diabetes: evidence for an increased risk associated with diuretic use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anisoara Bumbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 62 (6), pp.939-947. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-019-4835-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02285125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pap tests for cervical cancer screening test and contraception: analysis of data from the CONSTANCES cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ringa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Vigoureux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Panjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.317. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12885-019-5477-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02297563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prognostic Values of Inflammatory and Redox Status Biomarkers on the Risk of Major Lower-Extremity Artery Disease in Individuals With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (10), pp.2162-2169. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc18-0695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">White blood cell fractions correlate with lesions of diabetic kidney disease and predict loss of kidney function in Type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Wheelock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Tanamas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavithra Vijayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Jennifer Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (6), pp.1001-1009. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfx231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Early Life Exposome (HELIX) study : a European population-based exposome cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Maitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen de Bont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maribel Casas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunn Marit Aasvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (9), pp.e021311. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2017-021311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03319120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lack of effects of simvastatin on smoking cessation in humans: A double-blind, randomized, placebo-controlled clinical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello Solinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Dugast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), pp.3836. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-21819-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma levels of hsa-miR-152-3p are associated with diabetic nephropathy in patients with type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelonne Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Feigerlova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badreddine Mohand Oumoussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (12), pp.2201-2207. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfx367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulating Concentrations of Redox Biomarkers Do Not Improve the Prediction of Adverse Cardiovascular Events in Patients With Type 2 Diabetes Mellitus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Cournot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Burillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Planesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Heart Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (5), </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/JAHA.117.007397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urine metabolites are associated with glomerular lesions in type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manjula Darshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Wheelock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Looker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudeta Fufaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (6), pp.84. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1380-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03246520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of Circulating Biomarkers (Adrenomedullin, TNFR1, and NT-proBNP) With Renal Function Decline in Patients With Type 2 Diabetes: A French Prospective Cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (3), pp.367-374. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc16-1571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urinary Sodium Concentration Is an Independent Predictor of All-Cause and Cardiovascular Mortality in a Type 2 Diabetes Cohort Population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Bankir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Piguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of diabetes research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.5327352. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2017/5327352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycaemic control influences the relationship between plasma PCSK9 and LDL cholesterol in type 1 diabetes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Laugier-Robiolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Verges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Le Bras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (3), pp.448-451. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.12819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01560882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Death, end-stage renal disease and renal function decline in patients with diabetic nephropathy in French cohorts of type 1 and type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fumeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59 (1), pp.208 - 216. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-015-3785-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Changes in Renal Function Are Associated With Major Cardiovascular Events in Patients With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid de Hauteclocque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39 (7), pp.1259-1266. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc15-2607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ABCG8 polymorphisms and renal disease in type 2 diabetic patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sehrish Fatima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Lamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Bellili-Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Halimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64 (6), pp.713 - 719. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.metabol.2015.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acute Kidney Injury Predicts Major Adverse Outcomes in Diabetes: Synergic Impact With Low Glomerular Filtration Rate and Albuminuria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Monseu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Piguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 38 (12), pp.2333 - 2340. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc15-1222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymorphism of the dopamine transporter type 1 gene modifies the treatment response in Parkinson's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sayah Meguig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Corvol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Labreuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 138 (5), pp.1271-1283. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awv063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Adrenomedullin and Allelic Variation in the ADM Gene and Kidney Disease in People With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Fraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64 (9), pp.3262 - 3272. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/db14-1852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of sex on renal function decline in people with Type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yousri Slaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Hauteclocque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Miot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetic Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 31 (9), pp.1121 - 1128. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dme.12478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the Contribution of Two Genetic Variants Regulating VEGF Levels to Type 2 Diabetes Risk and to Microvascular Complications?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria G. Stathopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Grarup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ndeye Coumba Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (2), pp.55921 - 55922. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0055921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methylphenidate for gait hypokinesia and freezing in patients with Parkinson's disease undergoing subthalamic stimulation: a multicentre, parallel, randomised, placebo-controlled trial.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Defebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathy Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (7), pp.589-96. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-4422(12)70106-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferon in chronic myeloid leukaemia: past and future.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guilhot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Guilhot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bailliè re s Best Practice and Research in Clinical Haematology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 22 (3), pp.315-29. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beha.2009.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00441364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of microvascular complications with death in patients with diabetes and COVID-19: international effort -CORONADO, ABCD-COVID19, AMERICADO studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosangela Rea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58 th EASD Annual Meeting of the European Association for the Study of Diabetes (EASD 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for the Study of Diabetes (EASD), Sep 2022, Stockhlom, Sweden. pp.747</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04905382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la pratique de l’insulinothérapie fonctionnelle sur la variabilité glycémique et la peur de l’hypoglycémie chez les diabétiques de type 1 : étude transversale à partir de la cohorte VARDIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trebouet E</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnet F</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">sfd</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La peur de l’hypoglycémie ne s’associe pas à une plus forte variabilité glycémique chez les sujets présentant un diabète de type 1 – étude VARDIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gand E</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucy Chaillous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnet F</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, LILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId321"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pierre Jean SAULNIER </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur du Centre d'Investigation Clinique CIC1402Professeur de Médecine et ThérapeutiqueUniversité de Poitiers - INSERM - CHU de Poitiers</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pierre-jean-saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1862-4252</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">088535983</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">210131473</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000139644477</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Médecin-chercheur, Professeur de thérapeutique à l’Université de Poitiers et Directeur du Centre d’Investigation Clinique INSERM CIC1402 CHU de Poitiers, mes activités cliniques et académiques portent sur les complications chronique du diabète, avec un intérêt particulier pour la maladie rénale diabétique, l’épidémiologie clinique et la néphrologie translationnelle.Mes travaux visent à mieux comprendre les altérations rénales précoces structurelles et fonctionnelles chez les personnes vivant avec un diabète afin d’améliorer la stratification du risque et de favoriser une médecine personnalisée. Mes recherches combinent la conception d’études cliniques, l’identification de biomarqueurs, l’imagerie rénale avancée (notamment IRM fonctionnelle et différenciation cortico-médullaire) ainsi que l’utilisation de méthodes statistiques avancées pour la  prédiction des complications rénales et cardiovasculaires.Je coordonne plusieurs projets portant sur l’hémodynamique rénale, les biomarqueurs urinaires et circulants d’atteinte glomérulaire et tubulaire, ainsi que le développement et la validation de modèles pronostiques à partir de grandes cohortes longitudinales. Mes activités s’inscrivent dans des collaborations internationales, notamment avec les National Institutes of Health (NIDDK, États-Unis), où j’ai travaillé au sein du Phoenix Epidemiology and Clinical Research Branch sur l’analyse longitudinale des complications du diabète et l’intégration de données physiologiques et moléculaires dans des modèles de progression de la maladie rénale.Au niveau national et régional, je conduis des études académiques promues par des investigateurs et participe à des programmes structurants tels que la cohorte SURDIAGENE. Je suis investigateur principal de plusieurs essais cliniques financés par des programmes publics (PHRC) et des partenaires industriels, portant sur les stratégies thérapeutiques innovantes, la néphroprotection et les parcours de soins centrés sur le patient.En tant que Directeur du CIC1402, je coordonne des équipes multidisciplinaires et développe des infrastructures de recherche translationnelle intégrant biobanques, approches multi-omiques et plateformes d’imagerie avancée. J’exerce également les fonctions de responsable scientifique du Centre de Ressources Biologiques du CHU de Poitiers, contribuant au développement stratégique des collections biologiques et des études basées sur les biomarqueurs.Mes activités d’enseignement couvrent la thérapeutique, la pharmacologie clinique, la médecine fondée sur les preuves et la néphro-diabétologie aux niveaux universitaire et spécialisé, avec une participation au Master Master Essais Cliniques, Médicaments et Produits de Santé (ECMPS) de l université de PoitiersMes travaux ont été publiés dans des revues internationales telles que Diabetes Care, Journal of Clinical Endocrinology & Metabolism, Kidney International et Diabetologia. Je participe régulièrement à l’évaluation par les pairs pour plusieurs revues internationales en néphrologie, endocrinologie et recherche clinique.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy of Dexcom G6® and FreeStyle Libre® Sensors in Standardized Hypoxia Conditions: A Randomized Controlled Trial—FOX Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanaël Bassas Letissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Rabois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Durocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Technology and Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 40 (3), pp.15209156261423954. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/15209156261423954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk score for lower-limb amputation and its ability to predict major kidney and cardiovascular events in people with type 1 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Camoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Larroumet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Rigalleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-025-03056-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05515777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Reduced Dialysate Flow on Dialysis Adequacy: A Pilot Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Belmouaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Dibon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Duthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Wong-Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blood Purification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55 (2), pp.138-147. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000549110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05527786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fasting urine osmolality and risk of kidney disease progression in patients with type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jian-Jun Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe de Keizer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janus Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfaf264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sleep Deprivation in Healthy Males Increases Muscle Afferents, Impairing Motor Preparation and Reducing Endurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Héraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Ansquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Kostencovska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42 (5), pp.457-465. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/WNP.0000000000001134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05389113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Body-weight Cycling and Risk of Diabetic Kidney Disease in People With Type 1 Diabetes in the DCCT/EDIC Population.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Camoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgae852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimated potassium intake and major adverse cardiovascular events in individuals with type 2 diabetes: a prospective cohort study with trans-ethnic validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianjun Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huili Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsz Kiu Kwan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resham L. Gurung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 23 (1), pp.451. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-024-02546-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood Monocyte Phenotype Is A Marker of Cardiovascular Risk in Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Julla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Diedisheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bao Tran Vuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circulation Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 134 (2), pp.189-202. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/circresaha.123.322757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nocturnal hypoglycemia is underdiagnosed in older people with insulin‐treated type 2 diabetes: The HYPOAGE observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐sophie Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Guyomarc'H-Delasalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Allix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Annweiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 71 (7), pp.2107 - 2119. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jgs.18341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04588740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associations of microvascular complications with all‐cause death in patients with diabetes andCOVID‐19: The CORONADO, ABCD COVID‐19 UK national audit and AMERICADO study groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renee Pekmezaris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25 (1), pp.78 - 88. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.14845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paving the Way for Personalized Medicine in First Kidney Transplantation: Interest of a Creatininemia Latent Class Analysis in Early Post-transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Ducousso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kerforne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ines Castilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Duthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplant International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ti.2023.10685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of race/ethnicity on the clinical outcomes of people with type 2 diabetes admitted to hospital with COVID-19: an observational multi-national analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Wilmot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Wild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (1), pp.23-30. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15277/bjd.2023.411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Adrenomedullin, Allelic Variations in the ADM Gene, and Risk for Lower-Limb Amputation in People With Type 2 Diabetes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fumeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Halimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45 (7), pp.1631-1639. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc21-2638⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nutritional biomarkers and heart failure requiring hospitalization in patients with type 2 diabetes: the SURDIAGENE cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Croyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jacobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (1), pp.101. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-022-01505-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03869068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential prognostic burden of cardiovascular disease and lower-limb amputation on the risk of all-cause death in people with long-standing type 1 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Camoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yawa Abouleka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (1), pp.71. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-022-01487-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The association between macrovascular complications and intensive care admission, invasive mechanical ventilation, and mortality in people with diabetes hospitalized for coronavirus disease-2019 (COVID-19)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemma Llauradó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Vlacho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Franch-Nadal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiovascular Diabetology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21 (1), pp.216. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12933-022-01657-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03822575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of diabetes on COVID-19 prognosis beyond comorbidity burden: the CORONADO initiative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Smati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Tramunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 65 (9), pp.1436-1449. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-022-05734-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renal function decline and heart failure hospitalisation in patients with type 2 diabetes: Dynamic predictions from the prospective SURDIAGENE cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Dantan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Pailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Trochu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Research and Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 194, pp.110152. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabres.2022.110152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03904439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eating behaviours associated with glycaemic variability and fear of hypoglycaemia in adults with type 1 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Luca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.A. Baudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chaillous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Diabetes &amp; Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (1), pp.1-2. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabet.2019.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metformin use is associated with a reduced risk of mortality in patients with diabetes hospitalised for COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Lalau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goronflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Wiernsperger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (5), pp.101216. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabet.2020.101216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03269072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlates of premature pap test screening, under 25 years old: analysis of data from the CONSTANCES cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ringa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Vigoureux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Panjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21, pp.595. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12889-021-10603-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03218263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma concentrations of lipoproteins and risk of lower-limb peripheral artery disease in people with type 2 diabetes: the SURDIAGENE study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capucine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Croyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 64 (3), pp.668-680. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05326-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socioeconomic position and exposure to multiple environmental chemical contaminants in six European mother-child cohorts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parisa Montazeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathrine Thomsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maribel Casas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen de Bont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Line S Haug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hygiene and Environmental Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 222 (5), pp.864 - 872. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheh.2019.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between obesity and severe COVID ‐19 outcomes in patients with type 2 diabetes: Results from the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Smati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Tramunt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Caussy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (2), pp.391-403. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.14228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of Chest CT for COVID-19 Pneumonia Diagnosis in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herpe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lederlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Ohana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathia Chaumoitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 298 (2), pp.E81-E87. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1148/radiol.2020202568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03570653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of dipeptidyl peptidase-4 inhibitors and prognosis of COVID-19 in hospitalized patients with type 2 diabetes: A propensity score analysis from the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Darmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goronflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yawa Abouleka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.1162-1172. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.14324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blood glucose levels and COVID-19. Reply to Sardu C, D’Onofrio N, Balestrieri ML et al [letter] and Lepper PM, Bals R, Jüni P et al [letter]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63 (11), pp.2491-2494. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05255-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between sleep disturbances, fear of hypoglycemia and psychological well-being in adults with type 1 diabetes mellitus, data from cross-sectional VARDIA study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Suteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Gonder-Frederick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Research and Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 160, pp.107988. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diabres.2019.107988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotypic characteristics and prognosis of inpatients with COVID-19 and diabetes: the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63 (8), pp.1500-1515. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05180-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667655v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship Between Diabetic Retinopathy Stages and Risk of Major Lower-Extremity Arterial Disease in Patients With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Foussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. J. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 43 (11), pp.2751-2759. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc20-1085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 impact assessment on the French radiological centers: a nationwide survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herpe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Naudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Léderlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farida Enikeeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boumendil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30 (12), pp.6537-6544. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00330-020-07035-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03570655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Phenotypic characteristics and prognosis of inpatients with COVID-19 and diabetes: the CORONADO study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Pichelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdallah Al-Salameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63 (9), pp.1953-1957. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05207-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of a new versus standard removable offloading device in patients with neuropathic diabetic foot ulcers: a French national, multicentre, open-label randomized, controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dured Dardari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyne Feron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narimène Belhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open Diabetes Research &amp; Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.e000954. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjdrc-2019-000954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using methylome data to inform exposome-health association studies: An application to the identification of environmental drivers of child body mass index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariona Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Agier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Andrusaityte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Basagaña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 138, pp.105622. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2020.105622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using methylome data to inform exposome-health association studies: An application to the identification of environmental drivers of child body mass index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariona Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Agier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Andrusaityte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Basagaña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 138, pp.105622. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envint.2020.105622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum tenascin-C is independently associated with increased major adverse cardiovascular events and death in individuals with type 2 diabetes: a French prospective cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gellen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Thorin-Trescases</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Thorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sosner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 63 (5), pp.915-923. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-020-05108-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03121403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supplementary material: Plasma Trimethylamine N-oxide and risk of cardiovascular events in patients with type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Croyal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Aguesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 105 (7), pp.2371-2380. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgaa188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No association between fear of hypoglycemia and blood glucose variability in type 1 diabetes: The cross-sectional VARDIA study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Briet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucy Chaillous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Diabetes and its Complications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (8), pp.554-560. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jdiacomp.2019.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baroreflex sensitivity assessed with the sequence method is associated with ventricular arrhythmias in patients implanted with a defibrillator for the primary prevention of sudden cardiac death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Degand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Fraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Le Marcis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bidegain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of cardiovascular diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 112, pp.270 - 277. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.acvd.2018.11.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03486317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower limb events in individuals with type 2 diabetes: evidence for an increased risk associated with diuretic use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anisoara Bumbu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 62 (6), pp.939-947. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-019-4835-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02285125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pap tests for cervical cancer screening test and contraception: analysis of data from the CONSTANCES cohort study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ringa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Vigoureux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Zins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Panjo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (1), pp.317. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12885-019-5477-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02297563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prognostic Values of Inflammatory and Redox Status Biomarkers on the Risk of Major Lower-Extremity Artery Disease in Individuals With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (10), pp.2162-2169. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc18-0695⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">White blood cell fractions correlate with lesions of diabetic kidney disease and predict loss of kidney function in Type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Wheelock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Tanamas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavithra Vijayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Jennifer Weil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (6), pp.1001-1009. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfx231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lack of effects of simvastatin on smoking cessation in humans: A double-blind, randomized, placebo-controlled clinical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcello Solinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Dugast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (1), pp.3836. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-21819-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma levels of hsa-miR-152-3p are associated with diabetic nephropathy in patients with type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelonne Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Feigerlova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badreddine Mohand Oumoussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33 (12), pp.2201-2207. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ndt/gfx367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Early Life Exposome (HELIX) study : a European population-based exposome cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Maitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen de Bont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maribel Casas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunn Marit Aasvang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (9), pp.e021311. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2017-021311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-03319120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prognostic Values of Inflammation and Oxidative Stress Biomarkers on the Risk of Peripheral Arterial Disease in Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Nativel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Meilhac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67 (Supplement_1), </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/db18-2220-PUB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04542072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulating Concentrations of Redox Biomarkers Do Not Improve the Prediction of Adverse Cardiovascular Events in Patients With Type 2 Diabetes Mellitus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Cournot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Burillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Planesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Heart Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (5), </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/JAHA.117.007397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urine metabolites are associated with glomerular lesions in type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manjula Darshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Wheelock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen Looker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudeta Fufaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (6), pp.84. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-018-1380-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03246520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urinary Sodium Concentration Is an Independent Predictor of All-Cause and Cardiovascular Mortality in a Type 2 Diabetes Cohort Population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Bankir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Piguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of diabetes research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.5327352. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2017/5327352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of Circulating Biomarkers (Adrenomedullin, TNFR1, and NT-proBNP) With Renal Function Decline in Patients With Type 2 Diabetes: A French Prospective Cohort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Zaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (3), pp.367-374. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc16-1571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01941507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycaemic control influences the relationship between plasma PCSK9 and LDL cholesterol in type 1 diabetes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Laugier-Robiolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Verges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlle Le Bras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes, Obesity and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (3), pp.448-451. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dom.12819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01560882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Changes in Renal Function Are Associated With Major Cardiovascular Events in Patients With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid de Hauteclocque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 39 (7), pp.1259-1266. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc15-2607⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04392109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Death, end-stage renal disease and renal function decline in patients with diabetic nephropathy in French cohorts of type 1 and type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Cariou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fumeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59 (1), pp.208 - 216. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-015-3785-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ABCG8 polymorphisms and renal disease in type 2 diabetic patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sehrish Fatima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Lamri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naima Bellili-Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Halimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64 (6), pp.713 - 719. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.metabol.2015.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polymorphism of the dopamine transporter type 1 gene modifies the treatment response in Parkinson's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sayah Meguig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Corvol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Labreuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 138 (5), pp.1271-1283. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awv063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acute Kidney Injury Predicts Major Adverse Outcomes in Diabetes: Synergic Impact With Low Glomerular Filtration Rate and Albuminuria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Monseu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Piguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 38 (12), pp.2333 - 2340. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/dc15-1222⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Adrenomedullin and Allelic Variation in the ADM Gene and Kidney Disease in People With Type 2 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilberto Velho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mohammedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Fraty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 64 (9), pp.3262 - 3272. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/db14-1852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01933265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of sex on renal function decline in people with Type 2 diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yousri Slaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. de Hauteclocque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ragot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Miot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetic Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 31 (9), pp.1121 - 1128. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dme.12478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the Contribution of Two Genetic Variants Regulating VEGF Levels to Type 2 Diabetes Risk and to Microvascular Complications?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria G. Stathopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Grarup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ndeye Coumba Ndiaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (2), pp.55921 - 55922. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0055921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methylphenidate for gait hypokinesia and freezing in patients with Parkinson's disease undergoing subthalamic stimulation: a multicentre, parallel, randomised, placebo-controlled trial.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Delval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Defebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathy Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Lancet Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (7), pp.589-96. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1474-4422(12)70106-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferon in chronic myeloid leukaemia: past and future.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Guilhot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Guilhot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bailliè re s Best Practice and Research in Clinical Haematology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 22 (3), pp.315-29. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beha.2009.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00441364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of microvascular complications with death in patients with diabetes and COVID-19: international effort -CORONADO, ABCD-COVID19, AMERICADO studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samy Hadjadj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ruan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosangela Rea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58 th EASD Annual Meeting of the European Association for the Study of Diabetes (EASD 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for the Study of Diabetes (EASD), Sep 2022, Stockhlom, Sweden. pp.747</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04905382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la pratique de l’insulinothérapie fonctionnelle sur la variabilité glycémique et la peur de l’hypoglycémie chez les diabétiques de type 1 : étude transversale à partir de la cohorte VARDIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trebouet E</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Wargny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnet F</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">sfd</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La peur de l’hypoglycémie ne s’associe pas à une plus forte variabilité glycémique chez les sujets présentant un diabète de type 1 – étude VARDIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gand E</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucy Chaillous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnet F</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, LILLE, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId342"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -105,51 +105,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="9C861657"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -186,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515777v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Camoin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Potier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Larroumet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rigalleau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Hadjadj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-025-03056-1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389113v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin H&#233;raud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ansquer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ragot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Kostencovska" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNP.0000000000001134" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527786v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belmouaz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dibon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Devaux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duthe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wong-Cheng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000549110" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976238v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mohammedi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Saulnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gautier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgae852" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05070931v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianjun Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huili Zheng" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Liu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz Kiu Kwan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resham L. Gurung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-024-02546-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534577v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Julla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Girard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Diedisheim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao Tran Vuong" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circresaha.123.322757" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965504v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Zhu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renee Pekmezaris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14845" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04588740v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Boureau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Guyomarc'H-Delasalle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gourdy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Allix" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Annweiler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.18341" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191570v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Ducousso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vall&#233;e" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Castilla" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.10685" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04961511v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Wilmot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wild" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15277/bjd.2023.411" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696563v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boureau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-022-05734-1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722093v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fumeron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Halimi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc21-2638" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869068v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Gand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jacobi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01505-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698020v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Velho" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawa Abouleka" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01487-8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904439v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dantan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pailler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Trochu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabres.2022.110152" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03269072v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Lalau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Al-Salameh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hadjadj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wiernsperger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2020.101216" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543233v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Luca" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Baudry" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wargny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaillous" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2019.12.001" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201993v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Bertrand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Croyal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Blanchard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05326-x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03218263v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mignot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ringa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Vigoureux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zins" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Panjo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-10603-4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652735v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Montazeri" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Thomsen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maribel Casas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen de Bont" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line S Haug" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2019.04.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995184v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Caussy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Gaborit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14228" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246543v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Roussel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Darmon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichelin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14324" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570653v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herpe" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lederlin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Naudin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Ohana" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.2020202568" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935425v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05255-9" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543246v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Suteau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Gonder-Frederick" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabres.2019.107988" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573070v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fran&#231;ois" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dured Dardari" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Feron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narim&#232;ne Belhatem" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjdrc-2019-000954" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941921v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05207-3" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570655v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;derlin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Enikeeva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boumendil" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-020-07035-w" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120510v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Foussard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Saulnier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Potier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ragot" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schneider" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc20-1085" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02667655v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05180-x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179041v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Cadiou" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariona Bustamante" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Agier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Andrusaityte" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Basaga&#241;a" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.105622" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05380215v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500452v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgaa188" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121403v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gellen" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thorin-Trescases" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thorin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sosner" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05108-5" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543634v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jean Saulnier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Briet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Chaillous" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Dubois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdiacomp.2019.05.003" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486317v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Garcia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Degand" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fraty" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Le Marcis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bidegain" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2018.11.009" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02285125v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisoara Bumbu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-019-4835-z" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02297563v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-019-5477-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193178v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Nativel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Schneider" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc18-0695" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941545v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Wheelock" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Tanamas" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavithra Vijayakumar" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jennifer Weil" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfx231" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03319120v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Maitre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robinson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunn Marit Aasvang" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-021311" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350799v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ingrand" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Solinas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ingrand" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dugast" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21819-7" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02272317v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Roux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perret" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Feigerlova" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Mohand Oumoussa" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfx367" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02276242v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cournot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Burillo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Planesse" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.117.007397" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03246520v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjula Darshi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Looker" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudeta Fufaa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1380-6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941507v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zaoui" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc16-1571" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496626v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bankir" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Piguel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5327352" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01560882v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laugier-Robiolle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Verges" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Bras" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bouillet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.12819" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935375v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charpentier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-015-3785-3" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04392109v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Hauteclocque" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc15-2607" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933280v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Nicolas" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sehrish Fatima" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Lamri" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Bellili-Munoz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Halimi" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metabol.2015.03.005" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GPM5D26-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933256v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Monseu" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc15-1222" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01137943v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Moreau" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayah Meguig" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Corvol" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labreuche" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vasseur" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv063" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933265v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db14-1852" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01665585v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousri Slaoui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Hauteclocque" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dme.12478" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WNWT1Z1Z-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01708333v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnefond" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Stathopoulou" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Grarup" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Coumba Ndiaye" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0055921" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01133862v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delval" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Defebvre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duhamel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(12)70106-0" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9C4ZTQ08-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00441364v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guilhot" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Roy" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Guilhot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beha.2009.10.005" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04905382v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ruan" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhu" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosangela Rea" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547576v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trebouet E" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Saulnier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet F" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547816v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gand E" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pierre-jean-saulnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1862-4252" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/088535983" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/210131473" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000139644477" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554284v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Bassas Letissier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Rabois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Durocher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15209156261423954" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515777v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Camoin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Potier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Larroumet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rigalleau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Hadjadj" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-025-03056-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527786v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belmouaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dibon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Devaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duthe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wong-Cheng" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000549110" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554293v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Jun Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe de Keizer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huili Zheng" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janus Lee" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfaf264" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389113v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin H&#233;raud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Ansquer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ragot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Kostencovska" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNP.0000000000001134" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976238v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mohammedi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Saulnier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gautier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgae852" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05070931v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianjun Liu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsz Kiu Kwan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resham L. Gurung" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-024-02546-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534577v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Julla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Girard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Diedisheim" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao Tran Vuong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circresaha.123.322757" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04588740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Boureau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Guyomarc'H-Delasalle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gourdy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Allix" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Annweiler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.18341" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965504v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Zhu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renee Pekmezaris" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14845" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191570v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Ducousso" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vall&#233;e" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Castilla" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.10685" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04961511v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Wilmot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wild" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15277/bjd.2023.411" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722093v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fumeron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Halimi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc21-2638" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869068v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Gand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jacobi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01505-9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698020v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Velho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawa Abouleka" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01487-8" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696563v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boureau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-022-05734-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904439v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dantan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pailler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Trochu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabres.2022.110152" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543233v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Luca" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Baudry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaillous" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2019.12.001" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03269072v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Lalau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Al-Salameh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hadjadj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wiernsperger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2020.101216" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03218263v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mignot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ringa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Vigoureux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zins" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Panjo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-021-10603-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201993v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Bertrand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Croyal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Blanchard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05326-x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652735v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Montazeri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathrine Thomsen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maribel Casas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen de Bont" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line S Haug" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2019.04.002" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995184v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Caussy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Gaborit" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14228" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570653v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herpe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lederlin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Naudin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Ohana" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Chaumoitre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.2020202568" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246543v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Roussel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Darmon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichelin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.14324" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935425v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05255-9" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543246v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Suteau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Gonder-Frederick" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabres.2019.107988" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02667655v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05180-x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120510v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Foussard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Saulnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Potier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ragot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schneider" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc20-1085" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03570655v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L&#233;derlin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Enikeeva" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boumendil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-020-07035-w" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941921v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05207-3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573070v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fran&#231;ois" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dured Dardari" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Feron" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narim&#232;ne Belhatem" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjdrc-2019-000954" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03179041v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Cadiou" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariona Bustamante" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Agier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Andrusaityte" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Basaga&#241;a" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.105622" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05380215v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121403v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gellen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thorin-Trescases" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thorin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gand" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sosner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05108-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500452v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgaa188" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543634v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jean Saulnier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Briet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Chaillous" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Dubois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdiacomp.2019.05.003" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486317v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Garcia" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Degand" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fraty" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Le Marcis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bidegain" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2018.11.009" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02285125v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anisoara Bumbu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-019-4835-z" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02297563v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-019-5477-8" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193178v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Nativel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Schneider" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc18-0695" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941545v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Wheelock" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Tanamas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavithra Vijayakumar" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jennifer Weil" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfx231" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350799v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ingrand" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Solinas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ingrand" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dugast" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21819-7" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02272317v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelonne Roux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Perret" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Feigerlova" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badreddine Mohand Oumoussa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfx367" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-03319120v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Maitre" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robinson" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunn Marit Aasvang" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-021311" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04542072v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saulnier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meilhac" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rondeau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db18-2220-PUB" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02276242v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cournot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Burillo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Planesse" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/JAHA.117.007397" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03246520v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manjula Darshi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Looker" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudeta Fufaa" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1380-6" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496626v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bankir" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Piguel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/5327352" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01941507v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zaoui" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc16-1571" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01560882v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Laugier-Robiolle" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Verges" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Bras" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bouillet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dom.12819" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04392109v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid de Hauteclocque" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc15-2607" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935375v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charpentier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-015-3785-3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933280v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Nicolas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sehrish Fatima" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Lamri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Bellili-Munoz" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Halimi" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metabol.2015.03.005" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GPM5D26-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01137943v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Moreau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayah Meguig" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Corvol" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labreuche" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vasseur" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awv063" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933256v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Monseu" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc15-1222" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933265v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db14-1852" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01665585v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousri Slaoui" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Hauteclocque" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Miot" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dme.12478" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WNWT1Z1Z-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01708333v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnefond" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Stathopoulou" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Grarup" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Coumba Ndiaye" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0055921" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01133862v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delval" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Defebvre" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Dujardin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duhamel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(12)70106-0" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9C4ZTQ08-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00441364v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guilhot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Roy" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Guilhot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beha.2009.10.005" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04905382v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ruan" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhu" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosangela Rea" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547576v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trebouet E" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wargny" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Saulnier" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet F" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547816v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gand E" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>